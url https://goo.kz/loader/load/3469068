--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,6361 +1,5303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00154659" w:rsidRDefault="003C6753" w:rsidP="00154659">
-[...2 lines deleted...]
-        <w:ind w:left="-993" w:right="-143" w:firstLine="567"/>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00707543" w:rsidRDefault="00EF61A9" w:rsidP="008660E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00154659">
+      <w:r w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:left="-993" w:right="-143" w:firstLine="567"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Статья Главы государства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00707543" w:rsidRDefault="00CA15B3" w:rsidP="008660E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF61A9" w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Взгляд в будущее: моде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00707543">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>рнизация общественного сознания»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRDefault="00707543" w:rsidP="008660E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-666115</wp:posOffset>
+              <wp:posOffset>-688340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>138430</wp:posOffset>
+              <wp:posOffset>37465</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2541270" cy="1360170"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="2190115" cy="1306830"/>
+            <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="-162" y="0"/>
-[...3 lines deleted...]
-                <wp:lineTo x="-162" y="0"/>
+                <wp:start x="-188" y="0"/>
+                <wp:lineTo x="-188" y="21411"/>
+                <wp:lineTo x="21606" y="21411"/>
+                <wp:lineTo x="21606" y="0"/>
+                <wp:lineTo x="-188" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Пользователь\Downloads\Логотип Рухани.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Downloads\Логотип Рухани.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2541270" cy="1360170"/>
+                      <a:ext cx="2190115" cy="1306830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154659" w:rsidRPr="00154659" w:rsidRDefault="00154659" w:rsidP="00844A5D">
-[...2 lines deleted...]
-        <w:ind w:left="-993" w:right="-143" w:firstLine="567"/>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00EF61A9" w:rsidRDefault="008660E7" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...532 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВВЕДЕНИЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан вступил в новый исторический период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом году своим Посланием я объявил о начале Третьей модернизации Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Так мы дали старт двум важнейшим процессам обновления – политической реформе и модернизации экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель известна – войти в тридцатку развитых государств мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оба модернизационных процесса имеют четкие цели и задачи, приоритеты, методы их достижения. Уверен, что все будет сделано в сроки и максимально эффективно. Но этого недостаточно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я убежден: начатые нами масштабные преобразования должны сопровождаться опережающей модернизацией общественного сознания. Она не просто дополнит политическую и экономическую модернизацию - она выступит их сердцевиной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Надо отметить, что за годы Независимости нами был принят и реализован ряд крупных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 2004 года была реализована программа «Мәденимұра», направленная на восстановление историко-культурных памятников и объектов на территории Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 2013 году мы приняли программу «Халықтарихтолқынында», позволившую нам системно  собрать и изучить документы из ведущих мировых архивов, посвященные истории нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А сегодня мы должны приступить к более масштабной и фундаментальной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому я решил поделиться своим видением того, как нам вместе сделать шаг навстречу будущему, изменить общественное сознание, чтобы стать единой Нацией сильных и ответственных людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О НАЦИОНАЛЬНОМ СОЗНАНИИ В XXI ВЕКЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На наших глазах мир начинает новый, во многом неясный, исторический цикл. Занять место в передовой группе, сохраняя прежнюю модель сознания и мышления, невозможно. Поэтому важно сконцентрироваться, изменить себя и через адаптацию к меняющимся условиям взять лучшее из того, что несет в себе новая эпоха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В чем был, на мой взгляд, главный недостаток западных моделей модернизации XX века применительно к реалиям нашего времени? В том, что они переносили свой уникальный опыт на все народы и цивилизации без учёта их особенностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даже в значительной степени модернизированные общества содержат в себе коды культуры, истоки которых уходят в прошлое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое условие модернизации нового типа – это сохранение своей культуры, собственного национального кода. Без этого модернизация превратится в пустой звук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но это не значит консервацию всего в национальном самосознании – и того, что дает нам уверенность в будущем, и того, что ведет нас назад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новая модернизация не должна, как прежде, высокомерно смотреть на исторический опыт и традиции. Наоборот, она должна сделать лучшие традиции предпосылкой, важным условием успеха модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Бірақ, ұлттық кодымды сақтаймын деп бойыңдағы жақсы мен жаманның бәрін, яғни болашаққа сенімді нығайтып, алға бастайтын қасиеттерді де, кежегесі кері тартып тұратын, аяқтан шалатын әдеттерді де ұлттық сананың аясында сүрлеп қоюға болмайтыны айдан анық.</w:t>
-[...541 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Без опоры на национально-культурные корни модернизация повиснет в воздухе. Я же хочу, чтобы она твердо стояла на земле. А это значит, что история и национальные традиции должны быть обязательно учтены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это платформа, соединяющая горизонты прошлого, настоящего и будущего народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Убежден: важнейшая миссия  духовной модернизации заключается и в примирении различных полюсов национального сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я бы выделил несколько направлений модернизации сознания как общества в целом, так и каждого казахстанца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Конкурентоспособность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня не только отдельный человек, но и нация в целом имеет шанс на успех, только развивая свою конкурентоспособность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это означает прежде всего способность нации предложить что-либо выигрышное по цене и качеству на региональных и глобальных рынках. И это не только материальный продукт, но и знания, услуги, интеллектуальные продукты, наконец, качество трудового ресурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особенность завтрашнего дня в том, что именно конкурентоспособность человека, а не наличие минеральных ресурсов, становится фактором успеха нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому любому казахстанцу, как и нации в целом, необходимо обладать набором качеств, достойных XXI века.  И среди безусловных предпосылок этого выступают такие факторы, как компьютерная грамотность, знание иностранных языков, культурная открытость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому и программа «Цифровой Казахстан», и программа трехъязычия, и программа культурного и конфессионального согласия – это часть подготовки нации (всех казахстанцев) к жизни в XXI веке. Это часть нашей конкурентоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прагматизм</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модернизация невозможна без изменения ряда привычек и стереотипов. В нашей истории есть много примеров подлинного прагматизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На протяжении столетий наши предки сохранили уникальный экологически правильный уклад жизни, сохраняя среду обитания, ресурсы земли, очень прагматично и экономно расходуя ее ресурсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И только за несколько лет в середине прошлого века нерациональное использование ресурсов привело к исчезновению Аральского моря, превращению тысяч гектаров плодородных земель в зоны экологического бедствия. И это пример крайне непрагматичного отношения к окружающей среде. Так прежний национальный прагматизм обратился в расточительность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На пути модернизации нам стоит вспомнить навыки предков. Прагматизм означает точное знание своих национальных и личных ресурсов, их экономное расходование, умение планировать свое будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прагматизм есть противоположность расточительности, кичливости, жизни напоказ. Культура современного общества – это культура умеренности, культура достатка, а не роскоши, это культура рациональности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Умение жить рационально, с акцентом на достижение реальных целей, с акцентом на образование, здоровый образ жизни и профессиональный успех – это и есть прагматизм в поведении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И это единственно успешная модель в современном мире. Когда же нация и индивид не ориентированы на конкретные практические достижения, тогда и появляются несбыточные, популистские идеологии, ведущие к катастрофе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Түгін тартсаң майы шығатын мыңдаған гектар миялы жерлеріміз экологиялық апат аймақтарына, Арал теңізі аңқасы кепкен қу медиен шөлге айналды.</w:t>
-[...465 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>К сожалению, история дает нам немало примеров, когда целые нации, ведомые несбыточными идеологиями, терпели поражение. Мы видели крах трех главных идеологий прошлого века – коммунизма, фашизма и либерализма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Век радикальных идеологий прошел. Нужны ясные, понятные и устремленные в будущее установки. Такой установкой может быть ориентация на достижение конкретных целей с расчетом своих возможностей и пределов как человеком, так и нацией в целом. Реализм и прагматизм – вот лозунг ближайших десятилетий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Сохранение национальной идентичности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Само понятие духовной модернизации предполагает изменения в национальном сознании. Здесь есть два момента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, это изменение в рамках национального сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, это сохранение внутреннего ядра национального «Я» при изменении некоторых его черт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В чем опасность господствующих сегодня моделей модернизации? В том, что модернизация рассматривается как переход от национальной модели развития к некой единой, универсальной. Но жизнь неизменно доказывает, что это ошибка! На практике разные регионы и страны выработали свои модели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наши национальные традиции и обычаи, язык и музыка, литература и свадебные обряды, –одним словом, национальный дух, должны вечно оставаться с нами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мудрость Абая, перо Ауэзова, проникновенные строки Джамбула, волшебные звуки Курмангазы, вечный зов аруаха – это только часть нашей духовной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но модернизация состоит и в том, что ряд архаических и не вписывающихся в глобальный мир привычек и пристрастий нужно оставить в прошлом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это касается и такой особенности нашего сознания, как региональное разделение единой нации. Знать и гордиться историей своего края – дело нужное и полезное. Вот только забывать о гораздо большем – о принадлежности к единой и великой нации – нельзя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы строим меритократическое общество, где каждый должен оцениваться по личному вкладу и по личным профессиональным качествам. Такая система не терпит кумовства. Это форма развития карьеры в отсталых обществах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задача не в том, чтобы заниматься перечислением положительного и отрицательного в накопленном опыте. Задача в том, чтобы понять два непреложных правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Никакая модернизация не может иметь место без сохранения национальной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Чтобы двигаться вперед, нужно отказаться от тех элементов прошлого, которые не дают развиваться нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Культ знания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стремление к образованию всегда было характерно для нашего народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Многое было сделано за годы Независимости. Мы подготовили десятки тысяч молодых специалистов в лучших университетах мира. Начало, как известно, было положено программой «Болашак» еще в начале 90-х годов прошлого века. Мы создали ряд университетов очень высокого уровня, систему интеллектуальных школ и многое другое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но культ образования должен быть всеобщим. И тому есть жесткая и ясная причина. Технологическая революция ведет к тому, что в ближайшие десятилетия половина существующих профессий исчезнет. Такой скорости изменения профессионального облика экономики не знала ни одна эпоха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Біз әркім жеке басының қандай да бір іске қос</w:t>
-[...873 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>И мы вступили в эту эпоху. В таких условиях успешно жить сможет только высокообразованный человек, который может относительно легко менять профессию именно благодаря высокому уровню образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому Казахстан сегодня в числе самых передовых стран мира по доле бюджетных расходов на образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый казахстанец должен понимать, что образование - самый фундаментальный фактор успеха в будущем. В системе приоритетов молодежи образование должно стоять первым номером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если в системе ценностей образованность станет главной ценностью, то нацию ждет успех.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Эволюционное, а не революционное развитие Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этом году исполнится 100 лет со дня тех радикальных перемен на огромной части Евразии, что произошли в октябре 1917 года. Весь ХХ век прошел под знаком революционных потрясений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый народ извлекает свои уроки из истории. Это его право, и нельзя навязывать другим свою точку зрения. Но также никто не вправе навязывать нам свое субъективное видение истории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А уроки ХХ  века для нашего народа во многом трагические.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, был сломан естественный путь национального развития и навязаны чуждые формы общественного устройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, нанесен страшный демографический удар по нации. Удар, который сказался на протяжении целого столетия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, едва не были утрачены казахский язык и культура.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-четвертых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, территория Казахстана превратилась во многих регионах в территорию экологического бедствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конечно, в истории не бывает только черного и белого цвета. XX век принес немало позитивного Казахстану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это индустриализация, создание социальной и производственной инфра-структуры, формирование новой интеллигенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определенная модернизация произошла. Но это была модернизация территории, а не нации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны ясно понимать уроки истории. Эпоха революций не прошла. Они сильно изменились по форме и содержанию. Но вся наша недавняя история говорит прямо и недвусмысленно: только эволюционное развитие дает нации шанс на процветание. В противном случае мы снова попадем в исторический капкан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эволюционное развитие как принцип идеологии должно быть одним из ориентиров и на личностном, индивидуальном уровне для каждого казахстанца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конечно, эволюционное развитие общества как принцип не означает вечной консервации, но важно понять не только уроки истории, но и примеры современности и сигналы будущего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Характер революций изменился. Они обретают отчетливую национальную, религиозную, культурную или сепаратистскую окраску. Но в подавляющем большинстве случаев все кончается насилием и экономическим крахом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому серьезное переосмысление того, что происходит в мире, – это часть огромной мировоззренческой, идеологической работы, которую должны провести и общество в целом, и политические партии и движения, и система образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Открытость сознания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Многие проблемы возникают из-за того, что большой, глобальный мир стремительно меняется, а массовое сознание остается в «домашних рамках».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Индустрияландыруды, әлеуметтік және өнді</w:t>
-[...571 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Казалось бы, что доказывать необходимость массового и форсированного обучения английскому языку, когда по всему миру более миллиарда человек изучают его наряду сродным как язык профессиональной коммуникации?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неужели более 400 миллионов граждан Европейского союза не уважают свой родной немецкий, французский, испанский,  итальянский или другой язык? Неужели сотни миллионов китайцев, индонезийцев или малайцев просто так изучают английский?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это не чье-то субъективное желание, это условие для работы в глобальном мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но вопрос не только в этой частности. Открытость сознания означает по крайней мере три особенности сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, понимание того, что творится в большом мире, что происходит вокруг твоей страны, что происходит в твоей части планеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, открытость сознания – это готовность к переменам, которые несет новый технологический уклад. Он изменит в ближайшие 10 лет огромные пласты нашей жизни – работу, быт, отдых, жилище, способы человеческого общения. Нужно быть готовым к этому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, способность перенимать чужой опыт, учиться у других. Две великие азиатские державы, Япония и Китай – классическое воплощение этих способностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Открытость и восприимчивость к лучшим достижениям, а не заведомое отталкивание всего «не своего» – вот залог успеха и один из показателей открытого сознания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Почему столь важно открытое сознание в будущем мире?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если казахстанцы будут судить о мире из окон своих домов, то можно и не увидеть, какие бури надвигаются в мире, на материке или в соседних странах. Можно не увидеть леса за деревьями, можно не понять даже внешних пружин, которые заставляют нас иногда серьезно менять подходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОВЕСТКА ДНЯ НА БЛИЖАЙШИЕ ГОДЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общественное сознание требует не только выработки принципов модернизации, но и конкретных проектов, которые могли бы позволить ответить на вызовы времени без утраты великой силы традиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я вижу несколько конкретных проектов, которые можно развернуть в ближайшие годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых, необходимо начать работу для поэтапного перехода казахского языка на латиницу. Мы очень бережно и тактично подошли к этому вопросу. Здесь нужна спокойная поэтапность. И мы готовились к этому с осторожностью все годы Независимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>История графики казахского языка имеет глубокие корни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В VI–VII веках,  в ранние средние века,  на территории Евразии зародилось и действовало древнетюркское руническое письмо, известное в науке как орхоно-енисейское письмо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В VI–VII веках возникла древнетюркская письменность – один из древнейших типов буквенного письма человечества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С V по XV век тюркский язык был языком межнационального общения на большей части Евразии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Например, в Золотой Орде официальные документы и международная переписка велись в основном на тюркском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начиная с X по XX век, почти 900 лет,  на территории Казахстана применялась арабская графика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Егер қазақстандықтар жер жүзіне үйден шық</w:t>
-[...570 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Отход от рунической письменности, распространение арабского языка и арабской графики начались после принятия ислама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 августа 1929 года Президиумом ЦИК СССР и СНК СССР было принято постановление о введении нового латинизированного алфавита «Единый тюркский алфавит».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Латинизированный алфавит официально использовался с 1929 по 1940 год, после чего был заменен кириллицей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13 ноября 1940 года был принят Закон «О переводе казахской письменности с латинизированной на новый алфавит на основе русской графики».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, история изменения алфавита казахского языка определялась в основном конкретными политическими  причинами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В декабре 2012 года в своем ежегодном Послании народу Казахстана «Казахстан-2050» я сказал: «Нам необходимо с 2025 года приступить к переводу нашего алфавита на латиницу».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это означает, что с этого времени мы должны во всех сферах начать переход на латинский алфавит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>То есть к 2025 году делопроизводство, периодические издания, учебники и все остальное мы начинаем издавать на латинице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А сейчас приступим к подготовке начала перехода на латинский алфавит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переход на латиницу также имеет свою глубокую историческую логику. Это и особенности современной технологической среды, и особенности коммуникаций в современном мире, и особенности научно-образовательного процесса в XXI веке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому 2025 год не за горами, и Правительству нужно иметь четкий график перехода казахского языка на латиницу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В наших школах все дети изучают английский язык. Это – латиница. То есть для молодежи не будет проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Полагаю, что до конца 2017 года необходимо с помощью ученых и широкой общественности принять единый стандартный вариант казахского алфавита в новой графике. С 2018 года начать подготовку кадров для преподавания нового алфавита и подготовку учебников для средней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ближайшие 2 года провести необходимую организационную и методическую работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конечно, в период адаптации определенное время будет работать и кириллица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых, это проект «Новое гуманитарное знание. 100 новых учебников на казахском языке» по общественным и гуманитарным наукам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Суть его состоит в следующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны создать условия для полноценного образования студентов по истории, политологии, социологии, философии, психологии, культурологии, филологии. Наша гуманитарная интеллигенция должна быть поддержана государством путем восстановления гуманитарных кафедр в вузах страны. Нам нужны не просто инженеры и медики, но и люди, хорошо понимающие современность и будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нам нужно перевести в ближайшие годы 100 лучших учебников мира с разных языков по всем направлениям гуманитарного знания на казахский язык и дать возможность нашей молодежи учиться по лучшим мировым образцам. Уже в 2018/2019 учебном году мы должны начать обучать наших студентов по этим учебникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этих целей на базе уже существующих переводческих структур нужно создать негосударственное Национальное бюро переводов, которое бы по заказу Правительства начало эту работу уже летом 2017 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ол кезең де таяп қалды, сондықтан біз уақыт ұттырмай, бұл жұмысты осы бастан қолға алуымыз керек. Біз осынау ауқымды жұмысты бастауға қа</w:t>
-[...504 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Чего мы добьемся этой программой? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это прежде всего качественно другой уровень подготовки сотен тысяч наших студентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Далее, это подготовка кадров, адаптированных к глобальной конкуренции в сфере знания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наконец, это те люди, которые и станут главными проводниками принципов модернизации сознания – открытости, прагматизма, конкурентоспособности. Будущее творится в учебных аудиториях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наше социальное и гуманитарное знание долгие годы было законсервировано в рамках одного учения и в рамках одного взгляда на мир. Выход на казахском языке 100 лучших учебников мира даст эффект уже через 5–6 лет. Нужно брать все самое современное и иметь переводы на государственный казахский язык. И это задача государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству необходимо проработать этот вопрос и решить его с учетом переводческих кадров, авторских прав, учебно-методических программ, профессорско-преподавательского состава и т. д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих, патриотизм начинается с любви к своей земле, к своему аулу, городу, региону, с любви к малой родине. Поэтому я предлагаю программу «Туғанжер», которая легко перейдет в более широкую установку –  «Туған ел».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Туғанжерінсүйеалмағансүйеаларматуғанелін?» или «С чего начинается Родина?» В этих произведениях есть большой смысл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Почему малая родина? Человек – существо не только рациональное, но и эмоциональное. Малая родина – это место, где ты родился и вырос, а порой и прожил всю жизнь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Там  горы, реки, рассказы и мифы об их возникновении, имена людей, оставшихся в памяти народа. Можно продолжить перечисление. Все это важно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особое отношение к родной земле, ее культуре, обычаям, традициям – это важнейшая черта патриотизма. Это основа того культурно-генетического кода, который любую нацию делает нацией, а не собранием индивидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На протяжении столетий наши предки защищали конкретные места и районы, сохранив для нас миллионы квадратных километров благодатной земли. Они сохранили будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что означает на практике любовь к малой родине, что означает программа «Туғанжер»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое: необходимо организовать серьезную краеведческую работу в сфере образования, экологии и благоустройства, изучение региональной истории, восстановление культурно</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исторических памятников и культурных объектов местного масштаба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Например, лучшая форма патриотизма – это изучение истории родного края в средних школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе: это содействие бизнесменам, чиновникам, представителям интеллигенции и молодежи, которые, переехав в другие регионы страны, хотели бы поддержать свою малую родину. Это нормальное и патриотическое желание, и его нужно поддерживать, а не запрещать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третье: местным властям нужно системно и организованно подойти к программе «Туғанжер».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нельзя пускать эту работу на самотек, потому что она требует взвешенности и правильности в понимании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Үкімет мұны аудармашы мамандармен қамтамасыз ету, авторлық құқық, оқу-әдістемелік бағдарламалар мен профессорлық-оқытушылық құрамды белгілеу сияқты жайттарды ескере отырып, кешенді түрде шешуі керек.</w:t>
-[...456 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>Мы должны найти разные формы поддержки и социального уважения, которые помогут малой родине, включая механизм спонсорской помощи. Здесь огромное поле для работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы можем быстро озеленить наши города, значительно помочь компьютеризации школ, поддержать региональные вузы, художественные фонды местных музеев и галерей и т. д. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00CA15B3" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кратко говоря, программа «Туған</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF61A9" w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жер» станет одним из настоящих оснований нашего общенационального патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>От малой родины начинается любовь к большой родине – своей родной стране (к Казахстану).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-четвертых, наряду с проектом «Туғанжер», который направлен на местные, локальные объекты и поселения, нам необходимо укрепить в сознании народа и другое – общенациональные святыни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нам нужен проект «Духовные святыни Казахстана», или, как говорят ученые, «Сакральная география Казахстана».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У каждого народа, у каждой цивилизации есть святые места, которые носят общенациональный характер, которые известны каждому представителю этого народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это одно из оснований духовной традиции. Для Казахстана это особенно важно. Мы – огромная по территории страна с богатой духовной историей. Иногда наши размеры играли разную роль в истории. Но никогда в народе не прерывалась связь в этом духовном географическом поясе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Однако при этом за всю историю мы не создали единое поле, единую цепочку этих важных с точки зрения культуры и духовного наследия святых мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вопрос даже не в реставрации памятников, зданий, сооружений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вопрос в том, чтобы увязать в национальном сознании воедино комплекс памятников вокруг Улытау и мавзолея Кожа Ахмета Яссауи, древние памятники Тараза и захоронения Бекет</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15B3" w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата, древние комплексы Восточного Казахстана и сакральные места Семиречья, и многие другие места. Все они образуют каркас нашей национальной идентичности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Когда сегодня говорят о воздействии чуждых идеологических влияний, мы не должны забывать, что за ними стоят определенные ценности, определенные культурные символы других народов. А им может противостоять только собственная национальная символика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Культурно</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>географический пояс святынь Казахстана – это и есть такая символическая защита и источник гордости, который незримо несет нас через века.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это один из элементов каркаса национальной идентичности, поэтому впервые за тысячелетнюю историю мы должны разработать и осуществить такой проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение года Правительству в диалоге с общественностью нужно разработать этот проект и увязать в нем три элемента:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Нужна образовательная подготовка каждого казахстанца по роли и месту этого «Культурно-географического пояса».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Наши СМИ должны серьезно и системно заняться национальными информационными проектами в этой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Внутренний и внешний культурный туризм должен опираться на это символическое наследие народа. По своему культурному значению тот же Туркестан или Алтай имеют не просто национальное или континентальное значение, – это глобальные величины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қысқаша айтқанда, «Туған жер» бағдарламасы жалпыұлттық патриотизмнің нағыз өзегіне айналады.</w:t>
-[...516 lines deleted...]
-      <w:r w:rsidRPr="00154659">
+        <w:t>В-пятых, конкурентоспособность в современном мире и конкурентоспособность культур. Огромная часть успеха США в эпоху «холодной войны» – это успехи Голливуда. Если мы хотим быть нацией со своим неповторимым местом на глобальной карте XXI века, то мы должны реализовать еще один проект – «Современная казахстанская культура в глобальном мире».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Речь идет о том, чтобы мир узнал нас не только по ресурсам нефти и крупным внешнеполитическим инициативам, но и по нашим культурным достижениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О чем должна пойти речь в этом проекте?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> – нужен целевой подход, чтобы отечественная культура зазвучала на шести языках ООН:английском, русском, китайском, испанском, арабском, французском.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> – это должна быть именно современная культура, та,  что создана и создается нашими современниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третье</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> – это должна быть абсолютно современная по форме подачи материала методика. Например, это не просто книги, но весь набор мультимедийного сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– должна быть серьезная государственная поддержка. В частности, системная работа Министерства иностранных дел, Министерства культуры и спорта, Министерства информации и коммуникаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пятое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  – огромная роль всей нашей творческой интеллигенции, в том числе Союза писателей и Академии наук, университетов и общественных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что из нашей современной культуры должно продвигаться в мире?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это очень серьезная и трудоемкая работа, которая включает не только отбор лучших произведенийнациональной культуры, но и презентацию их за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это и огромная переводческая работа, и специальные методы продвижения наших культурных достижений – книг, пьес, скульптур, картин, музыкальных произведений, научных открытий и т. д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все это конструктивная и благородная задача. Полагаю, что 2017 год должен стать решающим: мы должны четко определиться, что хотим показать миру в сфере культуры. А реализовать эту уникальную программу можно за 5–7 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Впервые за тысячелетнюю историю наша культура зазвучит на всех континентах и на всех главных языках мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-шестых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, я предлагаю направить внимание общества на современность, на историю наших современников. Это можно реализовать в проекте «100 новых лиц Казахстана».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>История Независимости – это всего лишь четверть века. Но какая! Исторический масштаб свершений не вызывает сомнений. Однако часто за рядом цифр и фактов не видно живых человеческих судеб. Разных, ярких, драматических и счастливых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проект «100 новых лиц Казахстана» – это история 100 конкретных людей из разных регионов, разных возрастов и национальностей, которые добились успеха за эти стремительные годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это должны быть конкретные истории конкретных людей, это облик современного Казахстана. Рядом с нами столько выдающихся современников, которых породила эпоха Независимости. Их рассказ о жизни убедительнее любой статистики. Мы должны сделать их героями нашей телевизионной документалистики. Мы должны сделать их образцом для подражания, для трезвого и объективного взгляда на жизнь. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Современнаямедиакультура строится не на «говорящих головах», а на создании подлинных историй жизни. Вот создание таких подлинных историй и должно стать предметом профессиональной работы наших средств массовой коммуникации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этот проект нужно ориентировать на решение трех задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Бесіншіден, заманауи әлемдегі бәсекелік қабілет – мәдениеттің де бәсекелік қабілеті деген сөз. АҚШ-тың «қырғи-қабақ соғыс» кезін</w:t>
-[...982 lines deleted...]
-    <w:sectPr w:rsidR="0004518E" w:rsidRPr="00154659" w:rsidSect="00154659">
+        <w:t>Показать обществу реальное лицо тех, кто своим умом, руками и талантом творит современный Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создать новую мультимедийную площадку информационной поддержки и популяризации наших выдающихся современников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создать не только общенациональные, но и региональные проекты «100 новых лиц». Мы должны знать тех, кто составляет золотой фонд нации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008660E7" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАКЛЮЧЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государство и нация – не статичная конструкция, а живой развивающийся организм. Чтобы жить, нужно обладать способностью к осмысленной адаптации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новая глобальная реальность пришла без стука и разрешения ко всем – именно поэтому задачи модернизации стоят сегодня практически перед всеми странами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время не останавливается, а значит, модернизация, как и сама история, –  продолжающийся процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На новом разломе эпох у Казахстана есть уникальный исторический шанс через обновление и новые идеи самим построить свое лучшее будущее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Я уверен: казахстанцы, особенно молодое поколение, понимают важность предложения нашей модернизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF61A9" w:rsidRPr="00CA15B3" w:rsidRDefault="00EF61A9" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA15B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В новой реальности внутреннее стремление к обновлению – это ключевой принцип нашего развития. Чтобы выжить, надо измениться. Тот, кто не сделает этого, будет занесен тяжелым песком истории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0004518E" w:rsidRPr="00CA15B3" w:rsidRDefault="0004518E" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-851" w:right="-143" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0004518E" w:rsidRPr="00CA15B3" w:rsidSect="008660E7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="850" w:bottom="568" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00665AE5" w:rsidRDefault="00665AE5" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00665AE5" w:rsidRDefault="00665AE5" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00665AE5" w:rsidRDefault="00665AE5" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00665AE5" w:rsidRDefault="00665AE5" w:rsidP="00CA15B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02F64B42"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE2E4168"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="19D10D8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0EEE343E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1F1B79E1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="163E93DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2D9C7A03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B26C54E6"/>
+    <w:lvl w:ilvl="0" w:tplc="4D785FEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="436" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="796" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1516" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2236" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3676" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4396" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5836" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="40485CBA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3694522C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="420D3744"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E26CE32E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="48884810"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8984F5B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="67556972"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="10B4435A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="7E8D4E32"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59740BFC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="2"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="5"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
-  <w:hideSpellingErrors/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DE2F65"/>
+    <w:rsidRoot w:val="00130CCC"/>
     <w:rsid w:val="0004518E"/>
-    <w:rsid w:val="000D5665"/>
-    <w:rsid w:val="00154659"/>
+    <w:rsid w:val="00130CCC"/>
     <w:rsid w:val="001A272E"/>
-    <w:rsid w:val="003C6753"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DE2F65"/>
+    <w:rsid w:val="001D46CD"/>
+    <w:rsid w:val="006024E7"/>
+    <w:rsid w:val="00665AE5"/>
+    <w:rsid w:val="00707543"/>
+    <w:rsid w:val="008660E7"/>
+    <w:rsid w:val="009B68FC"/>
+    <w:rsid w:val="00A03471"/>
+    <w:rsid w:val="00C538B2"/>
+    <w:rsid w:val="00C63BD8"/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:rsid w:val="00EF61A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6499,134 +5441,226 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008660E7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -6747,270 +5781,375 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EF61A9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003C6753"/>
+    <w:rsid w:val="00EF61A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008660E7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA15B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CA15B3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1158695752">
+    <w:div w:id="635531865">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="998576483">
+        <w:div w:id="884175901">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="500199583">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="75"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="8" w:color="E7E7E7"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1308129430">
+        <w:div w:id="1083181892">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="215551015">
+            <w:div w:id="1931114059">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1713772152">
+                <w:div w:id="149519031">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="787353717">
+                    <w:div w:id="1052341586">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="2126581142">
+                        <w:div w:id="1313632622">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="219558709">
+                            <w:div w:id="608045862">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="797533953">
+        <w:div w:id="1603219757">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7258,66 +6397,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>26110</Characters>
+  <Pages>10</Pages>
+  <Words>4085</Words>
+  <Characters>23290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>217</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30629</CharactersWithSpaces>
+  <CharactersWithSpaces>27321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DJETENOV M.A.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>