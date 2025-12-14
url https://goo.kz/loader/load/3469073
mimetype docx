--- v0 (2025-12-13)
+++ v1 (2025-12-14)
@@ -1,930 +1,4869 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E90478" w:rsidRPr="004268B2" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="00D32E97" w:rsidRDefault="003924A5" w:rsidP="00110D65">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
-        <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="004268B2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F3438"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Внешняя оценка учебных достижений в организациях общего среднего образования</w:t>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарында </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRDefault="003924A5" w:rsidP="00110D65">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сырттай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00110D65" w:rsidRPr="00D32E97" w:rsidRDefault="00110D65" w:rsidP="00110D65">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F3438"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009700B4" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Внешняя оценка учебных достижений в среднем образовании (ВОУД </w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006C7B57">
-[...10 lines deleted...]
-        <w:t>СО</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006C7B57">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> одним из видов независимого от организации образования мониторинга за качеством обучения.</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сырттай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ОБ ОЖСБ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мониторингтеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="009700B4" w:rsidRDefault="009700B4" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+    </w:p>
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Цели проведения ВОУД </w:t>
-[...27 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ОБ ОЖСБ жүргізудің мақсаты:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>оценка качества образовательных услуг;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006C7B57">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> общеобразовательных учебных программ.</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деңгейін айқындау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ВОУД проводится:</w:t>
+        <w:t>ОБ ОЖСБ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>начальной школе - выборочно, с целью мониторинга учебных достижений;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мониторингтеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іріктеліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>основной школ</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеті</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>е-</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> выборочно, с целью мониторинга учебных достижений и оценка эффективности организации учебного процесса;</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мониторингтеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іріктеліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>общей средней школе- с целью оценивания уровня учебных достижений.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - оқу жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іктерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іріктеліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>ВОУД проводится в форме комплексного тестирования на языке обучения. Перечень организации среднего образования, на базе которых проводится ВОУД, ежегодно определяется уполномоченным органом в области образования.</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОБ ОЖСБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кешенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтеді. ОБ ОЖСБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="006C7B57">
+    <w:p w:rsidR="003924A5" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>Содержание тестовых заданий для проведения ВОУД в организациях среднего образования разрабатывается на основе общеобразовательных учебных программ (с примерами тестовых заданий ВОУД можно ознакомиться по ссылке: </w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОЖСБ-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүргізу үшін тест </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірленеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тест </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгісімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сілтеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="006C7B57">
+        <w:r w:rsidRPr="00D32E97">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="127989"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.testcenter.kz/schools/voud-so-spec</w:t>
         </w:r>
       </w:hyperlink>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006C7B57">
-[...18 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> )</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006C7B57">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="00D32E97" w:rsidRPr="00D32E97" w:rsidRDefault="00D32E97" w:rsidP="003924A5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+    </w:p>
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ВОУД сдают 4, 9 и 11 классы:</w:t>
+        <w:t xml:space="preserve">ОБ ОЖСБ 4,9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>в 4-классах проводится с применением бумажных носителей по двум предметам, ежегодно определяемым уполномоченным органом.</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-сыныпта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасымалдағышты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Время, отведенное на тестирование – 1 час 10 минут (70 минут).</w:t>
+        <w:t>Тестілеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 минут (70 минут) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C7B57" w:rsidRPr="006C7B57" w:rsidRDefault="006C7B57" w:rsidP="00E90478">
+    <w:p w:rsidR="00D32E97" w:rsidRPr="00D32E97" w:rsidRDefault="00D32E97" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>в 9-классах проводится в форме комплексного тестирования, с применением бумажных носителей, так и с использованием современных информационных технологий, по казахскому языку и одному из общеобразовательных предметов, перечень которых ежегодно определяются уполномоченным органом.</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-сыныпта қағаз тасымалдағышты, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Время, отведенное на тестирование – 2 часа 10 минут (130 минут).</w:t>
+        <w:t>Тестілеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 минут (130 минут) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C7B57" w:rsidRPr="006C7B57" w:rsidRDefault="006C7B57" w:rsidP="00E90478">
+    <w:p w:rsidR="00D32E97" w:rsidRPr="00D32E97" w:rsidRDefault="00D32E97" w:rsidP="003924A5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:before="75" w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>в 11-классах проводится в форме комплексного тестирования, как с применением бумажных носителей, так и с использованием современных информационных технологий, по трем предметам, ежегодно определяемым уполномоченным органом.</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-сыныпта қағаз тасымалдағышты, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Время, отведенное на тестирование – 2 часа 20 минут (140 минут).</w:t>
+        <w:t>Тестілеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 минут (140 минут) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
+      <w:r w:rsidRPr="00D32E97">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Обработка результатов ВОУД </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> филиалах Национального центра тестирования.</w:t>
+        <w:t xml:space="preserve">ОБ ОЖСБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>филиалдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E90478" w:rsidRPr="006C7B57" w:rsidRDefault="00E90478" w:rsidP="00E90478">
+    <w:p w:rsidR="003924A5" w:rsidRPr="00D32E97" w:rsidRDefault="003924A5" w:rsidP="0072006A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Результаты ВОУД </w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОБ ОЖСБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006C7B57">
-[...7 lines deleted...]
-        <w:t>СО</w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006C7B57">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> сведения организаций образования в течение 3 календарных дней после дня его окончания.  </w:t>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>назарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аяқталғаннан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D32E97">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C2E84" w:rsidRPr="006C7B57" w:rsidRDefault="007C2E84">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="007C2E84" w:rsidRPr="006C7B57" w:rsidSect="00577767">
+    <w:p w:rsidR="008E2E43" w:rsidRDefault="008E2E43"/>
+    <w:sectPr w:rsidR="008E2E43" w:rsidSect="00270109">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -955,53 +4894,53 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="027570BB"/>
+    <w:nsid w:val="16450B39"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0F465F86"/>
+    <w:tmpl w:val="7A489BD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1104,53 +5043,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="12D473A9"/>
+    <w:nsid w:val="2D09671A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E2A0B3B2"/>
+    <w:tmpl w:val="4E5A5442"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1253,53 +5192,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="343F052D"/>
+    <w:nsid w:val="3978664D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7D8A96DC"/>
+    <w:tmpl w:val="DC0C4604"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1402,53 +5341,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="576F7F3A"/>
+    <w:nsid w:val="3A022B05"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3DE4E6E2"/>
+    <w:tmpl w:val="18DE5988"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1551,53 +5490,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="7CFB773C"/>
+    <w:nsid w:val="5D8638E5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2758E90A"/>
+    <w:tmpl w:val="B21EC6BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1700,89 +5639,90 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="77"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00287A2C"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E90478"/>
+    <w:rsidRoot w:val="00EA6774"/>
+    <w:rsid w:val="00110D65"/>
+    <w:rsid w:val="00270109"/>
+    <w:rsid w:val="003924A5"/>
+    <w:rsid w:val="003C0604"/>
+    <w:rsid w:val="0072006A"/>
+    <w:rsid w:val="008E2E43"/>
+    <w:rsid w:val="009700B4"/>
+    <w:rsid w:val="00D32E97"/>
+    <w:rsid w:val="00EA6774"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1932,132 +5872,132 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -2188,144 +6128,144 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E90478"/>
+    <w:rsid w:val="003924A5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="303657476">
+    <w:div w:id="1910916900">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/schools/voud-so-spec" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -2594,65 +6534,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>335</Words>
-  <Characters>1912</Characters>
+  <Words>309</Words>
+  <Characters>1764</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2243</CharactersWithSpaces>
+  <CharactersWithSpaces>2069</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>