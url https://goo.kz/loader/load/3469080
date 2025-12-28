--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,4374 +1,1847 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00F32F06">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00622276" w:rsidRPr="004D6190" w:rsidRDefault="00622276" w:rsidP="00622276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D6190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Темы эссе по русскому языку и литературе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRDefault="00622276" w:rsidP="00622276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D6190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>естественно-математическое направление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D6190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00622276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Что мне нравится в творчестве Владимира Маяковского? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Мы все глядим в Наполеоны…» (по роману Ф. Достоевского «Преступление и наказание»)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00907619" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00907619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оё</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00907619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> восприятие лирики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00907619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С.Есенина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00907619">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трагичен или смешон «маленький человек» в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақ тілі мен әдебиетінен эссе тақырыптары</w:t>
-[...73 lines deleted...]
-      </w:r>
+        <w:t>произведениях А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П.Чехова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кого из литературных героев я узнаю в своих современниках?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В чем причина гениальности романа М. Булгакова «Мастер и Маргарита»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018544E" w:rsidRPr="0018544E" w:rsidRDefault="0018544E" w:rsidP="0018544E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0018544E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Согласны ли Вы с утверждением А.Н. Толстого: «Хорошая книга – точно беседа с умным человеком»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Моё восприятие образа Татьяны Лариной (по роману «Евгений Онегин» А.С. Пушкина) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Влияние поэзии на нравственное воспитание человека</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Женский идеал в русской литературе </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Душа, испорченная светом (по роману М.Ю. Лермонтова «Герой нашего времени»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мой любимый поэт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одиночество Чацкого – это явление современное? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Плоды «злонравия» в комедии Д.И. Фонвизина и в наши дни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В чём проблема  «лишнего» человека? (по произведению М.Ю. Лермонтова «Герой нашего времени»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кого из героев А. С. Пушкина вы хотели бы видеть среди друзей? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Береги честь смолоду» (по  повести А.С. Пушкина «Капитанская дочка») </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В чём своеобразие темы любви в лирике М. Ю. Лермонтова? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нужна ли </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>человеку</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правда? (по пьесе М. Горького «На дне»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Огромное счастье </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">– любить и быть любимым </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В чем трагедия Евгения Онегина? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRDefault="00622276" w:rsidP="00A30466">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A30466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Живые» и «мертвые» души (по произведению Н. Гоголя «Мёртвые души») </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A30466" w:rsidRPr="00A30466" w:rsidRDefault="00A30466" w:rsidP="00A30466">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00DC3D1F">
-[...3758 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A30466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В каждой строке доброта (по произведениям В. Распутина) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="0018544E" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:sectPr w:rsidR="008C3427" w:rsidRPr="00DC3D1F">
+      <w:r w:rsidR="00622276" w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Гений и злодейство – две вещи несовместные» (А.С. Пушкин «Моцарт и Сальери») </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Природа – мастерская или «храм»? (по роману «Отцы и дети» И. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С.Тургенева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан на пути в мировое сообщество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Любовь к Родине начинается с семьи </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Активная жизненная позиция – старт в успех</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Человек, которым я восхищаюсь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мое образование – мой капитал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>За жизнь необходимо бороться!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Что такое истинная любовь?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Будущее Казахстана – моё будущее </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как сохранить национальную культуру? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В век космических  скоростей люди перестали удивляться…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Есть ли равенство в дружбе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Память сильнее времени</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Говорю о войне, хоть и знаю о ней понаслышке…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Незабываемые страницы моей любимой книги  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вечный спор добра и зла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Деньги – это главное в жизни человека? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Если бы я был учителем…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Чтобы дойти до цели  надо, прежде всего,  идти</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победа за тем, в ком живет согласие? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Случай, который изменил мою жизнь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дорога к счастью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кино в моей жизни </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Что разрушает дружбу?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Книги уходят в прошлое?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00622276">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Природа просит защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8540F" w:rsidRPr="00622276" w:rsidRDefault="00C8540F" w:rsidP="00907619">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C8540F" w:rsidRPr="00622276" w:rsidSect="00622276">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="13491090"/>
+    <w:nsid w:val="10DA22A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1646EA40"/>
-    <w:lvl w:ilvl="0" w:tplc="3E1C0C9A">
+    <w:tmpl w:val="A3B84F4A"/>
+    <w:lvl w:ilvl="0" w:tplc="122EC7D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="704" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
-        <w:i w:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="6404" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="25E8007F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92BA8900"/>
+    <w:lvl w:ilvl="0" w:tplc="DF30F5F4">
+      <w:start w:val="26"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="704" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="128"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F32F06"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00F32F06"/>
+    <w:rsidRoot w:val="00622276"/>
+    <w:rsid w:val="000046A6"/>
+    <w:rsid w:val="0018544E"/>
+    <w:rsid w:val="00622276"/>
+    <w:rsid w:val="00907619"/>
+    <w:rsid w:val="00A30466"/>
+    <w:rsid w:val="00C8540F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-[...264 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -4475,84 +1948,351 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00622276"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00622276"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00622276"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00622276"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00622276"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00622276"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -4591,84 +2331,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -4801,73 +2543,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5251</Characters>
+  <Pages>2</Pages>
+  <Words>362</Words>
+  <Characters>2066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6160</CharactersWithSpaces>
+  <CharactersWithSpaces>2424</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Алёна Сапронова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>