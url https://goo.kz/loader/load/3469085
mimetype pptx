--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -3,113 +3,118 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483732" r:id="rId1"/>
+    <p:sldMasterId id="2147483821" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
+  <p:handoutMasterIdLst>
+    <p:handoutMasterId r:id="rId18"/>
+  </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="273" r:id="rId2"/>
     <p:sldId id="271" r:id="rId3"/>
     <p:sldId id="274" r:id="rId4"/>
     <p:sldId id="265" r:id="rId5"/>
     <p:sldId id="266" r:id="rId6"/>
     <p:sldId id="276" r:id="rId7"/>
     <p:sldId id="277" r:id="rId8"/>
     <p:sldId id="278" r:id="rId9"/>
     <p:sldId id="279" r:id="rId10"/>
     <p:sldId id="280" r:id="rId11"/>
     <p:sldId id="281" r:id="rId12"/>
     <p:sldId id="282" r:id="rId13"/>
     <p:sldId id="283" r:id="rId14"/>
     <p:sldId id="284" r:id="rId15"/>
     <p:sldId id="272" r:id="rId16"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
-  <p:notesSz cx="6797675" cy="9928225"/>
+  <p:notesSz cx="6761163" cy="9942513"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -742,51 +747,51 @@
           <a:sx n="77" d="100"/>
           <a:sy n="77" d="100"/>
         </p:scale>
         <p:origin x="-912" y="192"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
@@ -2262,322 +2267,177 @@
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="tx1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
 </dgm:colorsDef>
 </file>
 
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E3973A33-2421-4A94-A291-CDC634713A51}">
-      <dgm:prSet phldrT="[Текст]">
-[...16 lines deleted...]
-      </dgm:prSet>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-            <a:t>Қазақстан</a:t>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+            <a:t>Министерство образования и науки Республики Казахстан</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-[...20 lines deleted...]
-              <a:latin typeface="+mn-lt"/>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
             </a:rPr>
-            <a:t>және</a:t>
-[...18 lines deleted...]
-            <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>www.edu.gov.kz</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F95AE977-B8B2-4B62-B311-4705446D2472}" type="parTrans" cxnId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}" type="sibTrans" cxnId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}">
-      <dgm:prSet phldrT="[Текст]">
-[...14 lines deleted...]
-      </dgm:prSet>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" b="1" i="0" dirty="0" err="1" smtClean="0"/>
-            <a:t>Білім</a:t>
+            <a:rPr lang="ru-RU" b="1" i="0" dirty="0" smtClean="0"/>
+            <a:t>Комитет по контролю в сфере образования и науки</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="ru-RU" b="1" i="0" dirty="0" smtClean="0"/>
-[...39 lines deleted...]
-            <a:rPr lang="ru-RU" b="1" i="0" dirty="0" smtClean="0"/>
+            <a:rPr lang="en-US" b="1" i="0" dirty="0" smtClean="0"/>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" b="1" i="0" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>http://control.edu.gov.kz</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FA91885D-6124-4D2F-B7AE-01EA36056219}" type="parTrans" cxnId="{AD5037F2-FC79-442B-A796-8461C9A88854}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{DDDE7A55-8075-4943-A1F4-DCEAA0F3CE75}" type="sibTrans" cxnId="{AD5037F2-FC79-442B-A796-8461C9A88854}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}">
-      <dgm:prSet phldrT="[Текст]">
-[...14 lines deleted...]
-      </dgm:prSet>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-          <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-            <a:t> </a:t>
-[...15 lines deleted...]
-            <a:t> </a:t>
+            <a:t>Национальный центр тестирования </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>www.testcenter.kz</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" type="parTrans" cxnId="{3E7EF008-0BCA-410C-8805-E4558A633095}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
@@ -2737,71 +2597,71 @@
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="60000"/>
               <a:lumOff val="40000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{3E7EF008-0BCA-410C-8805-E4558A633095}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" srcOrd="2" destOrd="0" parTransId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" sibTransId="{8EA337D6-9C2C-427F-B309-7E3FCEF75687}"/>
     <dgm:cxn modelId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{E3973A33-2421-4A94-A291-CDC634713A51}" srcOrd="0" destOrd="0" parTransId="{F95AE977-B8B2-4B62-B311-4705446D2472}" sibTransId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}"/>
+    <dgm:cxn modelId="{3824833E-19BB-47A4-B986-EEC0273AC169}" type="presOf" srcId="{E3973A33-2421-4A94-A291-CDC634713A51}" destId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{AD5037F2-FC79-442B-A796-8461C9A88854}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" srcOrd="1" destOrd="0" parTransId="{FA91885D-6124-4D2F-B7AE-01EA36056219}" sibTransId="{DDDE7A55-8075-4943-A1F4-DCEAA0F3CE75}"/>
-    <dgm:cxn modelId="{B48F2E4F-499F-4AE5-A898-3215510AD984}" type="presOf" srcId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" destId="{54E0F152-BB2B-4876-9440-7DAE6F4C3DAE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
-[...18 lines deleted...]
-    <dgm:cxn modelId="{72CFA2E2-AB2F-4C3D-A78D-7EAB74BA125B}" type="presParOf" srcId="{883E3A34-F222-41D0-878F-CF7BF2814E54}" destId="{47616E8E-EA5F-485F-A2E1-BA7416403221}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{87C10098-1CE8-459A-A2E9-67847FF2AB97}" type="presOf" srcId="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" destId="{3EA32ACD-017E-40DA-8198-0263CDE1C318}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{30EB8700-C5B3-41C0-A4B1-2772307884BB}" type="presOf" srcId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" destId="{54E0F152-BB2B-4876-9440-7DAE6F4C3DAE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{F58AA50E-05EB-4168-83E3-788A1580AC92}" type="presOf" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{95994A50-F2A3-41DE-91EE-B10BF47F0105}" type="presOf" srcId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{1033CC2E-800E-4DC9-9B48-58BC4B40F60B}" type="presParOf" srcId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" destId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{21C2F0CF-8C66-4B48-B59D-8E24722B7C8A}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{AEF2D97B-8AB1-4510-B45C-206E511CBFEB}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{F58888AA-C3A0-44DC-B62D-E45A337B7D27}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{143F8C5D-31E6-415D-9869-ACAA23727DAD}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{B1369C6D-26D9-4401-9465-1CCBF1CA9524}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{6F1C1432-889E-47F5-B6BC-52C6B64BB40E}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E45C97C6-DC54-4BDD-8E65-20920332604B}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{46AE0239-B959-40BF-9574-89C4CA3A04F0}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{1D8F5B50-2303-4836-9B19-8B4993ED2AEC}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E288B27B-CF6A-42C1-8B7E-70A17865244D}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E19DEB6F-D486-45FB-B9C7-8FEE10FE1B6D}" type="presParOf" srcId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" destId="{CB92C861-BC29-46EE-B315-2F691F3D2D4B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{7DCB528C-D353-41BE-912E-CCA03003493E}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{3EA32ACD-017E-40DA-8198-0263CDE1C318}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{F3A0301C-482F-4D57-9104-3F160AD10BC6}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{C2BE13C6-7A1C-42DF-98E4-C2C44F43634A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{F382E7EE-CC00-473A-9CD4-8423DD3C332C}" type="presParOf" srcId="{C2BE13C6-7A1C-42DF-98E4-C2C44F43634A}" destId="{8B578487-38CF-4443-9139-BBDBD276CA9B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{5C725EE3-F8EE-42C1-94C4-D778D7C9E1E4}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{54E0F152-BB2B-4876-9440-7DAE6F4C3DAE}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E6ADD4B5-E124-4939-9AA7-C6D5C53F2062}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{883E3A34-F222-41D0-878F-CF7BF2814E54}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{B8FB66B6-8A82-4D2C-976C-4EC10160EB4F}" type="presParOf" srcId="{883E3A34-F222-41D0-878F-CF7BF2814E54}" destId="{47616E8E-EA5F-485F-A2E1-BA7416403221}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
@@ -6671,190 +6531,359 @@
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
+<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+</file>
+
+<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3829010" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{5DCAB58B-C418-4E33-B9C2-4FDFBCAFD4AF}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3829010" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{E4BE205F-24FC-4A2C-959B-DE980BBDF171}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="565687288"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+</p:handoutMaster>
+</file>
+
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Верхний колонтитул 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="2946400" cy="496888"/>
+            <a:ext cx="2930574" cy="497603"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3849688" y="0"/>
-            <a:ext cx="2946400" cy="496888"/>
+            <a:off x="3829010" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0E2EBC5B-C855-47D1-A7AE-AEF5282546F7}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>14.02.2018</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="917575" y="744538"/>
-            <a:ext cx="4962525" cy="3722687"/>
+            <a:off x="896938" y="746125"/>
+            <a:ext cx="4967287" cy="3727450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заметки 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="679450" y="4716463"/>
-            <a:ext cx="5438775" cy="4467225"/>
+            <a:off x="675801" y="4723251"/>
+            <a:ext cx="5409562" cy="4473654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -6871,83 +6900,83 @@
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="9429750"/>
-            <a:ext cx="2946400" cy="496888"/>
+            <a:off x="0" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3849688" y="9429750"/>
-            <a:ext cx="2946400" cy="496888"/>
+            <a:off x="3829010" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{00521665-3E37-431C-80BF-30AC168ECB65}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
@@ -7552,50 +7581,55 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1670213554"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7719,50 +7753,55 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2382044123"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8018,50 +8057,55 @@
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:round/>
             <a:headEnd type="none" w="med" len="med"/>
             <a:tailEnd type="none" w="med" len="med"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2403748130"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8190,50 +8234,55 @@
           <a:p>
             <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3929614690"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -8506,50 +8555,55 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2973773985"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8740,50 +8794,55 @@
           <a:p>
             <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="541784116"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9094,50 +9153,55 @@
           <a:p>
             <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1818153580"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9264,50 +9328,55 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4107100875"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9442,50 +9511,55 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1139499464"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9814,50 +9888,55 @@
           <a:p>
             <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="526131950"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -10176,50 +10255,55 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4182202701"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10542,64 +10626,69 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
             <a:endParaRPr kumimoji="0" lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3285424373"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483733" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483743" r:id="rId11"/>
+    <p:sldLayoutId id="2147483822" r:id="rId1"/>
+    <p:sldLayoutId id="2147483823" r:id="rId2"/>
+    <p:sldLayoutId id="2147483824" r:id="rId3"/>
+    <p:sldLayoutId id="2147483825" r:id="rId4"/>
+    <p:sldLayoutId id="2147483826" r:id="rId5"/>
+    <p:sldLayoutId id="2147483827" r:id="rId6"/>
+    <p:sldLayoutId id="2147483828" r:id="rId7"/>
+    <p:sldLayoutId id="2147483829" r:id="rId8"/>
+    <p:sldLayoutId id="2147483830" r:id="rId9"/>
+    <p:sldLayoutId id="2147483831" r:id="rId10"/>
+    <p:sldLayoutId id="2147483832" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr kumimoji="0" sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="274320" indent="-274320" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPts val="600"/>
         </a:spcBef>
         <a:buClr>
           <a:schemeClr val="accent1"/>
@@ -10874,51 +10963,51 @@
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
@@ -11024,712 +11113,158 @@
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Жалпы</a:t>
-[...228 lines deleted...]
-            </a:r>
+              <a:t>Организация и проведение внешней оценки учебных достижений в организациях общего среднего образования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="357158" y="0"/>
+            <a:off x="300022" y="0"/>
             <a:ext cx="1500198" cy="797119"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1643042" y="142852"/>
+            <a:off x="1508085" y="163701"/>
             <a:ext cx="7414544" cy="785818"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" anchor="b" anchorCtr="0">
             <a:normAutofit fontScale="97500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" b="1" i="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1500" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>201</a:t>
-[...357 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Материалы для организации информационно-разъяснительной работы по подготовке к проведению внешней оценки учебных достижений в организациях общего среднего образования в РК 2018 году</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3357554" y="5357826"/>
             <a:ext cx="2160588" cy="341312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
@@ -11776,196 +11311,159 @@
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" fontAlgn="auto">
-[...7 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-[...5 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              </a:rPr>
+              <a:t>Материалы по подготовке ВОУД СО</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-[...25 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
-              <a:latin typeface="+mj-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mj-cs"/>
+              <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="571472" y="2714620"/>
             <a:ext cx="4714908" cy="1500198"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
-              <a:buFontTx/>
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
-[...10 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Национальным центром тестирования выпускаются книжки для</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>пробного тестирования</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Рисунок 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
@@ -12017,107 +11515,100 @@
             <a:ext cx="8072494" cy="700086"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
+              <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
-[...10 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>На сайте НЦТ размещены примерные варианты тестовых заданий </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="AutoShape 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="175795"/>
-            <a:ext cx="8329642" cy="611725"/>
+            <a:off x="457200" y="152400"/>
+            <a:ext cx="8329642" cy="990600"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
@@ -12133,360 +11624,228 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFF00"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>ОБ ОЖСБ онлайн </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1">
+              <a:t>Пробное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>және</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1">
+              <a:t>онлайн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>байқау</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+              <a:t> пробное тестирование</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>сынағы</a:t>
-            </a:r>
+              <a:t>ВОУД СО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
             <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="tx1"/>
+                <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Скругленный прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="428596" y="1285860"/>
-            <a:ext cx="4643470" cy="1643074"/>
+            <a:off x="611560" y="1285860"/>
+            <a:ext cx="4460506" cy="1643074"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1"/>
-[...163 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Пробное тестирование – процедура, проводимая в целях оказания методической помощи, информирования  о технологии тестирования, правильного закрашивания листа ответа, в целом подготовки учащихся к тестированию</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Рисунок 16"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
@@ -12526,372 +11885,144 @@
             <a:off x="4572000" y="3286124"/>
             <a:ext cx="4286312" cy="2143140"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent2"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent2"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
-              <a:buFontTx/>
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
-[...35 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1"/>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>● Пробное тестирование в режиме               </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0"/>
               <a:t>on-line</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
-[...28 lines deleted...]
-            <a:pPr>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t> проводиться  для учащихся                  9 классов в организаций среднего образования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
-              <a:buFontTx/>
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
-[...48 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>● Учащийся с помощью </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0"/>
-              <a:t>бағдарламалық</a:t>
-[...7 lines deleted...]
-              <a:t>құрылымның</a:t>
+              <a:t>онлайн</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
-              <a:t> </a:t>
-[...61 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
+              <a:t> тестирования знакомится с интерфейсом программы компьютерного тестирования и формирует навык работы</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="500034" y="5857892"/>
             <a:ext cx="8286808" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Қосымша</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:t>Более подробную информацию можете получить на сайте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:t>http://www.testcenter.kz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ақпараттарды</a:t>
-[...6 lines deleted...]
-              </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...46 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Рисунок 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -12922,166 +12053,147 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Правила поведения учащихся в ходе тестирования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
-              <a:lnSpc>
-[...5 lines deleted...]
-              <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
-[...26 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...37 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:t>Тестируемым не разрешается:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="539552" y="2492896"/>
-            <a:ext cx="8427974" cy="2308324"/>
+            <a:off x="214282" y="1928802"/>
+            <a:ext cx="8643998" cy="3207032"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="142875">
@@ -13169,1034 +12281,418 @@
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="just">
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-              </a:rPr>
-[...58 lines deleted...]
-            <a:pPr algn="just">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пересаживаться с места на место;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
               <a:defRPr/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>открывать без разрешения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уполномоченн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ого </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>представителя Министерства</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>БСБД </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>және</a:t>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>представителя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДКСО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалы тестирования;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>производить обмен  материалами тестирования с другими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>обучающимися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пользоваться калькулятором, справочной литературой (кроме таблицы Менделеева и таблицы растворимости солей), электронными записными книжками, корректирующими жидкостями и средствами мобильной связи;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>переговариваться и списывать у других </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>обучающихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, пользоваться шпаргалкой и другими справочными материалами; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выходить из аудитории без разрешения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уполномоченн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:t>представителя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>уәкілетті</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+              <a:t>Министерства и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ДКСО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...509 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
               <a:latin typeface="+mn-lt"/>
-              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-[...166 lines deleted...]
-              </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-[...96 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>                                      интернет-</a:t>
-[...25 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Интернет-ресурсы и размещенные информации для участников ВОУД </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Группа 19"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks noGrp="1"/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="428596" y="2500306"/>
             <a:ext cx="1928826" cy="1857388"/>
             <a:chOff x="323528" y="1684033"/>
             <a:chExt cx="2664296" cy="2255869"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="5" name="Рисунок 1"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
@@ -14283,934 +12779,676 @@
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="25" name="Схема 24"/>
+          <p:cNvPr id="7" name="Схема 6"/>
           <p:cNvGraphicFramePr/>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="2175743" y="1412776"/>
-          <a:ext cx="4160766" cy="3986646"/>
+          <a:off x="2357422" y="1571612"/>
+          <a:ext cx="4000528" cy="3843770"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="26" name="Группа 8"/>
+          <p:cNvPr id="8" name="Группа 8"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6373937" y="1810540"/>
-[...2 lines deleted...]
-            <a:chExt cx="2591037" cy="506119"/>
+            <a:off x="6429388" y="2143116"/>
+            <a:ext cx="2590800" cy="471488"/>
+            <a:chOff x="4452782" y="931543"/>
+            <a:chExt cx="2591037" cy="471805"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="27" name="Скругленный прямоугольник 26"/>
+            <p:cNvPr id="9" name="Скругленный прямоугольник 8"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4452782" y="931543"/>
               <a:ext cx="2591037" cy="471805"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="tx2">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="90000"/>
+              </a:schemeClr>
+            </a:solidFill>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="accent2"/>
+              <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
-            <a:effectRef idx="1">
-              <a:schemeClr val="accent2"/>
+            <a:effectRef idx="0">
+              <a:schemeClr val="lt1">
+                <a:alpha val="90000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:effectRef>
             <a:fontRef idx="minor">
-              <a:schemeClr val="lt1"/>
+              <a:schemeClr val="dk1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:fontRef>
           </p:style>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="28" name="Скругленный прямоугольник 6"/>
+            <p:cNvPr id="10" name="Скругленный прямоугольник 6"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4452782" y="897229"/>
-              <a:ext cx="2567222" cy="483879"/>
+              <a:off x="4476597" y="953783"/>
+              <a:ext cx="2543408" cy="427325"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
-            <a:effectRef idx="1">
+            <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="711182">
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcAft>
                   <a:spcPct val="35000"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
-              <a:r>
-[...16 lines deleted...]
-              </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
                   <a:latin typeface="+mj-lt"/>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="+mj-cs"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...17 lines deleted...]
-                <a:t>құқықтық</a:t>
+                <a:t>Нормативные правовые </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
-                  <a:latin typeface="+mj-lt"/>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="+mj-cs"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>документы</a:t>
               </a:r>
-              <a:r>
-[...31 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="29" name="Группа 9"/>
+          <p:cNvPr id="11" name="Группа 9"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6343690" y="2425984"/>
-[...2 lines deleted...]
-            <a:chExt cx="2591037" cy="476888"/>
+            <a:off x="6429388" y="2714620"/>
+            <a:ext cx="2590800" cy="471488"/>
+            <a:chOff x="4452782" y="1462324"/>
+            <a:chExt cx="2591037" cy="471805"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="30" name="Скругленный прямоугольник 29"/>
+            <p:cNvPr id="12" name="Скругленный прямоугольник 11"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4452781" y="1489647"/>
+              <a:off x="4452782" y="1462324"/>
               <a:ext cx="2591037" cy="471805"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
-              <a:schemeClr val="accent2"/>
+              <a:schemeClr val="accent1"/>
             </a:lnRef>
-            <a:fillRef idx="2">
-              <a:schemeClr val="accent2"/>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
-            <a:effectRef idx="1">
-              <a:schemeClr val="accent2"/>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
-              <a:schemeClr val="dk1"/>
+              <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="31" name="Скругленный прямоугольник 8"/>
+            <p:cNvPr id="13" name="Скругленный прямоугольник 8"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4476596" y="1484564"/>
+              <a:off x="4476597" y="1484564"/>
               <a:ext cx="2543408" cy="427325"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
             </a:lnRef>
-            <a:fillRef idx="1">
+            <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
-            <a:effectRef idx="1">
+            <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="711182">
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcAft>
                   <a:spcPct val="35000"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="+mj-cs"/>
                 </a:rPr>
-                <a:t>ОЖСБ </a:t>
+                <a:t>Правила проведения ВОУД</a:t>
               </a:r>
-              <a:r>
-[...63 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="32" name="Группа 10"/>
+          <p:cNvPr id="14" name="Группа 10"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6373937" y="2961634"/>
-[...1 lines deleted...]
-            <a:chOff x="4471619" y="1991936"/>
+            <a:off x="6429388" y="3286124"/>
+            <a:ext cx="2590800" cy="471487"/>
+            <a:chOff x="4471619" y="1971286"/>
             <a:chExt cx="2591037" cy="471805"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="33" name="Скругленный прямоугольник 32"/>
+            <p:cNvPr id="15" name="Скругленный прямоугольник 14"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4471619" y="1991936"/>
+              <a:off x="4471619" y="1971286"/>
               <a:ext cx="2591037" cy="471805"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
             </a:lnRef>
-            <a:fillRef idx="1">
-              <a:schemeClr val="accent2"/>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
             </a:fillRef>
-            <a:effectRef idx="1">
-              <a:schemeClr val="accent2"/>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="34" name="Скругленный прямоугольник 10"/>
+            <p:cNvPr id="16" name="Скругленный прямоугольник 10"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4495433" y="1993525"/>
-              <a:ext cx="2543408" cy="427324"/>
+              <a:off x="4495434" y="1993526"/>
+              <a:ext cx="2543408" cy="427325"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
             </a:lnRef>
-            <a:fillRef idx="1">
-              <a:schemeClr val="accent1"/>
+            <a:fillRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
-            <a:effectRef idx="1">
-              <a:schemeClr val="accent1"/>
+            <a:effectRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
             </a:effectRef>
             <a:fontRef idx="minor">
-              <a:schemeClr val="lt1"/>
+              <a:schemeClr val="dk1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="711182">
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcAft>
                   <a:spcPct val="35000"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="+mj-cs"/>
                 </a:rPr>
-                <a:t>Тест </a:t>
+                <a:t>Спецификация теста </a:t>
               </a:r>
-              <a:r>
-[...29 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="35" name="Группа 13"/>
+          <p:cNvPr id="17" name="Группа 13"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6362030" y="3575673"/>
-            <a:ext cx="2590800" cy="744863"/>
+            <a:off x="6429388" y="3857628"/>
+            <a:ext cx="2590800" cy="471487"/>
             <a:chOff x="4452782" y="2523886"/>
             <a:chExt cx="2591037" cy="471805"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="36" name="Скругленный прямоугольник 35"/>
+            <p:cNvPr id="18" name="Скругленный прямоугольник 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4452782" y="2523886"/>
               <a:ext cx="2591037" cy="471805"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="tx2">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="90000"/>
+              </a:schemeClr>
+            </a:solidFill>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
-              <a:schemeClr val="accent2"/>
+              <a:scrgbClr r="0" g="0" b="0"/>
             </a:fillRef>
-            <a:effectRef idx="1">
-              <a:schemeClr val="accent2"/>
+            <a:effectRef idx="0">
+              <a:schemeClr val="lt1">
+                <a:alpha val="90000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:effectRef>
             <a:fontRef idx="minor">
-              <a:schemeClr val="lt1"/>
+              <a:schemeClr val="dk1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
             </a:fontRef>
           </p:style>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="37" name="Скругленный прямоугольник 12"/>
+            <p:cNvPr id="19" name="Скругленный прямоугольник 12"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="4476596" y="2545606"/>
-              <a:ext cx="2543408" cy="428365"/>
+              <a:off x="4476597" y="2546126"/>
+              <a:ext cx="2543408" cy="427325"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:style>
-            <a:lnRef idx="3">
-              <a:schemeClr val="lt1"/>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
             </a:lnRef>
-            <a:fillRef idx="1">
+            <a:fillRef idx="3">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
-            <a:effectRef idx="1">
+            <a:effectRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:pPr algn="ctr" defTabSz="711182">
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="90000"/>
                 </a:lnSpc>
                 <a:spcAft>
                   <a:spcPct val="35000"/>
                 </a:spcAft>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="+mj-cs"/>
                 </a:rPr>
-                <a:t>ОЖСБ тест </a:t>
+                <a:t>Примерные варианты тестовых заданий ВОУД</a:t>
               </a:r>
-              <a:r>
-[...15 lines deleted...]
-              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="20" name="Группа 14"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6429388" y="4429132"/>
+            <a:ext cx="2590800" cy="471487"/>
+            <a:chOff x="4452782" y="3054667"/>
+            <a:chExt cx="2591037" cy="471805"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Скругленный прямоугольник 20"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4452782" y="3054667"/>
+              <a:ext cx="2591037" cy="471805"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Скругленный прямоугольник 14"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4476597" y="3076907"/>
+              <a:ext cx="2543408" cy="427325"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="90000"/>
+                </a:lnSpc>
+                <a:spcAft>
+                  <a:spcPct val="35000"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:effectLst>
                     <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                       <a:srgbClr val="000000">
                         <a:alpha val="43137"/>
                       </a:srgbClr>
                     </a:outerShdw>
                   </a:effectLst>
                   <a:ea typeface="+mj-ea"/>
                   <a:cs typeface="+mj-cs"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>Новости ВОУД</a:t>
               </a:r>
-              <a:r>
-[...212 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -15220,1105 +13458,230 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="152400"/>
             <a:ext cx="8229600" cy="684312"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
-[...6 lines deleted...]
-                </a:effectLst>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ұлттық</a:t>
-[...123 lines deleted...]
-            </a:endParaRPr>
+              <a:t>В социальных сетях Национального центра тестирования</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="442367635"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="323528" y="1916833"/>
           <a:ext cx="4248472" cy="2798052"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="5" name="Скругленный прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2060848"/>
+            <a:ext cx="4392612" cy="2592288"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Читатели могут найти ответы на все вопросы по организации и проведению ВОУД СО.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Данные источники информации будут предоставлять информацию об учебных материалах и способах подготовки к тестированию.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="428596" y="5715016"/>
             <a:ext cx="8286808" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Бұл</a:t>
-[...82 lines deleted...]
-                </a:ln>
+              <a:t>Переход на социальную сеть можно легко осуществить нажатием кнопок на сайте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
-                <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>www.testcenter.kz</a:t>
-            </a:r>
-[...208 lines deleted...]
-              <a:t>болады</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
-            </a:endParaRPr>
-[...533 lines deleted...]
-              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -16330,99 +13693,99 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="2276872"/>
             <a:ext cx="8229600" cy="625624"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>Спасибо за внимание!</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="153939421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="500034" y="214290"/>
-            <a:ext cx="8286750" cy="769441"/>
+            <a:ext cx="8286750" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -16510,782 +13873,399 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr">
-[...7 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>2018 жылғы Оқу жетістіктерін сырттай бағалау </a:t>
-[...26 lines deleted...]
-              </a:solidFill>
+              <a:t>Внешняя оценка учебных достижений (ВОУД) 2018 год</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="357158" y="571480"/>
-            <a:ext cx="8429684" cy="323165"/>
+            <a:ext cx="8429684" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0"/>
-              <a:t>2007 </a:t>
-[...3 lines deleted...]
-              <a:t>жылғы</a:t>
+              <a:t>проводится в соответствии со статьей 55 Закона Республики Казахстан   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0" smtClean="0"/>
+              <a:t>«</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0"/>
-              <a:t> 27 </a:t>
-[...3 lines deleted...]
-              <a:t>шілде</a:t>
+              <a:t>Об образовании» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" i="1" dirty="0" smtClean="0"/>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0" smtClean="0"/>
+              <a:t>от </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0"/>
-              <a:t> № 319-</a:t>
-[...51 lines deleted...]
-              <a:t> </a:t>
+              <a:t>27 июля 2007 года № 319-III</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Таблица 6"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="49994626"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2585251645"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="500034" y="1196752"/>
-          <a:ext cx="8305717" cy="5104622"/>
+          <a:off x="500034" y="1500174"/>
+          <a:ext cx="8305717" cy="4953142"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2444821"/>
                 <a:gridCol w="1953632"/>
-                <a:gridCol w="1953632"/>
-                <a:gridCol w="1953632"/>
+                <a:gridCol w="2049777"/>
+                <a:gridCol w="1857487"/>
               </a:tblGrid>
-              <a:tr h="360742">
+              <a:tr h="449730">
                 <a:tc>
-                  <a:txBody>
-[...70 lines deleted...]
-                <a:tc gridSpan="3">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr kumimoji="0" lang="kk-KZ" sz="2000" kern="1200" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>ОЖСБ өткізіледі:</a:t>
+                        <a:t>Основная цель:</a:t>
                       </a:r>
-                      <a:endParaRPr kumimoji="0" lang="ru-RU" sz="2000" kern="1200" dirty="0">
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>ВОУД проводится:</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
-                        <a:ea typeface="+mn-ea"/>
-                        <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="4536542">
+              <a:tr h="3744749">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr lvl="0" algn="ctr">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
                         <a:spcBef>
-                          <a:spcPct val="0"/>
+                          <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
-                          <a:spcPct val="35000"/>
+                          <a:spcPts val="0"/>
                         </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" kern="1200" dirty="0" err="1" smtClean="0"/>
-                        <a:t>білім</a:t>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>оценить качества образовательных услуг и определить уровень освоения обучающимися общеобразовательных учебных программ начального, основного среднего, общего среднего и высшего образования, предусмотренных государственными общеобязательными стандартами</a:t>
                       </a:r>
-                      <a:r>
-[...234 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
                         <a:effectLst/>
-                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                        <a:latin typeface="+mn-lt"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr lvl="0" algn="ctr"/>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" dirty="0" err="1" smtClean="0"/>
-                        <a:t>бастауыш</a:t>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>в начальной школе - выборочно с целью мониторинга учебных достижений</a:t>
                       </a:r>
-                      <a:r>
-[...67 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
@@ -17594,252 +14574,91 @@
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
-                          <a:spcPct val="100000"/>
+                          <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" dirty="0" err="1" smtClean="0"/>
-                        <a:t>негізгі</a:t>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>в основной школе – выборочно с целью мониторинга учебных достижений и оценки эффективности организации учебного процесса</a:t>
                       </a:r>
-                      <a:r>
-[...171 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
@@ -17950,188 +14769,127 @@
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
-                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
-                          <a:spcPct val="100000"/>
+                          <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1600" b="0" i="0" dirty="0" err="1" smtClean="0"/>
-                        <a:t>жалпы</a:t>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>в общей средней школе – с целью оценивания уровня учебных достижений</a:t>
                       </a:r>
-                      <a:r>
-[...95 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
@@ -18386,50 +15144,55 @@
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
                   </a:txBody>
                   <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4027749693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
@@ -18448,51 +15211,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
@@ -18537,192 +15300,120 @@
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>ОБ ОЖСБ – </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1">
+              <a:t>Организация ВОУД СО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...5 lines deleted...]
-                </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>ны</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:effectLst>
-[...53 lines deleted...]
-                </a:effectLst>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
-              <a:solidFill>
-[...8 lines deleted...]
-              </a:effectLst>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="84602" t="8095" r="4677" b="74319"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3432550" y="1119209"/>
-            <a:ext cx="853698" cy="643807"/>
+            <a:off x="3379129" y="1311088"/>
+            <a:ext cx="835681" cy="502763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -18773,492 +15464,341 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="857224" y="1357298"/>
             <a:ext cx="2857520" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОБ ОЖСБ </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+              <a:t>Где проводит</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>қайда</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+              <a:t>ь</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+              <a:t>ся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өткізіледі</a:t>
-[...5 lines deleted...]
-              <a:t>?</a:t>
+              <a:t> ВОУД </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0"/>
+              <a:t>СО?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="857224" y="1834210"/>
-            <a:ext cx="8072494" cy="615553"/>
+            <a:off x="866722" y="1823956"/>
+            <a:ext cx="8169773" cy="615553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...3 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОБ ОЖСБ  білім алушылар білім алып жатқан білім беру ұйымдарының базасында өткізіледі</a:t>
-[...3 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ВОУД СО проводится на базе организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в которых  обучаются тестируемые</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="857224" y="2571744"/>
-            <a:ext cx="4866904" cy="353943"/>
+            <a:off x="866722" y="2780793"/>
+            <a:ext cx="5093073" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1700" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> беру </a:t>
-[...36 lines deleted...]
-            </a:r>
+              <a:t>Как определяются организации образования?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0" err="1">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="847673" y="2951928"/>
-            <a:ext cx="6451080" cy="353943"/>
+            <a:off x="857224" y="3232033"/>
+            <a:ext cx="7354391" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...7 lines deleted...]
-            </a:r>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1700" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...69 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Ежегодно определяются уполномоченным органом в области образования </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
                         <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
                         <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
                         <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
                         <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
                         <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
                         <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
                         <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
                         <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
                         <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
                         <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
                       </a14:backgroundRemoval>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4807968" y="2188261"/>
-            <a:ext cx="1285884" cy="737426"/>
+            <a:off x="5076056" y="2647136"/>
+            <a:ext cx="1236063" cy="621264"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="843159" y="3690450"/>
+            <a:off x="866722" y="3898206"/>
             <a:ext cx="7929618" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-[...5 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1700" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+              <a:t>Параметр отбора школ  для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өткізу</a:t>
+              <a:t>проведения </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1700" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...45 lines deleted...]
-            </a:endParaRPr>
+              <a:t>тестирования</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="503357" y="3750732"/>
+            <a:off x="457200" y="3911607"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
@@ -19271,382 +15811,331 @@
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="500034" y="2643182"/>
+            <a:off x="457200" y="2833743"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="857224" y="4115587"/>
-            <a:ext cx="3798219" cy="353943"/>
+            <a:off x="867823" y="4267335"/>
+            <a:ext cx="4208233" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...4 lines deleted...]
-            </a:r>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1700" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...21 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Утверждается уполномоченным органом</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="500034" y="4880087"/>
+            <a:off x="493832" y="4975495"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Прямоугольник 19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="895199" y="4855639"/>
-            <a:ext cx="2012410" cy="353943"/>
+            <a:off x="866723" y="4948695"/>
+            <a:ext cx="1524072" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1"/>
-[...10 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Выборка школ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Прямоугольник 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="857224" y="5303860"/>
-            <a:ext cx="7203428" cy="353943"/>
+            <a:off x="866722" y="5302638"/>
+            <a:ext cx="6585597" cy="353943"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1"/>
-[...31 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1700" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Метод: Простая случайная выборка (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>Simple Random Sampling </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1700" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1700" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> SRS</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
                         <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
                         <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
                         <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
                         <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
                         <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
                         <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
                         <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
                         <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
                         <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
                         <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
                       </a14:backgroundRemoval>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2774009" y="4602585"/>
-            <a:ext cx="1149919" cy="682495"/>
+            <a:off x="2390795" y="4624723"/>
+            <a:ext cx="1270938" cy="822372"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="84602" t="8095" r="4677" b="74319"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5393363" y="3914303"/>
-            <a:ext cx="980465" cy="579281"/>
+            <a:off x="5894278" y="4090670"/>
+            <a:ext cx="835681" cy="502763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -19685,51 +16174,51 @@
                         <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
                         <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
                         <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
                         <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
                         <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
                         <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
                         <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
                         <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
                         <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
                         <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
                       </a14:backgroundRemoval>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="214282" y="1357298"/>
+            <a:off x="187566" y="1241111"/>
             <a:ext cx="598220" cy="535905"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
@@ -19765,777 +16254,685 @@
                         <a14:foregroundMark x1="90417" y1="62810" x2="90417" y2="62810"/>
                         <a14:foregroundMark x1="89375" y1="64463" x2="89375" y2="64463"/>
                         <a14:foregroundMark x1="87917" y1="64463" x2="87917" y2="64463"/>
                         <a14:foregroundMark x1="86771" y1="64463" x2="86771" y2="64463"/>
                       </a14:backgroundRemoval>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:sharpenSoften amount="50000"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-20000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="84226" t="56101" r="5053" b="26313"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="214282" y="2071678"/>
+            <a:off x="209037" y="2006570"/>
             <a:ext cx="598220" cy="535905"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="TextBox 20"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="2071678"/>
-            <a:ext cx="5429288" cy="300082"/>
+            <a:off x="714348" y="2004978"/>
+            <a:ext cx="5429288" cy="313932"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just" defTabSz="400050">
+            <a:pPr defTabSz="889000">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Жалпы</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+              <a:t>Общее время тестирования - 70 минут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тестілеу</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+              <a:t>(1 час 10 минут</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...47 lines deleted...]
-              <a:t> 10 минут)</a:t>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="357158" y="2857496"/>
+            <a:off x="357158" y="2764775"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Прямоугольник 33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="785786" y="1500174"/>
-            <a:ext cx="7858180" cy="300082"/>
+            <a:off x="728608" y="1310844"/>
+            <a:ext cx="7947847" cy="507831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОЖСБ  4-сыныпта </a:t>
-[...5 lines deleted...]
-              <a:t>жыл сайын уәкілетті орган айқындайтын екі пән бойынша жүргізіледі</a:t>
+              <a:t>ВОУД в 4 классах проводится по двум предметам, ежегодно определяемым уполномоченным органом</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="TextBox 73"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="539552" y="5877272"/>
-            <a:ext cx="7992888" cy="769441"/>
+            <a:ext cx="7992888" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...23 lines deleted...]
-            </a:endParaRPr>
+              <a:t> Максимальный балл по двум предметам – 30 баллов </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="75" name="TextBox 74"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1267546" y="205063"/>
+            <a:off x="1285852" y="214290"/>
             <a:ext cx="6643734" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...7 lines deleted...]
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>4 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              <a:t>Формат ВОУД  для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>- сыныпқа арналған ОЖСБ форматы</a:t>
+              <a:t>4 класса</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
-              <a:effectLst>
-[...5 lines deleted...]
-              </a:effectLst>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="76" name="Прямоугольник 75"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="500034" y="714356"/>
-            <a:ext cx="8215370" cy="323165"/>
+            <a:off x="359247" y="685960"/>
+            <a:ext cx="8496944" cy="323165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1500" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0" smtClean="0"/>
+              <a:t>В тест включены учебные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0" smtClean="0"/>
+              <a:t>материалы в соответствии с учебной программой начального образования</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="77" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="357158" y="3714752"/>
+            <a:off x="349045" y="3587288"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="78" name="Прямоугольник 77"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="2786058"/>
-            <a:ext cx="2417492" cy="588623"/>
+            <a:off x="712909" y="2719150"/>
+            <a:ext cx="1785950" cy="588623"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just" defTabSz="400050">
+            <a:pPr defTabSz="889000">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2 </a:t>
-[...12 lines deleted...]
-            <a:pPr algn="just" defTabSz="400050">
+              <a:t>2 предмета</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="889000">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Жалпы</a:t>
-[...17 lines deleted...]
-              <a:t> саны - 30</a:t>
+              <a:t>Всего заданий - 30</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="Прямоугольник 78"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="3643314"/>
-            <a:ext cx="5857916" cy="300082"/>
+            <a:off x="704743" y="3556986"/>
+            <a:ext cx="5857916" cy="323165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just" defTabSz="400050">
-[...9 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Әр пән бойынша тест тапсырмасының саны - 15</a:t>
+              <a:t>Количество  тестовых  заданий  по каждому предмету - 15</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="80" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="357158" y="4244865"/>
+            <a:off x="357158" y="4180350"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\админ\Desktop\Слайд для ИИРна 2018 г\raskraska-shkolnie-prinadlezhnosti32.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3187052" y="2476607"/>
+            <a:off x="2571737" y="2536386"/>
             <a:ext cx="1784240" cy="1011672"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="81" name="Прямоугольник 80"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="4181216"/>
-            <a:ext cx="7286676" cy="300082"/>
+            <a:off x="695271" y="4126947"/>
+            <a:ext cx="7286676" cy="323165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just" defTabSz="400050">
-[...7 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1500" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Берілген 4 жауап нұсқасынан бір дұрыс жауапты таңдағанда</a:t>
-[...3 lines deleted...]
-            </a:endParaRPr>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выбор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> одного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правильного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ответа из 4-х предложенных</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="82" name="Рисунок 16"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6125330" y="3707267"/>
-            <a:ext cx="1785950" cy="958864"/>
+            <a:off x="6019249" y="3664460"/>
+            <a:ext cx="1910337" cy="958864"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -20560,365 +16957,200 @@
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="357158" y="5286388"/>
+            <a:off x="357158" y="5399809"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="85" name="Прямоугольник 84"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="4721680"/>
+            <a:off x="684334" y="4703001"/>
             <a:ext cx="7858180" cy="507831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="1" algn="just" defTabSz="400050">
+            <a:pPr marL="0" lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
-              <a:spcAft>
-[...2 lines deleted...]
-              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...106 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1500" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>-</a:t>
-[...11 lines deleted...]
-              <a:t>беріледі</a:t>
+              <a:t>За верное выполнение тестового задания с одним правильным ответом - 1 балл, за неправильно выполненное задание - 0 баллов;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="349045" y="4700182"/>
+            <a:off x="349045" y="4733369"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="695271" y="5243251"/>
-            <a:ext cx="4572000" cy="300082"/>
+            <a:off x="684334" y="5327829"/>
+            <a:ext cx="4572000" cy="323165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="1" algn="just" defTabSz="400050">
-[...13 lines deleted...]
-            </a:r>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1500" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>р </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1">
+              <a:t>Максимальный балл по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>пән</a:t>
-[...30 lines deleted...]
-            </a:r>
+              <a:t>каждому предмету - 15</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3649718328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -21017,90 +17249,74 @@
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1142976" y="214290"/>
             <a:ext cx="7056783" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...3 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Формат ВОУД  для </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>9</a:t>
-[...23 lines deleted...]
-              <a:t>- сыныпқа арналған ОЖСБ форматы</a:t>
+              <a:t>9 класса</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
@@ -21136,93 +17352,84 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="81" name="TextBox 80"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="571472" y="2714620"/>
-            <a:ext cx="1643074" cy="286232"/>
+            <a:ext cx="1643074" cy="313932"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="711200">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
+              <a:t>Казахский язы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тілі</a:t>
-[...3 lines deleted...]
-            </a:endParaRPr>
+              <a:t>к</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="53" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId3">
                     <a14:imgEffect>
                       <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
                         <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
                         <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
                         <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
                         <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
                         <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
                         <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
@@ -21250,119 +17457,113 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="Прямоугольник 53"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="357158" y="642919"/>
-            <a:ext cx="8286808" cy="538609"/>
+            <a:ext cx="8501122" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1500" dirty="0"/>
-              <a:t>Тест жалпы білім беретін оқу бағдарламаларына сәйкес оқу материалдарын қамтиды </a:t>
+              <a:t>В тест включены учебные материалы в соответствии с учебными программами для общеобразовательной школы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
-          </a:p>
-[...4 lines deleted...]
-            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="56" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId5">
                     <a14:imgEffect>
                       <a14:brightnessContrast bright="-40000" contrast="40000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="285720" y="2214554"/>
+            <a:off x="277607" y="2274880"/>
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="59" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
@@ -21401,1465 +17602,683 @@
             <a:ext cx="301978" cy="327143"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60" name="Прямоугольник 59"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="999685" y="4214818"/>
-            <a:ext cx="1013419" cy="286232"/>
+            <a:off x="714348" y="4214818"/>
+            <a:ext cx="1584088" cy="286232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="711200">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Второй предмет</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61" name="Прямоугольник 60"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="785786" y="4429132"/>
-            <a:ext cx="8215370" cy="1643527"/>
+            <a:ext cx="8215370" cy="1869743"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...53 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Олардың </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>Количество тестовых заданий - 40;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ішінде 25 тапсырма (берілген 5 жауап нұсқаларынан бір дұрыс жауапты таңдаумен) және 15 </a:t>
-[...9 lines deleted...]
-            <a:pPr marL="0" lvl="1">
+              <a:t>Тест состоит из 25 заданий (с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выбор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> одного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правильного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ответа из 5   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предложенных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) и 15 заданий </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...24 lines deleted...]
-            </a:endParaRPr>
+              <a:t>      (с выбором одного или нескольких правильных ответов  из множества предложенных);</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Дұрыс орындалған бір дұрыс жауапты тест тапсырмасы үшін </a:t>
-[...33 lines deleted...]
-            <a:pPr marL="0" lvl="1">
+              <a:t>Задания с одним правильным ответом учащийся получает 1 балл, за неправильно </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...26 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>      выполненное задание   - 0 баллов;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>За верное выполнение задания с одним или несколькими правильными ответами </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Дұрыс орындалған бір немесе бірнеше дұрыс жауапты тест тапсырмасы үшін </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>      учащийся получает 2 балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>–</a:t>
-[...17 lines deleted...]
-              <a:t>2 балл беріледі;</a:t>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ә</a:t>
-[...76 lines deleted...]
-              </a:solidFill>
+              <a:t>Максимальный балл  - 55</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="Прямоугольник 61"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="357158" y="6357958"/>
-            <a:ext cx="8215370" cy="584775"/>
+            <a:ext cx="8215370" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-              </a:rPr>
-[...19 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>балл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> по двум предметам – 75 баллов </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="66" name="Скругленный прямоугольник 65"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="1171142"/>
-            <a:ext cx="8001056" cy="500066"/>
+            <a:off x="714348" y="1199053"/>
+            <a:ext cx="8143932" cy="500066"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent5"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОЖСБ  9</a:t>
-[...294 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ВОУД в 9 классах проводится по казахскому языку и общеобразовательным предметам, перечень и количество которых ежегодно определяются уполномоченным органом</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Скругленный прямоугольник 66"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="2214554"/>
-            <a:ext cx="5786478" cy="428628"/>
+            <a:off x="741064" y="2301132"/>
+            <a:ext cx="5441828" cy="428628"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent5"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr defTabSz="889000">
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1405" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Жалпы тапсырма саны – 60</a:t>
+              <a:t>Всего заданий – 60</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="Скругленный прямоугольник 67"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714348" y="1714488"/>
+            <a:off x="714348" y="1761358"/>
             <a:ext cx="7000924" cy="428628"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent5"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...13 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1405" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...35 lines deleted...]
-              <a:t> – 130 минут </a:t>
+              <a:t>Общее время тестирования – 130 минут </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1405" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1405" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(2 часа 10 минут)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Прямоугольник 69"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="714348" y="3000372"/>
-            <a:ext cx="8143932" cy="1158779"/>
+            <a:ext cx="8143932" cy="1191095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тес тапсырмасының </a:t>
-            </a:r>
+              <a:t>Количество тестовых заданий - 20;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>саны</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>С </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> –</a:t>
+              <a:t>выбор</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>20;</a:t>
+              <a:t> одного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правильного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ответа из 5 предложенных;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>За верное выполнение тестового задания с одним правильным ответом - 1 балл, за неправильно  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Берілген 5 жауап нұсқасынан бір дұрыс жауапты таңдайтын тапсырмалар</a:t>
-[...5 lines deleted...]
-                </a:solidFill>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>;</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:t>     выполненное задание - 0 баллов;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Дұрыс</a:t>
-[...255 lines deleted...]
-              <a:t>20</a:t>
+              <a:t>Максимальный балл - 20</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4024573493"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -22945,104 +18364,88 @@
             <a:ext cx="598220" cy="535905"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1142976" y="214290"/>
+            <a:off x="1115616" y="214997"/>
             <a:ext cx="7056783" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...5 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>11</a:t>
-[...11 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Формат ВОУД  для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>- сыныпқа арналған ОЖСБ форматы</a:t>
+              <a:t>11 класса</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
@@ -23137,68 +18540,68 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="54" name="Прямоугольник 53"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="357158" y="642919"/>
-            <a:ext cx="8286808" cy="323165"/>
+            <a:ext cx="8286808" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1500" dirty="0"/>
-              <a:t>Тест жалпы білім беретін оқу бағдарламаларына сәйкес оқу материалдарын қамтиды </a:t>
+              <a:t>В тест включены учебные материалы в соответствии с учебными программами для общеобразовательной школы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="59" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
@@ -23226,565 +18629,413 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="Прямоугольник 61"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="357158" y="6357958"/>
-            <a:ext cx="8215370" cy="584775"/>
+            <a:ext cx="8215370" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>Максимальный балл по трем предметам – 100 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Үш пән бойынша максималды балл - 100 балл</a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>баллов </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="714348" y="1214422"/>
-            <a:ext cx="8072494" cy="286232"/>
+            <a:ext cx="8286808" cy="481542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОЖСБ  11-сыныпта </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:t>ВОУД в 11 классах проводится по трем предметам, ежегодно определяемым </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...31 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>уполномоченным                               органом</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Прямоугольник 18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="714348" y="1785926"/>
-            <a:ext cx="5357834" cy="307777"/>
+            <a:ext cx="5357834" cy="286232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Жалпы тестілеу </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>Общее время тестирования - 140 минут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1405" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>уақыты – 140 минут </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...15 lines deleted...]
-            </a:endParaRPr>
+              <a:t>(2 часа 20 минут)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Прямоугольник 24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="642910" y="2313158"/>
-            <a:ext cx="2333845" cy="307777"/>
+            <a:off x="714348" y="2285992"/>
+            <a:ext cx="1601336" cy="286232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Жалпы </a:t>
-[...5 lines deleted...]
-              <a:t>тапсырма саны – 80</a:t>
+              <a:t>Всего заданий - 80</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Прямоугольник 25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="714348" y="2786058"/>
-            <a:ext cx="1075936" cy="286232"/>
+            <a:ext cx="1568058" cy="286232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Первый предмет</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Прямоугольник 26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3286116" y="2786058"/>
-            <a:ext cx="5715040" cy="1352678"/>
+            <a:ext cx="5715040" cy="1191095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тес тапсырмасының саны- 20;</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>Количество тестовых заданий - 20;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Берілген 5 жауап нұсқасынан бір дұрыс жауапты таңдайтын тапсырмалар</a:t>
-[...9 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>С выбором одного правильного ответа из  5 предложенных; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Дұрыс</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>За верное выполнение тестового задания с одним правильным </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>      ответом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>орындалған</a:t>
-[...93 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>- 1 балл, за неправильно выполненное задание - 0 баллов;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...10 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-            </a:r>
+              <a:t>Максимальный балл -20</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28" name="Picture 11" descr="Картинки по запросу галочка"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId5">
                     <a14:imgEffect>
@@ -23810,358 +19061,303 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Прямоугольник 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="642910" y="4071942"/>
-            <a:ext cx="1752403" cy="555537"/>
+            <a:ext cx="1683474" cy="555537"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...21 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Второй и третий </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>пән</a:t>
-[...3 lines deleted...]
-            </a:endParaRPr>
+              <a:t>предметы </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Прямоугольник 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3286116" y="4143380"/>
-            <a:ext cx="5429288" cy="2160591"/>
+            <a:ext cx="5429288" cy="2095958"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...10 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>Количество тестовых заданий по каждому предмету - 30;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Олардың ішінде 20 тапсырма (берілген 5 жауап нұсқаларынан бір дұрыс жауапты таңдаумен) және 10 тапсырма (берілген жауап нұсқаларынан бір немесе бірнеше дұрыс жауаптарды таңдау арқылы);</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>Из них 20 заданий (с выбором одного правильного ответа из    </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      предложенных) и 10 заданий (с выбором одного или нескольких  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      правильных ответов из </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>множества предложенных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Дұрыс орындалған бір дұрыс жауапты тест тапсырмасы үшін </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>Задания с одним правильным ответом учащийся получает 1  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>–</a:t>
-[...21 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>      балл, за неправильно выполненное задание - 0 баллов;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Дұрыс </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>За верное выполнение задания с одним или несколькими </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>орындалған бір немесе бірнеше дұрыс жауапты тест тапсырмасы үшін </a:t>
-[...21 lines deleted...]
-            <a:pPr marL="228600" lvl="1" indent="-228600" algn="just" defTabSz="1155700">
+              <a:t>      правильными ответами учащийся получает 2 балла;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPct val="15000"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="••"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ә</a:t>
-[...51 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Максимальный балл по каждому предмету - 40</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -24173,81 +19369,81 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="21" name="Рисунок 20"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1895716" y="4156912"/>
+            <a:off x="1910939" y="4137679"/>
             <a:ext cx="1284946" cy="845791"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20" name="Рисунок 19"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2082344" y="4444334"/>
+            <a:off x="2108319" y="4430613"/>
             <a:ext cx="1284946" cy="845791"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4024573493"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
@@ -24260,3678 +19456,3976 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="448468" y="123679"/>
-            <a:ext cx="8588028" cy="1556792"/>
+            <a:off x="567095" y="130064"/>
+            <a:ext cx="7988345" cy="990600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2200" b="1" dirty="0" smtClean="0">
-[...49 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="2300" b="1" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" i="1" dirty="0">
-[...18 lines deleted...]
-              <a:t>және </a:t>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" i="1" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" i="1" dirty="0" smtClean="0">
-[...18 lines deleted...]
-              <a:t>пәндер бойынша)</a:t>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" i="1" dirty="0">
-[...4 lines deleted...]
-                <a:ea typeface="+mn-ea"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
             </a:br>
-            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                                         </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                                                    </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\Новый точечный рисунок (2).jpg"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2213751" y="2081785"/>
-            <a:ext cx="4786346" cy="515798"/>
+            <a:off x="2277491" y="2987126"/>
+            <a:ext cx="4786346" cy="571503"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Скругленный прямоугольник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="567095" y="2190674"/>
+            <a:ext cx="8315325" cy="563563"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                             </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один правильный ответ и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестируемый выбрал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>его верно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Скругленный прямоугольник 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="567095" y="3771879"/>
+            <a:ext cx="8315325" cy="587375"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании один правильный ответ и тестируемый выбрал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>его верно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>но закрасил еще один неправильный ответ, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> балл.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\рп.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2142313" y="3425969"/>
-            <a:ext cx="4929222" cy="524765"/>
+            <a:off x="2219292" y="4415937"/>
+            <a:ext cx="4879247" cy="660475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Скругленный прямоугольник 11"/>
+          <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="495523" y="1398690"/>
-            <a:ext cx="8315325" cy="563562"/>
+            <a:off x="565507" y="5517232"/>
+            <a:ext cx="8316913" cy="415651"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
-            <a:schemeClr val="lt1"/>
+            <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
-[...47 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Егер </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>В остальных случаях – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тест тапсырмаларында бір ғана дұрыс жауап болса және тестіленуші сол жауапты таңдаса, </a:t>
-[...35 lines deleted...]
-              <a:t>беріледі.</a:t>
+              <a:t>ноль баллов</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Скругленный прямоугольник 12"/>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457199" y="2725500"/>
-            <a:ext cx="8315325" cy="587375"/>
+            <a:off x="428593" y="41468"/>
+            <a:ext cx="8315324" cy="1569660"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...33 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание тестовых заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одним или несколькими </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...116 lines deleted...]
-            </a:r>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9х классов по второму предмету,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для 11х классов по второму и третьему предмету)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Содержимое 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565742" y="1463806"/>
+            <a:ext cx="8275638" cy="500066"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                            </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильных ответа и тестируемый выбрал все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="5600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\прапр.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2904368" y="2051314"/>
+            <a:off x="2851758" y="2028074"/>
             <a:ext cx="3535626" cy="446982"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Скругленный прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565742" y="2671016"/>
+            <a:ext cx="8275638" cy="682679"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании два правильных ответа и тестируемый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбрал только 1 ответ верно/закрасил 1 ответ верно и 1 ответ неверно или закрасил все 2 ответа верно и закрасил один неправильный ответ,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\аррапр.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="827584" y="3349471"/>
+            <a:off x="851494" y="3456834"/>
             <a:ext cx="3546554" cy="451705"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\пвар.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5076056" y="3388147"/>
+            <a:off x="5137774" y="3456834"/>
             <a:ext cx="3397572" cy="426311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 5" descr="C:\Users\a.khaidarova\Desktop\првапр.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2983610" y="3889087"/>
+            <a:off x="2994634" y="3956900"/>
             <a:ext cx="3456384" cy="463206"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Скругленный прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565742" y="4510679"/>
+            <a:ext cx="8275638" cy="472170"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании два правильных ответа и тестируемый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбрал только 1 ответ верно и закрасил два неправильных ответа,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> баллов.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\нонво.bmp"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2983621" y="4984912"/>
+            <a:off x="3044033" y="5065365"/>
             <a:ext cx="3357586" cy="409005"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Скругленный прямоугольник 14"/>
+          <p:cNvPr id="12" name="Скругленный прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="557381" y="1422136"/>
-            <a:ext cx="8229600" cy="500062"/>
+            <a:off x="571473" y="5857892"/>
+            <a:ext cx="8269908" cy="306860"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
-            <a:schemeClr val="lt1"/>
+            <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
-[...51 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Егер тест тапсырмасында екі  дұрыс жауап болса және тестіленуші сол екі  жауапты дұрыс таңдаса,                        </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+              <a:t>В остальных случаях – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>екі балл </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>ноль баллов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>беріледі</a:t>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Скругленный прямоугольник 20"/>
+          <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457197" y="2567371"/>
-            <a:ext cx="8256559" cy="682625"/>
+            <a:off x="428593" y="41468"/>
+            <a:ext cx="8315324" cy="1538883"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...296 lines deleted...]
-          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
-[...857 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2300" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2300" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание тестовых заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
-                <a:latin typeface="+mn-lt"/>
-[...62 lines deleted...]
-              <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одним или несколькими </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9х классов по второму предмету,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для 11х классов по второму и третьему предмету)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="5" name="Содержимое 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="437151"/>
-            <a:ext cx="8229600" cy="990600"/>
+            <a:off x="500033" y="1315259"/>
+            <a:ext cx="8381841" cy="571504"/>
           </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...26 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1800" b="1" i="1" dirty="0">
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...4 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                             </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...5 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...6 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>три </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильных ответа и тестируемый выбрал все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="5600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\апавяп.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2857488" y="1928802"/>
+            <a:off x="2857487" y="1900749"/>
             <a:ext cx="3624681" cy="451358"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Скругленный прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500034" y="2497746"/>
+            <a:ext cx="8381843" cy="803524"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>три </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильных ответа и тестируемый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбрал только 2 ответа верно или закрасил 2 ответа верно и закрасил один неправильный ответ,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>закрасил все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно и закрасил один неправильный ответ,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\епыа.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1027856" y="3224751"/>
+            <a:off x="968499" y="3345267"/>
             <a:ext cx="3179995" cy="413330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 5" descr="C:\Users\a.khaidarova\Desktop\прчапр.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4881720" y="3202085"/>
+            <a:off x="4881720" y="3344655"/>
             <a:ext cx="3200897" cy="405177"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 4" descr="C:\Users\a.khaidarova\Desktop\апрвапр.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2944814" y="3681940"/>
-            <a:ext cx="3254371" cy="382481"/>
+            <a:off x="2857487" y="3821023"/>
+            <a:ext cx="3254371" cy="419455"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500033" y="4483887"/>
+            <a:ext cx="8381843" cy="704068"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании три правильных ответа и тестируемый выбрал только </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 ответ верно или отметил </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>все 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно и отметил еще два неправильных ответа, то тестируемый получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\Новый точечный рисунок (2).jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="928662" y="4929980"/>
+            <a:off x="869305" y="5220182"/>
             <a:ext cx="3279189" cy="419238"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Picture 6" descr="C:\Users\a.khaidarova\Desktop\явпявпа.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5004048" y="4929980"/>
+            <a:off x="5148064" y="5227271"/>
             <a:ext cx="3407097" cy="417811"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Скругленный прямоугольник 14"/>
+          <p:cNvPr id="14" name="Скругленный прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="1419260"/>
-            <a:ext cx="8229600" cy="433388"/>
+            <a:off x="500032" y="5887282"/>
+            <a:ext cx="8381843" cy="313678"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
-            <a:schemeClr val="accent1"/>
+            <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
-            <a:schemeClr val="lt1"/>
+            <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
-[...50 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Егер тест тапсырмасында үш  дұрыс жауап болса және тестіленуші сол үш  жауапты дұрыс таңдаса,                         </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+              <a:t>В остальных случаях – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>екі балл </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>ноль баллов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>беріледі.</a:t>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...34 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Объект 16"/>
-[...104 lines deleted...]
-          <p:cNvPr id="18" name="Скругленный прямоугольник 17"/>
+          <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="4215031"/>
-            <a:ext cx="8382000" cy="661988"/>
+            <a:off x="428593" y="41468"/>
+            <a:ext cx="8315324" cy="1538883"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr anchor="ctr"/>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...4 lines deleted...]
-              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание тестовых заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одним или несколькими </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr">
-[...162 lines deleted...]
-            </a:r>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9х классов по второму предмету,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для 11х классов по второму и третьему предмету)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Начальная">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема1">
   <a:themeElements>
     <a:clrScheme name="Начальная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="464653"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DDE9EC"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="727CA3"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="9FB8CD"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="D2DA7A"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FADA7A"/>
@@ -28217,50 +23711,55 @@
                 <a:satMod val="220000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:duotone>
               <a:schemeClr val="phClr">
                 <a:shade val="6000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
               <a:schemeClr val="phClr">
                 <a:tint val="90000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="35000" sy="40000" flip="x" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Тема1" id="{9DAE1C96-3A08-4516-A843-8BD989235C19}" vid="{B1E18AC7-DFDF-4FB3-AE5D-D35BDB975F49}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -28503,92 +24002,377 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Origin</Template>
+  <Template>Тема1</Template>
   <TotalTime></TotalTime>
-  <Words>1153</Words>
+  <Words>1231</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>169</Paragraphs>
+  <Paragraphs>182</Paragraphs>
   <Slides>15</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
-      <vt:lpstr>Начальная</vt:lpstr>
+      <vt:lpstr>Тема1</vt:lpstr>
       <vt:lpstr>             </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>   ОБ ОЖСБ – ны өткізу  </vt:lpstr>
+      <vt:lpstr>   Организация ВОУД СО </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>                                  Бір немесе бірнеше дұрыс жауаптары бар тест тапсырмаларының бірінші пән бойнша бағалануы  (9- сыныптар үшін екінші пән, 11- сыныптар үшін  екінші және   үшінші  пәндер бойынша)  </vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr> ОБ ОЖСБ онлайн және байқау сынағы</vt:lpstr>
+      <vt:lpstr>                                                                                                                                                                                                                                                                                                                           </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>ОЖСБ бойынша ақпараттар жарияланған                                       интернет-ресурстар</vt:lpstr>
-      <vt:lpstr>Ұлттық тестілеу орталығы әлеуметтік желілерде</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Материалы по подготовке ВОУД СО </vt:lpstr>
+      <vt:lpstr> Пробное  и онлайн пробное тестирование ВОУД СО </vt:lpstr>
+      <vt:lpstr>Правила поведения учащихся в ходе тестирования </vt:lpstr>
+      <vt:lpstr>Интернет-ресурсы и размещенные информации для участников ВОУД </vt:lpstr>
+      <vt:lpstr>В социальных сетях Национального центра тестирования</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>О ходе подготовки к  Единому национальному тестированию</dc:title>
   <dc:creator>Акжан Хайдарова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>