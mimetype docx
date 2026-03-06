--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,50 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
       <w:pPr>
@@ -101,334 +100,357 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00955151" w:rsidRPr="00955151" w:rsidRDefault="00955151" w:rsidP="00955151">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="00A77A07" w:rsidRDefault="005F4729" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A77A07">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>П</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00955151">
+        <w:t>План работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4729" w:rsidRPr="00A77A07" w:rsidRDefault="005F4729" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>сихологиялы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00955151">
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A07">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>қ-</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00955151">
+        <w:t xml:space="preserve"> психолого -</w:t>
+      </w:r>
+      <w:r w:rsidR="00892402">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>педагогикалық консилиум</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77A07">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-      </w:pPr>
-[...206 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:t>педагогического консилиума</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2A3F" w:rsidRPr="007B2A3F" w:rsidRDefault="00490D43" w:rsidP="007B2A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>СОШ № 27</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2A3F" w:rsidRPr="007B2A3F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2A3F" w:rsidRPr="00A77A07">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2A3F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2A3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="00A77A07" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F4729" w:rsidRPr="00A77A07" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A07">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00490D43">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77A07">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidR="00490D43">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4729" w:rsidRPr="00A77A07">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4729" w:rsidRPr="00A77A07" w:rsidRDefault="005F4729" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="00A77A07" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="00A77A07" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="00A77A07" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
@@ -492,4501 +514,2234 @@
     </w:p>
     <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B2A3F" w:rsidRPr="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
+    <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+    <w:p w:rsidR="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77A07" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
-[...3692 lines deleted...]
-    <w:p w:rsidR="0004564F" w:rsidRPr="0004564F" w:rsidRDefault="0004564F" w:rsidP="0004564F">
+    <w:p w:rsidR="007B2A3F" w:rsidRPr="007B2A3F" w:rsidRDefault="007B2A3F" w:rsidP="005F4729">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A26EE">
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A77A07" w:rsidRPr="007B2A3F" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0004564F" w:rsidRDefault="0004564F" w:rsidP="00C42851">
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="00A77A07" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A77A07" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A77A07" w:rsidRPr="00185ACF" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Психолого-педагогический  консилиум</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> - организационная форма, целью которой является разработка и планирование единой программы индивидуального сопровождения ребенка в процессе воспитания и обучения, адекватного распределения обязанностей и ответственности за ее выполнение между участниками консилиума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачи консилиума: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Выявление характера и причины отклонения в поведении и учебе учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Разработка целостной программы индивидуального сопровождения учащихся в целях коррекции отклоняющего развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Консультации в решении сложных и конфликтных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Принципы работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>консилиума:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Уважение к личности ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Опора на положительные качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>«Не навреди».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Интеграция психологического, медицинского, педагогического знания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Функции консилиума:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1.Диагностическая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> изучение социальной ситуации развития, определение доминанты развития, потенциальных возможностей учащихся, распознавание характера отклонений в их поведении, деятельности и общении. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2.Воспитательная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> разработка программы педагогической коррекции в виде учебно-воспитательных мер, рекомендуемых классному руководителю, учителю-предметнику, родителю, ученическому активу, коллективу. По характеру меры могут быть лечебные, контролирующие, дисциплинирующие, корректирующие и др. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3.Реабилитирующая:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> защита интересов ребенка, попавшего в неблагоприятные семейные или учебно-воспитательные условия, повышение статуса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">ценности ребенка как члена семьи и члена школьного коллектива. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Состав консилиума:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> (формируется с учетом его цели)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Постоянные члены:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77A07">
+        <w:t xml:space="preserve"> заместитель директора по ВР,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77A07">
+        <w:t>едагог-психолог, социальный педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>, медицинский работник, классный руководитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Временные члены: медицинский работник, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>учи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77A07">
+        <w:t>теля-предметники</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>, родители</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77A07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>(законные представители), директор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Психолого-педагогический  консилиум проводится:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>в соотв</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77A07">
+        <w:t>етствии с планом работы школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>по результатам обследования (психологической диагностики);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>по запросу учителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>по запросу педагога-психолога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>по запросу  социального педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>по запросу  медицинского работника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> по запросу  ученика или группы школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Объектом обсуждения на консилиуме может быть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>параллель классов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>отдельный класс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>группа школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>отдельный ученик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002346A0" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Общая схема проведения консилиума</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Цели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  *</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">коллективное изучение трудностей обучения и воспитания учащегося (класса) с помощью всех участников воспитательного и учебного процесса; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">     * выявление причин, вызывающих затруднения учащихся и учителей,  разработка учебно-воспитательных и управленческих мер по устранению этих причин. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подготовительный этап </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="002F3928">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Изучение состояния учебно-воспитательного процесса в классе    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>кл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>. руководитель, завуч)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>Психолого-педагогическое изучение педагогически запущенных, трудных, проблемных детей с помощью анкетирования, наблюдения (педагог-психолог, педагоги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">З. Общее знакомство с классом, наблюдение, беседа с классными руководителями, учителями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">4. Изучение межличностных отношений в классе (психолог). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6. Со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">гласование хода консилиума и условий его проведения (администрация, педагог-психолог, педагоги, медик). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключительный этап </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ход консилиума: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B82DB0" w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Психологическая и целевая установка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">2. Выступления участников: поиск психолого-педагогических причин трудностей в работе с классом и путей устранения на конструктивной и доброжелательной основе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00A77A07" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>З.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82DB0" w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Психолого-педагогический анализ поступивших предложений, обсуждение рекомендаций участников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>4. Письменное оформление рекомендаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Документация консилиума:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>1. Приказ об организации  консилиума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>2. Протоколы заседаний консилиума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C7F14" w:rsidRDefault="004C7F14" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057194C" w:rsidRDefault="0057194C" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057194C" w:rsidRDefault="0057194C" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057194C" w:rsidRPr="0057194C" w:rsidRDefault="0057194C" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Какую информацию предоставляет каждый участник </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ППК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  для обсуждения?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Информация педагога-психолога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Психолог приносит на консилиум результаты своей диагностической деятельности (наблюдения, результаты беседы с родителями, педагогами, результаты опросов, обследования самих школьников). Даются не конкретные данные, а обобщенные аналитические данные, где есть информация о ребенке и его семье. Материал представляется в форме, не нарушающей конфиденциальность сведений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Содержание данных: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">** Дать описание психологических особенностей обучения, поведения,  самочувствия школьника в период сбора информации. Описание дается в свободной форме, но с опорой на содержание психолого-педагогического статуса школьника. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">** Назвать сферы психической жизни ребенка или подростка, в которых обнаружены определенные нарушения или отклонения от возрастной, психической или социальной нормы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">** Назвать сферы психической жизни школьника, развитие которых характеризуется выраженными индивидуальными особенностями. Описать реальные проявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Информация классного руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Собирает и обрабатывает информацию от педагогов-предметников, систематизирует собственные наблюдения. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t>** Дает педагогическую характеристику учебной деятельности и поведения конкретных школьников и класса в целом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Информация должна содержать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve"> трудности, испытываемые учеником в педагогических ситуациях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">- индивидуальные черты обучения, общения, самочувствия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Содержание данных, предоставляемых педагогами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">1. Качественные характеристики учебной деятельности: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">    -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">трудности и особенности, проявляющиеся при устных и письменных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">ответах на уроке, особенности ответов у доски; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - трудности и особенности, возникающие при выполнении творческих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">заданий, трудоемкой работы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">трудности, возникающие в процессе усвоения нового материала, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">виды заданий, вызывающие наибольшие трудности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">предполагаемые причины описанных трудностей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">2. Количественные показатели учебной деятельности:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - успеваемость по основным предметам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - причины низкой успеваемости или неровной успеваемости. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">З. Показатели поведения и общения в учебных ситуациях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">    - описание и оценка поведения, учебной активности и заинтересованности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">    - индивидуальные, особенности и трудности, возникающие в процессе общения с педагогами и со сверстниками. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>4. Показатели эмоционального состояния в учебных ситуациях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">     - описание типичного для школьника эмоционального состояния на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">уроке; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">    - описание ситуаций, вызывающих у учащихся различные эмоциональные трудности (плач, раздражение, агрессия, испуг). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057194C" w:rsidRPr="0057194C" w:rsidRDefault="00B82DB0" w:rsidP="0057194C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">     Давая педагогическую характеристику ученику, нужно останавливаться только на тех показателях, которые важны для консилиума. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057194C" w:rsidRPr="0057194C" w:rsidRDefault="0057194C" w:rsidP="00B82DB0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Информация заместителя директора по воспитательной работе или социального педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Дает информацию о социальном статусе ребенка: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">  **</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">сведения о родителях, тип семьи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  ** стиль воспитания в семье; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">  ** взаимоотношения родителей и детей в семье; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">  ** обеспеченность семьи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">1. Общая характеристика семьи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - состав семьи (полная, неполная, формально полная); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - характеристика семьи (гармоничная, проблемная, конфликтная, антипедагогическая, асоциальная, аморальная); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - типовое состояние семьи (эмоциональный комфорт, дискомфорт, нервно-психическое напряжение): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - стиль семейного воспитания (либеральный, демократический, авторитарный, неустойчивый); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - нарушения семейного воспитания (доминирующая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>гиперпротекция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">, потворствующая </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>гиперпротекция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">, эмоциональное напряжение, жестокое обращение, повышенная материальная ответственность). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">2. Отношение к школе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - поддерживают тесную связь; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">поддерживают контакты эпизодически (связи носят случайный характер, родители избегают контактов). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">З. Особенности семейного воспитания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">4. Недостатки семейного воспитания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">5. Причины недостатков: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - неблагополучная семья; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - отсутствие единых требований; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - низкий культурный уровень; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - отсутствие контроля; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - использование антипедагогических мер и др. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Информация медицинского работника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">Предоставляет информацию о состоянии здоровья, физических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">особенностях школьников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Содержание информации:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">1. Физическое состояние ребенка на момент проведения консилиума: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">  - соответствие физического развития  возрастным нормам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">  - состояние органов зрения, слуха, костно-мышечной системы; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+        <w:t xml:space="preserve">2. Факторы риска нарушения развития: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">наличие в прошлом и на сегодня заболеваний, травм, которые могли сказаться на развитии ребенка; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">   - факторы риска по основным функциональным системам, наличие хронических заболеваний.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t xml:space="preserve">З. Характеристика заболеваемости за последний год. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация заместителя директора по УВР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Содержание данных, предоставляемых заместителем директора</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7F14">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по учебно-воспитательной работе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C7F14">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>** Качественные характеристики учебной деятельности педагога: организация деятельности учащихся на уроке, трудности, возникающие при этом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>** Количественные показатели учебной деятельности педагога: успеваемость по предмету, причины низкой успеваемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>** Показатели общения в учебных ситуациях: трудности, возникающие в общении с учащимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRPr="004C7F14" w:rsidRDefault="00B82DB0" w:rsidP="004C7F14">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C7F14">
+        <w:t>** Показатели  эмоционального состояния и их влияние на эмоциональное состояние учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82DB0" w:rsidRDefault="00B82DB0" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0057194C" w:rsidRDefault="0057194C" w:rsidP="005F4729">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0004564F" w:rsidRDefault="0004564F" w:rsidP="00C42851">
+    <w:p w:rsidR="00984272" w:rsidRDefault="00C42851" w:rsidP="00C42851">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="0004564F" w:rsidRDefault="0004564F" w:rsidP="00C42851">
+        <w:lastRenderedPageBreak/>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C42851" w:rsidRPr="004024B8" w:rsidRDefault="00C42851" w:rsidP="00C42851">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="0004564F" w:rsidRDefault="0004564F" w:rsidP="00C42851">
+        <w:t>ДИРЕКТОР СОШ№27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F05AB" w:rsidRPr="007F05AB" w:rsidRDefault="007F05AB" w:rsidP="00C42851">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="004024B8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="0004564F" w:rsidRDefault="0004564F" w:rsidP="00C42851">
+        <w:t>.С. Асылов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C42851" w:rsidRPr="00C42851" w:rsidRDefault="00C42851" w:rsidP="00C42851">
       <w:pPr>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00984272">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E15BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E15BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психолого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E15BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - педагогического консилиума</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00984272">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="000E15BE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОШ № 27  на 2018-2019 у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t xml:space="preserve">чебный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...526 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>год.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9773" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="4914"/>
         <w:gridCol w:w="1836"/>
         <w:gridCol w:w="2348"/>
       </w:tblGrid>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
@@ -4995,448 +2750,323 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="004A26EE" w:rsidP="00982904">
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A26EE">
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоспарланған </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004A26EE">
+              <w:t>Запланированное мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>іс-шара</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1836" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>выполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A26EE" w:rsidRPr="004A26EE" w:rsidRDefault="004A26EE" w:rsidP="004A26EE">
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...103 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ответственные</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="004A26EE" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Медициналық қорытындылар </w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Утверждение списков обучающихся домашнего обучения на основании  медицинских заключений  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Председатель ПМПК, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004A26EE">
-[...5 lines deleted...]
-              <w:t>негізінде</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004A26EE">
-[...160 lines deleted...]
-              <w:t>ОТЖДО</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УР</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
@@ -5448,256 +3078,193 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="004A26EE" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Өзара і</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Согласование плана взаимодействия. Утверждение плана работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Председатель ПМПК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>зам</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004A26EE">
-[...5 lines deleted...]
-              <w:t>с-</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.д</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004A26EE">
-[...14 lines deleted...]
-              <w:t>жоспарын</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004A26EE">
-[...94 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по У</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...59 lines deleted...]
-              <w:t>ОТЖДО</w:t>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Р</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
@@ -5709,6050 +3276,4260 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="004A26EE" w:rsidP="00982904">
-[...96 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Изучение медицинских карт обучающихся. Определение  групп здоровья учащихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00814455" w:rsidRDefault="00814455" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Қыркүйек</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00FE532C" w:rsidRDefault="00FE532C" w:rsidP="00FE532C">
-[...29 lines deleted...]
-              <w:t>сынып жетекшілер</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медицинский работник, классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:trPr>
           <w:trHeight w:val="1751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004A26EE" w:rsidRPr="004A26EE" w:rsidRDefault="00984272" w:rsidP="004A26EE">
-            <w:pPr>
+          <w:p w:rsidR="00984272" w:rsidRDefault="00984272" w:rsidP="00BD26D0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD26D0" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000E15BE">
+              <w:t>Заседание П</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD26D0">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD26D0" w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>П консилиума</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD26D0" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004A26EE" w:rsidRPr="004A26EE">
-[...21 lines deleted...]
-                <w:b/>
+          </w:p>
+          <w:p w:rsidR="00F417F8" w:rsidRPr="00F417F8" w:rsidRDefault="00F417F8" w:rsidP="00BD26D0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Организационное)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="00BD26D0" w:rsidRDefault="00BD26D0" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="001D56E6" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="001D56E6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...149 lines deleted...]
-              <w:t>медбике</w:t>
+              <w:t>ЗДУВР,ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медицинский работник</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="004A26EE" w:rsidP="00982904">
-[...122 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Выступление на родительских собраниях: «Особенности адаптационного периода у пятиклассников»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00814455" w:rsidRDefault="00814455" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Қазан</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>педагог-психолог</w:t>
             </w:r>
-            <w:r w:rsidR="00FE532C">
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...537 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="003505CA" w:rsidP="00982904">
-[...21 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...68 lines deleted...]
-              <w:t>.</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Анализ материалов тестирования по вопросам школьной зрелости первоклассников.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">октябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00FE532C" w:rsidRDefault="00984272" w:rsidP="00982904">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>педагог-психолог</w:t>
             </w:r>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>ы</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="003505CA" w:rsidP="00982904">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обсуждение материалов диагностического наблюдения причин школьной </w:t>
+            </w:r>
+            <w:r w:rsidR="00814726">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...29 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F50183">
-[...5 lines deleted...]
-              <w:t>Гипербелсенді</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дезадаптации</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F50183">
-[...51 lines deleted...]
-            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся 1-х классов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...14 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...39 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>педагог-психолог</w:t>
             </w:r>
-            <w:r w:rsidR="00FE532C">
-[...395 lines deleted...]
-              <w:t>мұғалімдер</w:t>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="001D56E6">
-[...15 lines deleted...]
-            <w:r w:rsidR="001D56E6">
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="003505CA" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E15BE">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...86 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мониторинг показателей развития психических процессов обучающихся 1-4-х классов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>педагог-психолог</w:t>
             </w:r>
-            <w:r w:rsidR="000966E8">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="003505CA" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">өзі бағалау төмендетілген </w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Консультация для педагогов «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C42884">
-[...5 lines deleted...]
-              <w:t>мектеп</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Гиперактивные</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C42884">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дети»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Социальный педагог </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>педагог-психолог</w:t>
             </w:r>
-            <w:r w:rsidR="000966E8">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="003505CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003505CA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="007A1E20" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>«</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заседание П</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1251">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>П консилиума</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тема: «Взаимодействие специалистов школы  по решению проблемы неуспеваемости учащихся.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итоги работы </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>школьного</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  П</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1251">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>М</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00C42884" w:rsidRPr="00C42884">
-[...5 lines deleted...]
-              <w:t>Балаларымен</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Пк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00C42884" w:rsidRPr="00C42884">
-[...94 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за 1-е полугодие».</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Председатель ПМПК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Члены консилиума</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>қаңтар</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> педагог</w:t>
+              <w:t>, педагоги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="001D56E6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="001D56E6">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Групповые, индивидуальные занятия по коррекции и развитию психических процессов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="007A1E20" w:rsidP="00982904">
-[...63 lines deleted...]
-            <w:tcW w:w="1836" w:type="dxa"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...59 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>педагог-психолог</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Консультации </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающимся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  школы, у которых  занижена  самооценка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="007A1E20">
-[...114 lines deleted...]
-            <w:tcW w:w="1836" w:type="dxa"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="003505CA" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...102 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Консультация для педагогов на тему: «Как избежать конфликтных ситуаций с детьми»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000966E8" w:rsidRDefault="00984272" w:rsidP="00982904">
-[...21 lines deleted...]
-              <w:t>ы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00C42884">
-[...114 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обследование обучающихся 9 классов домашнего обучения для определения сдачи ГИА</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00984272" w:rsidP="00982904">
-[...21 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...24 lines deleted...]
-            </w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="001D56E6" w:rsidRDefault="001D56E6" w:rsidP="00982904">
-            <w:pPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заседание П</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1251">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>П консилиума</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тема: «Определение учащимся  9 классов сдачи ГИА в традиционной форме»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="003505CA" w:rsidRDefault="003505CA" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4914" w:type="dxa"/>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00C42884" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...157 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Председатель ПМПК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Члены консилиума</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>22.</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Тест школьной тревожности 9 класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="007A1E20" w:rsidP="00982904">
-[...99 lines deleted...]
-            <w:tcW w:w="1836" w:type="dxa"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...34 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>педагог-психолог</w:t>
-            </w:r>
-[...326 lines deleted...]
-              <w:t xml:space="preserve"> педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Родительское собрание для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>родителей</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> будущих первоклассников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30 марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="001D56E6" w:rsidRDefault="001D56E6" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заседание ПП консилиума</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тема: «Определение учащимся индивидуальных маршрутов обучения»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="00F417F8" w:rsidRDefault="00F417F8" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Председатель ПМПК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Члены консилиума</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Анкета для 4 класса «Готовность к обучению в среднем звене»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00C42884">
-[...5 lines deleted...]
-              <w:t>тыс</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оциально</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-психологического сопровождения обучающихся  школы за учебный год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Итоги работы  школьного </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C42884">
-[...5 lines deleted...]
-              <w:t>консилиумдар</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ППк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  за 2-е полугодие 2012-2013 г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Аналитический отчет.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="00F50183" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000966E8" w:rsidRDefault="00984272" w:rsidP="00982904">
-[...72 lines deleted...]
-              <w:t>үшелері</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">социальный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="001D56E6" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Внеплановые консилиумы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Председатель ППК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Члены консилиума</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E15BE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>А)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...22 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перевод </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на индивидуальные маршруты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Б)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4914" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обсуждение проблемы обучения или воспитания с педагогами и родителями </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00C42884">
-[...5 lines deleted...]
-              <w:t>маршруттар</w:t>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00C42884">
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="007214DD" w:rsidP="00982904">
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> педагог</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...14 lines deleted...]
-              <w:t>Б)</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...95 lines deleted...]
-              <w:t xml:space="preserve"> тәрбиелеу мәселелерін талқылау</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Консультации для учителей домашнего обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRDefault="00F50183">
-[...6 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007214DD" w:rsidRPr="000E15BE" w:rsidRDefault="007214DD" w:rsidP="007214DD">
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> педагог</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>В)</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Г)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Үйде оқыту мұғалімдеріне кеңес беру</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подготовка документов на ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRDefault="00F50183">
-[...6 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007214DD" w:rsidRPr="000E15BE" w:rsidRDefault="007214DD" w:rsidP="007214DD">
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> педагог</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidTr="00982904">
+      <w:tr w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidTr="00982904">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidRDefault="00F50183" w:rsidP="00982904">
-[...13 lines deleted...]
-              <w:t>Г)</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Д)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00982904">
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Работа с молодыми специалистами, педагогами, классными руководителями по работе с детьми из группы риска.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F50183" w:rsidRDefault="00F50183">
-[...6 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007214DD" w:rsidRPr="000E15BE" w:rsidRDefault="007214DD" w:rsidP="007214DD">
-[...379 lines deleted...]
-              <w:t xml:space="preserve"> педагог</w:t>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-психолог,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00982904">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E15BE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00984272">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00984272">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00C42884" w:rsidP="00984272">
+    <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00984272">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C42884">
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мектеп</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C42884">
+        <w:t xml:space="preserve">Председатель  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C42884">
+        <w:t>школьного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ПМПк</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C42884">
+        <w:t xml:space="preserve"> П</w:t>
+      </w:r>
+      <w:r w:rsidR="007F05AB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Пк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E15BE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>__________</w:t>
       </w:r>
-      <w:r w:rsidR="00984272" w:rsidRPr="000E15BE">
+      <w:r w:rsidRPr="000E15BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> Р.Р. Искакова</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00984272" w:rsidRPr="000E15BE" w:rsidRDefault="00984272" w:rsidP="00984272"/>
     <w:p w:rsidR="00895DE6" w:rsidRDefault="00895DE6" w:rsidP="00984272">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00895DE6" w:rsidSect="0057194C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12957F88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D182454"/>
     <w:lvl w:ilvl="0" w:tplc="10E6B21E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12233,269 +8010,250 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="7D22570E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4CE1300"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F4729"/>
-    <w:rsid w:val="0004564F"/>
-    <w:rsid w:val="000966E8"/>
     <w:rsid w:val="001538D0"/>
     <w:rsid w:val="001A437D"/>
-    <w:rsid w:val="001D291B"/>
     <w:rsid w:val="001D56E6"/>
     <w:rsid w:val="0022101D"/>
     <w:rsid w:val="002346A0"/>
     <w:rsid w:val="002B5BC3"/>
     <w:rsid w:val="002B5C7F"/>
     <w:rsid w:val="002F3928"/>
-    <w:rsid w:val="00334204"/>
     <w:rsid w:val="00334DC4"/>
     <w:rsid w:val="003505CA"/>
     <w:rsid w:val="00350C3F"/>
     <w:rsid w:val="003F1B44"/>
     <w:rsid w:val="004024B8"/>
     <w:rsid w:val="00441766"/>
     <w:rsid w:val="00490D43"/>
     <w:rsid w:val="00495CD0"/>
-    <w:rsid w:val="004A26EE"/>
     <w:rsid w:val="004C7F14"/>
     <w:rsid w:val="004E77F4"/>
     <w:rsid w:val="0057194C"/>
     <w:rsid w:val="005729B2"/>
     <w:rsid w:val="005B4D54"/>
     <w:rsid w:val="005F4729"/>
-    <w:rsid w:val="00605310"/>
     <w:rsid w:val="006A06B2"/>
     <w:rsid w:val="006E2419"/>
-    <w:rsid w:val="007214DD"/>
     <w:rsid w:val="0079231A"/>
-    <w:rsid w:val="007A1E20"/>
     <w:rsid w:val="007A3E37"/>
     <w:rsid w:val="007B2A3F"/>
-    <w:rsid w:val="007B6554"/>
     <w:rsid w:val="007E4147"/>
     <w:rsid w:val="007E63E0"/>
     <w:rsid w:val="007F05AB"/>
-    <w:rsid w:val="00814455"/>
     <w:rsid w:val="00814726"/>
-    <w:rsid w:val="00836C9E"/>
     <w:rsid w:val="008449E8"/>
     <w:rsid w:val="00892402"/>
     <w:rsid w:val="00895DE6"/>
     <w:rsid w:val="008A0C30"/>
-    <w:rsid w:val="008B5958"/>
     <w:rsid w:val="008B6812"/>
-    <w:rsid w:val="009064AD"/>
-    <w:rsid w:val="00955151"/>
     <w:rsid w:val="00984272"/>
-    <w:rsid w:val="009F575C"/>
     <w:rsid w:val="00A25126"/>
-    <w:rsid w:val="00A26001"/>
     <w:rsid w:val="00A7521A"/>
     <w:rsid w:val="00A77A07"/>
     <w:rsid w:val="00AA1251"/>
     <w:rsid w:val="00AB1D12"/>
-    <w:rsid w:val="00B123CA"/>
     <w:rsid w:val="00B4497C"/>
     <w:rsid w:val="00B82DB0"/>
-    <w:rsid w:val="00B9367E"/>
     <w:rsid w:val="00BA040E"/>
     <w:rsid w:val="00BD26D0"/>
     <w:rsid w:val="00BD741D"/>
     <w:rsid w:val="00C00DEE"/>
     <w:rsid w:val="00C207CB"/>
     <w:rsid w:val="00C42851"/>
-    <w:rsid w:val="00C42884"/>
     <w:rsid w:val="00C53C4F"/>
     <w:rsid w:val="00CC4754"/>
     <w:rsid w:val="00D4394C"/>
     <w:rsid w:val="00D61915"/>
-    <w:rsid w:val="00DA43A9"/>
     <w:rsid w:val="00DF700C"/>
     <w:rsid w:val="00EC107E"/>
     <w:rsid w:val="00F417F8"/>
-    <w:rsid w:val="00F42E77"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F50DA6"/>
     <w:rsid w:val="00F66377"/>
     <w:rsid w:val="00FD55B6"/>
-    <w:rsid w:val="00FE532C"/>
     <w:rsid w:val="00FF1070"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -12652,51 +8410,50 @@
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:rsid w:val="005F4729"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -13038,74 +8795,74 @@
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00895DE6"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002F3928"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1733430950">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13347,87 +9104,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>10778</Characters>
+  <Pages>8</Pages>
+  <Words>1878</Words>
+  <Characters>10711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>МОУ "Гимназия №29"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12643</CharactersWithSpaces>
+  <CharactersWithSpaces>12564</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Игошина С.Н.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>