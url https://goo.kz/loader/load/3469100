--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,1445 +1,1938 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D16328" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00D16328">
+    <w:p w:rsidR="00E0077C" w:rsidRDefault="00E0077C" w:rsidP="00E0077C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE344A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Утверждаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D16328" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00D16328">
+    <w:p w:rsidR="00E0077C" w:rsidRDefault="00E0077C" w:rsidP="00E0077C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE344A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №27 ЖОМ директоры</w:t>
+        <w:t xml:space="preserve"> Директор СОШ №27</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1EC0" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00D16328">
+    <w:p w:rsidR="00100575" w:rsidRDefault="000312DD" w:rsidP="00E0077C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE344A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0077C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____________Ж.С. Асылов</w:t>
+        <w:t xml:space="preserve">Ж.С. Асылов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1EC0" w:rsidRPr="00FE344A" w:rsidRDefault="00DF1EC0" w:rsidP="00D16328">
+    <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1EC0" w:rsidRPr="00FE344A" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
+    <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D16328" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00D16328">
+    <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="003C75B3">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E0077C" w:rsidRDefault="00100575" w:rsidP="00100575">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE344A">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№27 ЖОМ жұмыс жоспары</w:t>
+        <w:t xml:space="preserve">План работы </w:t>
       </w:r>
+      <w:r w:rsidR="00DF1EC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОШ №27</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00DF1EC0" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00D16328">
+    <w:p w:rsidR="00100575" w:rsidRDefault="00100575" w:rsidP="00100575">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE344A">
+        <w:t xml:space="preserve"> по сопровождению детей с ограниченными возможностями здоровья</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4F09">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мүмкіндігі шектеулі балаларды сүйемелдеу бойынша.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00100575" w:rsidRPr="00FE344A" w:rsidRDefault="00100575" w:rsidP="00D16328">
+    <w:p w:rsidR="000312DD" w:rsidRPr="000312DD" w:rsidRDefault="000312DD" w:rsidP="00100575">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="540"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2392"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="4251"/>
+        <w:gridCol w:w="2393"/>
+        <w:gridCol w:w="2393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidTr="00CD4F09">
+      <w:tr w:rsidR="00CD4F09" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
+          <w:p w:rsidR="00CD4F09" w:rsidRPr="00295843" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00FE344A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00FE344A">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00100575">
+          <w:p w:rsidR="00CD4F09" w:rsidRPr="00295843" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:t>Мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD4F09" w:rsidRPr="00295843" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Время проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CD4F09" w:rsidRPr="00295843" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00547B11">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание и корректировка банка данных детей с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кл. руководитель, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE344A">
-[...3 lines deleted...]
-              <w:t>Іс</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FE344A">
-[...3 lines deleted...]
-              <w:t>-шара</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УВР </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="004B343F">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изучение состояния здоровья, возможностей детей с О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по дальнейшему образовательному маршруту (обучение на дому/обучение в классе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Өткізу уақыты</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сентябрь-октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidRDefault="00D16328" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-психолог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Жауапты</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="004B343F" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Составление плана работы с детьми с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сентябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УВР </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidTr="00CD4F09">
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>1</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="007B2618" w:rsidP="00547B11">
-[...13 lines deleted...]
-              <w:t>ҚББ-мен балалардың деректер банкін құру және түзету</w:t>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="004D3B88">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Составление программы индивидуального обучения учащихся с О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, организация обучения на дому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="008230DF" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>қыркүйек</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение года и по запросу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="008230DF" w:rsidP="00993AB1">
-[...49 lines deleted...]
-              <w:t>ОТЖДО директордың орынбасары</w:t>
+          <w:p w:rsidR="000C2995" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-психолог, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. руководители, учителя-предметники </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000C2995">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidTr="00CD4F09">
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="007B2618" w:rsidP="004B343F">
-[...13 lines deleted...]
-              <w:t>Бұдан әрі білім беру бағыты (үйде оқыту/сыныпта оқыту) бойынша ЖБҰ бар балалардың денсаулық жағдайын, мүмкіндіктерін зерттеу)</w:t>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00A8697B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальные и групповые консультации для педагогов, работающих с детьми с О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="008230DF" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Қыркүйек -қазан</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Октябрь/по запросу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="00380457" w:rsidP="00993AB1">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уководитель, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A75CD6" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="00A75CD6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00A75CD6" w:rsidRDefault="00A75CD6" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соц. педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="003D282D">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00A75CD6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изучение личности учащихся с О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и по запросу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372467" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кл. руководитель, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соц</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00372467">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00372467" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог- психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="00A8697B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00A75CD6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Изучение семьи (семейных отношений) детей с О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и по запросу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372467" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уководитель,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00372467" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>соц редагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00A8697B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00993AB1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагог-психолог </w:t>
             </w:r>
-            <w:r w:rsidR="008230DF" w:rsidRPr="00FE344A">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidTr="00CD4F09">
+      <w:tr w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidTr="00CD4F09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00A8697B" w:rsidP="00100575">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>3</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="007B2618" w:rsidP="00993AB1">
-[...13 lines deleted...]
-              <w:t>ҚББ балалармен жұмыс жоспарын құру</w:t>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00A8697B" w:rsidRDefault="00A8697B" w:rsidP="00A75CD6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00295843">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение интересов и способностей учащихся с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="008230DF" w:rsidP="00100575">
+          <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение года </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>қыркүйек</w:t>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и по запросу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="008230DF" w:rsidP="00993AB1">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A8697B" w:rsidRPr="00FE344A" w:rsidRDefault="00A8697B" w:rsidP="00100575">
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уководитель,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF1EC0" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>соц редагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A8697B" w:rsidRPr="00295843" w:rsidRDefault="00DF1EC0" w:rsidP="00DF1EC0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...642 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
+    <w:p w:rsidR="00CD4F09" w:rsidRDefault="00CD4F09" w:rsidP="00100575">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CD4F09" w:rsidRPr="00FE344A" w:rsidSect="00D85921">
+    <w:sectPr w:rsidR="00CD4F09">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="87"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD0AD4"/>
     <w:rsid w:val="000312DD"/>
     <w:rsid w:val="000C2995"/>
     <w:rsid w:val="00100575"/>
     <w:rsid w:val="00170DA8"/>
     <w:rsid w:val="00295843"/>
     <w:rsid w:val="00372467"/>
-    <w:rsid w:val="00380457"/>
     <w:rsid w:val="003C75B3"/>
     <w:rsid w:val="003D282D"/>
     <w:rsid w:val="00440D42"/>
     <w:rsid w:val="0045350A"/>
     <w:rsid w:val="004927C5"/>
     <w:rsid w:val="004B343F"/>
     <w:rsid w:val="004D3B88"/>
     <w:rsid w:val="00547B11"/>
-    <w:rsid w:val="007B2618"/>
-    <w:rsid w:val="008230DF"/>
     <w:rsid w:val="008A1595"/>
     <w:rsid w:val="00900CD8"/>
-    <w:rsid w:val="00A3168A"/>
     <w:rsid w:val="00A75CD6"/>
     <w:rsid w:val="00A8697B"/>
     <w:rsid w:val="00B54D97"/>
     <w:rsid w:val="00C32DBA"/>
     <w:rsid w:val="00CD0AD4"/>
     <w:rsid w:val="00CD4F09"/>
-    <w:rsid w:val="00D16328"/>
-    <w:rsid w:val="00D85921"/>
     <w:rsid w:val="00DF1EC0"/>
     <w:rsid w:val="00E0077C"/>
     <w:rsid w:val="00F056B7"/>
-    <w:rsid w:val="00FE344A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1582,51 +2075,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D85921"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -1636,58 +2128,65 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="003C75B3"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="003C75B3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1861,67 +2360,73 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="003C75B3"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="003C75B3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2176,70 +2681,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>206</Words>
-  <Characters>1177</Characters>
+  <Words>197</Words>
+  <Characters>1124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1381</CharactersWithSpaces>
+  <CharactersWithSpaces>1319</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>