--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,10156 +1,2275 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008C635E" w:rsidRPr="008C635E" w:rsidRDefault="008C635E" w:rsidP="008C635E">
-[...2 lines deleted...]
-        <w:ind w:left="27"/>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="0046500B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C635E">
+      <w:r w:rsidRPr="0046500B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"Бекітемін»</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="27"/>
+        <w:t>«Утверждаю»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="009B37C1" w:rsidP="0046500B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C635E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№27 ЖОМ ММ директоры</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="27"/>
+        <w:t>Директор ГУ СО</w:t>
+      </w:r>
+      <w:r w:rsidR="0046500B" w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="0046500B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C635E">
+      <w:r w:rsidRPr="0046500B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009B37C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___Ж.С.Асылов</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="008C635E" w:rsidP="008C635E">
+        <w:t>Асылов Ж.С.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="0046500B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>« ____  »_____________2018 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="0046500B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="27"/>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C635E">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="0046500B">
       <w:pPr>
         <w:ind w:left="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="27"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0046500B" w:rsidRDefault="008C635E" w:rsidP="008C635E">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="27"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 27 ЖОМ ММ </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>психологиялы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
+        <w:t>Положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="009B37C1" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="27"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қ-</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
+        <w:t>о психолого-медико-педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00454CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>медициналық-педагогикалық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
+        <w:t>ическом консилиуме в ГУ СО</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> консилиум </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
+        <w:t xml:space="preserve">Ш № </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...27 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3787"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3787" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.1. Психолого-медико-педагогический консилиум средней общеобра</w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зовательной школы № </w:t>
+      </w:r>
+      <w:r w:rsidR="009B37C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара  (далее </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) является постоянно действующей формой взаимодействия специалистов службы психолого-педагогического сопровождения. Деятельность консилиума направлена на обеспечение комплексного подхода к изучению особен</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ностей и решению проблем развития и обучения учащихся школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы в своей деятельности руководствуется Конвенцией ООН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="367"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:hanging="7"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правах ребенка, Законом РК «О правах ребенка», Законом РК «Об образовании», Законом РК «О социальной медико-педагогической поддержке детей с ограниченными возможностями» и настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="467"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="467" w:hanging="275"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C635E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жалпы </w:t>
+        <w:t>Цели и задачи психолого-медико-педагогического консилиума школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. Целью деятельности </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008C635E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>межпрофессиональное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудничество, направленное на выработку и реализацию единой стратегии развития ребенка, организацию помощи его семье и педагогам, осуществляющим его обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2. Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.1. Определение уровня и особенностей развития познавательной деятельности, изучение эмоционально-волевого и личностного развития ребенка для определения профилактических, коррекционных психолого-педагогических и социальных мероприятий, обеспечивающих успешность в обучении и социализации ученика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.2. Выявление резервных возможностей ребенка, выработка рекомендаций участникам образовательного процесса для обеспечения индивидуально-дифференцированного подхода в процессе общего и коррекционного обучения и воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.3. Разработка индивидуальной программы психолого-педагогического сопровождения и коррекционно-развивающей работы с учащимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.4. Подготовка и ведение документации, отражающей актуальное развитие ребенка, динамику его состояния. Организация взаимодействия между педагогическим составом школы и специалистами службы психолого-педагогического сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B565C" w:rsidRPr="009B565C" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="680" w:hanging="219"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ережелер</w:t>
-[...968 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Организация деятельности психолого-медико-</w:t>
+      </w:r>
+      <w:r w:rsidR="009B565C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="009B565C" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="680"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектептің </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>психологиялы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="0046500B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қ-</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>педагогического консилиума</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. Обсуждение проблем детей и подростков на заседании консилиума осуществляется как по инициативе родителей (законных представителей), так и по инициативе педагога класса (группы), в котором обучается или воспитывается ребенок, а также других специалистов, работающих в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2. Обследование ребенка осуществляется специалистами индивидуально. Каждый специалист имеет свой пакет методик, методов, диагностических комплексов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. По результатам обследований каждым специалистом составляется представление на ребенка для консилиума по установленной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4. На основании полученных данных (заключений специалистов) коллегиально составляется заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и разрабатываются рекомендации к организации коррекционно-развивающей и учебно-воспитательной работе с учетом индивидуальных возможностей и особенностей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.5. Все дети, получившие консультацию специалистов-членов консилиума, регистрируются в журнале записи и учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.6. Председатель и специалисты, участвующие в работе консилиума, несут ответственность за конфиденциальность информации о детях, проходивших обследование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="7" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0046500B" w:rsidRPr="0046500B">
+          <w:pgSz w:w="11900" w:h="16838"/>
+          <w:pgMar w:top="1103" w:right="1126" w:bottom="172" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720" w:equalWidth="0">
+            <w:col w:w="9647"/>
+          </w:cols>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1948"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1948" w:hanging="282"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>медициналық-педагогикалық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Порядок подготовки и проведения консилиума</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="568"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подразделяются на плановые и внеплановые.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.2. Плановый консилиум проводится 4-5 раз в год. Его деятельность направлена на решение следующих задач:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="741"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="559"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определение особенностей развития ребенка, возможных условий и целей его обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="887"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="558"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>составление индивидуальной программы психолого-педагогического сопровождения ученика, включая содержание коррекционно-развивающей работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="748"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="748" w:hanging="182"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценка динамики обучения, коррекции и развития, внесение дополнений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="303"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:hanging="8"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поправок в коррекционную работу, изменение форм, режима, программы обучения, назначение дополнительных обследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. Внеплановое заседание консилиума собирается по запросам специалистов, педагогов или родителей. Внеплановое заседание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решает следующие задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="728"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="728" w:hanging="161"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анализ возникших проблем, выработка путей их преодоления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="769"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="559"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определение допустимых нагрузок, необходимости изменения режима и формы обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B565C" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="009B565C" w:rsidP="009B565C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0046500B" w:rsidRPr="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.4. Подготовка к проведению заседания консилиума по обсуждению проблем ребенка планируется не позднее 10 дней до даты проведения заседания консилиума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8" w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.5. Специалисты, ведущие непосредственную работу с ребенком, обязаны не позднее, чем за 3 дня до проведения заседания консилиума представить секретарю консилиума соответствующую документацию, письменные работы ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B565C" w:rsidRDefault="009B565C" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="568"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="568"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. Заседания проводятся под руководством председателя </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B565C" w:rsidRDefault="009B565C" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="568"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="568"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.6.  Ведущий  специалист  докладывает  общую  ситуацию.  Каждый</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>специалист, участвующий в работе с ребенком, представляет в устной форме заключение о ребенке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B565C" w:rsidRDefault="009B565C" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.7. Рекомендации по проведению дальнейшей коррекционно-развивающей работы, утвержденные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, являются обязательными для всех специалистов, работающих с ребенком, включая педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B565C" w:rsidRDefault="009B565C" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="566"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0046500B" w:rsidRPr="0046500B">
+          <w:pgSz w:w="11900" w:h="16838"/>
+          <w:pgMar w:top="1104" w:right="1126" w:bottom="172" w:left="1132" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720" w:equalWidth="0">
+            <w:col w:w="9648"/>
+          </w:cols>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.8. Протокол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформляется не позднее, чем через два-три дня после его проведения и подписывается всеми присутствующими специалистами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="440"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="440" w:hanging="278"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>консилиумының</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+      </w:pPr>
+      <w:r w:rsidRPr="0046500B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+        <w:t>Документация психолого-медико-педагогического консилиума школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мақсаты</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="160"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D755C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о создании ПМП консилиума в СО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ш № </w:t>
+      </w:r>
+      <w:r w:rsidR="00D755C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="009B565C" w:rsidRDefault="00D755C7" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="160"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение о консилиуме СО</w:t>
+      </w:r>
+      <w:r w:rsidR="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ш № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="0046500B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="160"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Договор о сотрудничестве</w:t>
+      </w:r>
+      <w:r w:rsidR="00D755C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (взаимодействии) консилиума СО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ш № </w:t>
+      </w:r>
+      <w:r w:rsidR="00D755C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="160"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Журнал записи детей на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> мен </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="560"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Журнал регистрации заседаний </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
-[...7 lines deleted...]
-        <w:t>міндеттері</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">2.1. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; регистрации заключений и рекомендаций </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRPr="009B565C" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="160"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Журнал учета детей, состоящих на динамическом наблюдении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="160"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Представления на учащихся специалистов для консилиума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="560"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нормативно-правовые документы, методические материалы, регламентирующие деятельность </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
-[...5 lines deleted...]
-        <w:t>қызметінің</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПМПк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
-[...423 lines deleted...]
-      <w:r w:rsidR="008C635E" w:rsidRPr="008C635E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="008C635E">
-[...8182 lines deleted...]
-    <w:sectPr w:rsidR="00343306" w:rsidSect="00BE2C57">
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:sectPr w:rsidR="0046500B">
+          <w:pgSz w:w="11900" w:h="16838"/>
+          <w:pgMar w:top="1104" w:right="1126" w:bottom="172" w:left="1140" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720" w:equalWidth="0">
+            <w:col w:w="9640"/>
+          </w:cols>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0046500B" w:rsidRDefault="0046500B" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00343306" w:rsidRDefault="00343306" w:rsidP="009B565C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00343306">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00022FF" w:usb1="C000205B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000822"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C324B12"/>
     <w:lvl w:ilvl="0" w:tplc="77BCE016">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2BA47AE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -10511,70 +2630,64 @@
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0046500B"/>
-    <w:rsid w:val="00283114"/>
     <w:rsid w:val="00343306"/>
     <w:rsid w:val="00454CC7"/>
     <w:rsid w:val="0046500B"/>
-    <w:rsid w:val="00542A65"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00650897"/>
     <w:rsid w:val="006E526B"/>
-    <w:rsid w:val="007E417E"/>
-    <w:rsid w:val="008C635E"/>
     <w:rsid w:val="009B37C1"/>
     <w:rsid w:val="009B565C"/>
-    <w:rsid w:val="00AF17CB"/>
-    <w:rsid w:val="00BE2C57"/>
     <w:rsid w:val="00D755C7"/>
-    <w:rsid w:val="00FD4672"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11035,51 +3148,50 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B565C"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -11309,67 +3421,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4674</Characters>
+  <Pages>5</Pages>
+  <Words>834</Words>
+  <Characters>4754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5484</CharactersWithSpaces>
+  <CharactersWithSpaces>5577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Жулдыз</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>