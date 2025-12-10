--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,63779 +1,17870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2057400" cy="571500"/>
+            <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2057400" cy="571500"/>
+                      <a:ext cx="1905000" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE5B9D" w:rsidRPr="00CA25C1" w:rsidRDefault="00CA25C1">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...36 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Білім алушылардың үлгеріміне ағымдық бақылау, аралық және қорытынды аттестаттау өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына өзгеріс енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 6 маусымдағы № 265 бұйрығы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 16 маусымда № 15233 болып тіркелді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы бұйрықтың қолданысқа енгізілу тәртібін 4-т.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қараңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z1"/>
-      <w:r w:rsidRPr="00057BD5">
-[...31 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE5B9D" w:rsidRPr="00CA25C1" w:rsidRDefault="00CA25C1">
-[...3 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...17 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. "Білім алушылардың үлгеріміне ағымдық бақылау, аралық және қорытынды аттестаттау өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5191 болып тіркелген, "Заң газетінің" 2008 жылғы 30 мамырдағы № 81 (1307) санында жарияланған) мынадай өзгеріс енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2" w:rsidP="00EA395B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00CA25C1">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CA25C1">
-[...44 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықпен бекітілген Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары (бұдан әрі - Қағидалар) осы бұйрыққа қосымшаға сәйкес редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Қазақстан Республикасы Білім және ғылым министрлігі Мектепке дейінгі және орта білім департаменті (З.Ә. Мақсұтова) заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CA25C1">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2" w:rsidP="00EA395B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрықтың көшірмесін Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелген күннен кейінгі күнтізбелік он күн ішінде мерзімді баспасөз басылымдарына, сондай-ақ Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне ресми жариялау және енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) Типовые правила проведения текущего контроля успеваемости, промежуточной итоговой аттестации обучающихся в организациях технического и профессионального, </w:t>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>послесреднего</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>3) осы бұйрықты Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> образования, согласно приложению </w:t>
-[...38 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>ілім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2" w:rsidP="00EA395B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z5"/>
-      <w:bookmarkEnd w:id="3"/>
-[...92 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2" w:rsidP="00EA395B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z6"/>
-      <w:r w:rsidRPr="00057BD5">
-[...263 lines deleted...]
-        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования. </w:t>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Осы бұйрық 3, 4, 6, 8, 9, 10 және 11 (12)-сыныптар үшін 2017 жылғы 1 қыркүйектен күшіне енетін Қағидалардың 3, 4, 5, 6, 7, 8, 9, 10 және 11-тармақтарын, 2017 жылғы 1 қыркүйектен 1, 2, 5 және 7-сыныптар үшін, 2018 жылғы 1 қыркүйектен 3, 6, 8 және 10-сыныптар үшін, 2019 жылғы 1 қыркүйектен 4, 9 және 11 (12) сыныптар үшін күшіне енетін Қағидалардың 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31 және 32-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тармақтарын қоспағанда алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бұл ретте Қағидалардың 3, 4, 5, 6, 7, 8, 9, 10 және 11-тармақтары 3, 6, 8 және 10 сыныптар үшін 2018 жылғы 1 қыркүйекке дейін, 4, 9 және 11-сыныптар үшін 2019 жылғы 1 қыркүйекке дейін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3033"/>
-        <w:gridCol w:w="6629"/>
+        <w:gridCol w:w="5995"/>
+        <w:gridCol w:w="3376"/>
+        <w:gridCol w:w="291"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="406" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасыны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Е. Сағадиев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3781" w:type="dxa"/>
-[...68 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2016 жылғы 6 маусымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№ 265 бұйрығына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2008 жылғы 18 наурыздағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№ 125 бұйрығымен бекітілген</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA6676" w:rsidRDefault="00CA6676">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Осы Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгі қағидалары (бұдан әрі - Қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 5-бабының 19) тармақшасына сәйкес әзірленді және меншік нысаны мен ведомстволық бағыныстылығына қарамастан білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттаудың тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Осы Қағидаларда мынадай анықтамалар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – білім алушылардың оқуда нақты қол жеткізген нәтижелерін оқытудан күтілетін нәтижелермен әзірленген өлшемшарттар негізінде салыстыру процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өлшемшарттары – білім алушылардың оқу жетістіктерін бағалау жүргізуге негіз болатын белгі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылардың үлгерімін ағымдық бақылау - бұл жалпы білім беретін оқу бағдарламасына сәйкес ағымдағы сабақ барысында мұғалім жүргізетін білім алушылардың білімдерін жүйелі тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z15"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушыларды аралық аттестаттау - білім алушылардың бір оқу пәнін оқып аяқтағаннан кейін оның бөлігінің немесе барлық көлемінің мазмұнын меңгеру сапасын бағалау мақсатында жүргізілетін рәсім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) білім алушыларды қорытынды аттестаттау - Қазақстан Республикасы Үкіметінің 2012 жылғы 23 тамыздағы № 1080 қаулысымен бекітілген Орта білім берудің (бастауыш, негізгі орта, жалпы орта білім беру) мемлекеттік жалпыға міндетті білім беру стандартында (бұдан әрі - МЖМБС) қарастырылған оқу пәндерінің көлемін меңгеру дәрежесін анықтау мақсатында жүргізілетін рәсім: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z17"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау – белгілі бір оқу кезеңін (тоқсан, оқу жылы), сондай-ақ оқу бағдарламасына сәйкес бөлімдерді (ортақ тақырыптарды) оқып аяқтағаннан кейін өткізілетін бағалау түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>модерация</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – бағалаудың объективтілігін және айқындығын қамтамасыз ету үшін балдарды қоюды стандарттау мақсатында тоқсандық жиынтық бағалау бойынша білім алушылардың жұмысын талқылау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күтілетін нәтижелер – оқыту процесі аяқталғанда білім алушының нені біліп, түсініп, көрсете алатынын сипаттайтын құзыреттіліктер жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>формативті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау – сыныпта күнделікті жұмыс барысында жүргізілетін бағалау түрі, білім алушылар үлгерімінің ағымдағы көрсеткіші болып табылады, оқыту барысында білім алушылар мен мұғалім арасындағы жедел өзара байланысты, оқушы мен мұғалім арасындағы кері байланысты қамтамасыз етеді және білім беру процесін жетілдіруге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім алушылардың үлгеріміне ағымдық бақылау, аралық аттестаттау жүргізудің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Білім алушылардың үлгеріміне ағымдық бақылауды барлық оқу пәндері бойынша мұғалімдер 2-11 (12)-сыныптарда оқу жылының бірінші тоқсанынан (жарты жылдығынан) бастап жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-сыныптың бірінші жартыжылдығында оқу материалын меңгеру деңгейіне баға қойылмайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. 1-11 (12)-сыныптардың білім алушыларының пәндер бойынша жылдық бағасы тоқсандық (жартыжылдық) бағалардың негізінде қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-11 (12) сыныптардың білім алушыларының пәндер бойынша қорытынды бағасы тоқсандық, жылдық және емтихан бағаларының негізінде қойылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тоқсандық, жартыжылдық, жылдық және қорытынды бағаларды қайта қарауға рұқсат берілмейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Бір немесе екі пәннен қанағаттанарлықсыз бағалары бар 2-4-сыныптардың білім алушылары үшін ауызша, жазбаша немесе тест тапсырмалары нысанындағы бақылау жұмыстары қайта ұйымдастырылады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бақылау жұмыстарының қорытындысы бойынша "3", "4", "5" деген бағаларын алған білім алушылар келесі сыныпқа көшіріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z25"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Бір немесе екі пәннен қанағаттанарлықсыз бағалары бар 5-8 (9), 10 (11) сыныптардың білім алушылары аралық аттестаттауға жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үш немесе одан да көп пәндерден қанағаттанарлықсыз бағалары бар 2-8 (9), 10 (11) сыныптардың білім алушылары аралық аттестаттауға жіберілмейді, қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-сынып білім алушылары психологиялық-медициналық-педагогикалық консультацияның ұсынымдары және ата-аналардың немесе баланың заңды өкілдерінің келісімі бойынша қалдырылған білім алушыларды қоспағанда, қайта оқу жылына қалдырылмайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z26"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. 5-8 (9), 10 (11) сыныптардағы білім алушыларды аралық аттестаттау оқу жылы аяқталғаннан кейін 31 мамырға дейін жүргізіледі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Аралық аттестаттау оқу пәндерінің тізбесі (екіден артық емес), нысандары мен өткізу мерзімдері білім беру ұйымының мектептің педагогикалық кеңесінің (бұдан әрі – педагогикалық кеңес) шешімімен белгіленеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Бір немесе екі пәннен қанағаттанарлықсыз қорытынды бағалары бар 5-8 (9), 10 (11) сыныптардың білім алушылары осы пәндер бойынша қайта аралық аттестаттаудан өтеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жазғы каникул кезеңінде осы білім алушыларға тиісті пәндер бойынша оқу тапсырмалары беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Қайта аттестаттау оқу жылы аяқталғаннан кейін 3 аптадан соң жүргізіледі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қайта аттестаттау кезінде қанағаттанарлықсыз қорытынды баға алған жағдайда, білім алушылар қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      10. 2-8 (9), 10 (11) сыныптардан келесі сыныпқа барлық оқу пәндері бойынша жылдық және қорытынды бағалары "3", "4", "5" болған білім алушылар көшіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11. Барлық оқу пәндері бойынша жылдық бағалары "5" болған 5-8 (9), 10 (11) сыныптардың білім алушылары келесі сыныпқа емтихансыз көшіріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жаңартылған орта білім мазмұны бойынша білім алушылардың үлгеріміне ағымдық бақылау жүргізудің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Білім алушылардың оқу жетістігін бағалау формативтік және жиынтық бағалау нысандарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      13. Формативті бағалау оқытудың нақты мақсаттарына білім алушылардың жетуін мониторингтеу және әр білім алушымен сараланған және жеке жұмыстарды одан әрі қалыптастыру үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Білім алушылардың үлгеріміне ағымдық бақылауды тоқсан, бөлім (ортақ тақырып) аяқталғаннан кейін оқу материалдарының мазмұнын меңгеру деңгейін анықтау және қадағалау үшін жиынтық бағалау нысанында педагогтер жүргізеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жиынтық бағалау үшінші тоқсаннан бастап 1-сыныптарда, бірінші тоқсаннан бастап 2-11 (12) сыныптарда жүргізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. "Өзін-өзі тану", "Көркем еңбек", "Музыка", "Дене шынықтыру" пәндері бойынша жиынтық бағалау жүргізілмейді. Тоқсанның ("Дене шынықтыру") жартыжылдықтың ("Өзін-өзі тану", "Көркем еңбек", "Музыка") және оқу жылының соңында аталған пәндерден "есептелінді"/ "есептелінген жоқ" деген белгі жазылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16. Жиынтық бағалау тапсырмалары білім алушылармен орындалады және "Жалпы білім беру ұйымдарына арналған жалпы білім беретін пәндердің, таңдау курстарының және факультативтердің үлгілік оқу бағдарламаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2013 жылғы 3 сәуірдегі № 115 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8424 болып тіркелген) оқу бағдарламасына сәйкес олар өткен материалдарды қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      17. Формативті және жиынтық бағалау тапсырмаларын педагог өзі дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18. Тілдік пәндерден жиынтық бағалау сөйлеу әрекетінің төрт түрі бойынша жүргізіледі (тыңдалым (тыңдау), айтылым, оқылым, жазылым). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыңдалым (тыңдау) және айтылым дағдыларын бағалау жиынтық бағалауды өткізу жоспарланған аптаның ішінде сабақтың барысында жүргізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      19. Білім алушылардың тоқсандағы оқу жетістіктерінің нәтижелері бойынша жазбаша түрде өткізілетін жиынтық бағалауда объективтілік және ашықтықты қамтамасыз ету үшін модерация жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Модерация қорытындысы бойынша білім алушылардың өзгертуге жататын жиынтық жұмыстарының тоқсандық балы қайта тексеріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Модерация қорытындысы бойынша қойылатын жиынтық жұмыс балы жоғарылатылып, сол сияқты төмендетіліп те қойылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20. Білім алушы белгілі себептермен екі аптаға дейін болмаған жағдайда (ауырып қалуына байланысты, жақын туыстарының қайтыс болуы, конференцияға, олимпиадалар мен ғылыми жобаларға (ғылыми жарыстарға) қатысу)), білім алушы орта білім беру ұйымына (бұдан әрі – мектеп) қайтып оралғаннан кейінгі екі аптаның ішінде мектеп жасаған жеке кестеге сәйкес жиынтық бағалауды тапсырады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z41"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       21. Бөлім (ортақ тақырып) және тоқсан бойынша жиынтық бағалау қорытындысы болмаған жағдайда білім алушы уақытша аттестаттаудан өтпеген болып есептеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z42"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      22. Ағымдағы жылғы білім алушылардың жиынтық жұмыстары мектепте күнтізбелік бір оқу жылы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z43"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       23. Балл түріндегі білім алушылардың жиынтық бағалау нәтижелері осы Қағидаларға 1-қосымшаға сәйкес балдарды бағаға ауыстыру шәкілі бойынша тоқсандық және жылдық бағаларға ауыстырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z44"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       24. Формативті және жиынтық бағалау қорытындысы бойынша ақпарат білім алушыларға және ата-аналарға немесе баланың заңды өкілдеріне қағаз түрінде немесе электронды нұсқада беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Формативті бағалау нәтижелері тоқсандық және оқу жылының бағасын қою кезінде есепке алынбайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z45"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      25. Тоқсандық баға бөлім (ортақ тақырып) және тоқсан бойынша жиынтық бағалау қорытындысының негізінде 50%-да 50% пайыздық арақатынаста қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z46"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      26. 1-сыныпта жылдық баға жиынтық бағалау нәтижесінің негізінде 3 және 4-тоқсандардың қорытындысы бойынша қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Психологиялық-медициналық-педагогикалық кеңес беру қорытындысымен сол сыныпта қайтадан оқытуға ұсыныс берілген және/немесе баланың ата-анасының немесе заңды өкілдерінің келісімімен орнында қалдырылатын білім алушыларды қоспағанда 1-сынып білім алушысы оқу жылын қайта оқуға орнында қалдырылмайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z47"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      27. 2-11 (12) сынып білім алушыларының пәндер бойынша жылдық бағалары бөлім (ортақ тақырыптар) және тоқсандық жиынтық бағалары нәтижелерінің жиынтығы негізінде 50%-да 50% пайыздық арақатынаста қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-11 (12) сынып білім алушыларының пәндер бойынша қорытынды бағалары жылдық және емтихан бағаларының негізінде қойылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z48"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      28. Бір немесе екі пәннен "2" бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары үшін мектеп жасаған кестеге сәйкес жүргізілетін оқу жылындағы материал мазмұнын қамтитын жиынтық бағалау оқу жылына ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үш немесе одан да көп пәннен "2" бағасын алған 2-8 (9) және 10 (11) сынып білім алушылары қайта оқуға орнында қалдырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"3", "4", "5" бағаларын алған 2-8 (9) және 10 (11) сынып білім алушылары келесі сыныпқа көшіріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z49"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       29. Бір немесе екі оқу пәнінен қайта "2" бағасын алған 2-8 (9) және 10 (11) сыныптардың білім алушылары, осы пәндерден қосымша жиынтық бағалаудан өткізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қосымша жиынтық бағалау жаңа оқу жылының басына дейін өткізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қосымша жиынтық бағалаудан "2" деген баға алған жағдайда, білім алушы сол сыныпта оқуға орнында қалдырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z50"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      30. Тоқсандық, жылдық және қорытынды бағаларды қайта қарауға рұқсат берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z51"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      31. Білім алушы бір мектептен екінші мектепке ауысқан жағдайда оның жиынтық бағалау нәтижелерінің (бөлім (ортақ тақырып) және тоқсан бойынша жиынтық бағалаудың ең жоғарғы балдары) электронды (қағаз) журналдан үзіндісі ресімделеді, мектеп директорының қолымен, мөрімен расталады және білім алушының жеке іс қағазымен бірге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z52"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      32. Білім алушылардың денсаулығына байланысты "Көркем еңбек", "Алғашқы әскери және технологиялық дайындық" және "Дене шынықтыру" пәндерінен босатылуы келесі сыныпқа көшулеріне әсер етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z53"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім алушыларды қорытынды аттестаттаудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z54"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      33. Негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгеру білім алушылардың міндетті қорытынды аттестаттауымен аяқталады және мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z55"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) 9 (10) сыныптардың білім алушылары үшін қорытынды бітіру емтихандары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z56"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) 11 (12) сыныптардың білім алушылары үшін мемлекеттік бітіру емтихандары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z57"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      34. 1-8 (9), 10 (11) сыныптардың білім алушыларына қорытынды аттестаттау қарастырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z58"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      35. Қорытынды аттестаттауға МЖМБС талаптарына сәйкес үлгілік жалпы білім беретін оқу бағдарламаларын меңгерген 9 (10), 11 (12) сыныптардың білім алушылары жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z59"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      36. Негізгі орта білім берудің жалпы білім беретін оқу бағдарламаларын меңгерген 9 (10) сынып білім алушылары төрт пәннен емтихан тапсырады, оның біреуі таңдау бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z60"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       37. 9 (10) сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z61"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі мен әдебиетінен жазбаша емтихан (оқыту тілі бойынша) (гуманитарлық циклдегі пәндерді тереңдетіп оқытатын мектептердің білім алушылары үшін – шығарма, қалған білім алушылар үшін - диктант);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z62"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>математикадан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z63"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, өзбек, ұйғыр және тәжік тілдерінде оқытатын мектептерде қазақ тілінен ауызша емтихан және қазақ тілінде оқытатын мектептерде орыс тілінен ауызша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z64"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша пәннен (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет, шетел тілі (ағылшын, француз, неміс), информатика) ауызша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z65"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      38. Жалпы орта білім берудің жалпы білім беру оқу бағдарламаларын меңгерген 11 (12) сынып білім алушылары бес емтихан түрінде қорытынды аттестаттау тапсырады, олардың біреуі таңдау бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z66"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       39. 11 (12) сынып білім алушыларын қорытынды аттестаттау мынадай нысандарда өткізіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z67"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі және әдебиетінен (оқыту тілі) эссе нысанында жазбаша емтихан: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="66" w:name="z68"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">2) алгебра және анализ бастамалары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:r>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әнінен жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z69"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан тарихынан ауызша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z70"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, өзбек, ұйғыр және тәжік тілдерінде оқытатын мектептерде қазақ тілінен және қазақ тілінде оқытатын мектептерде орыс тілінен тестілеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z71"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша пәннен (физика, химия, биология, география, геометрия, дүниежүзі тарихы, әдебиет, шетел тілі (ағылшын, француз, неміс), информатика) тестілеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z72"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      40. 9 (10) сынып білім алушыларына емтихан жұмыстарының материалдарын облыстардың, Астана және Алматы қалаларының білім басқармалары (бұдан әрі – білім басқармалары), 11 (12) сынып білім алушылары және республикалық мектептердің 9 (10) сынып білім алушылары үшін емтихан жұмыстарының материалдарын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі - Министрлік) дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z73"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      41. Бір және екі пәннен жылдық қанағаттанарлықсыз баға алған 9 (10) сыныптардың білім алушылары қорытынды аттестаттау өткенге дейін жазбаша немесе тест тапсырмалары нысанында қосымша бақылау жұмыстарын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z74"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       42. Білім алушыларды денсаулық жағдайлары бойынша "Технология" (Көркем еңбек), "Алғашқы әскери дайындық" ("Алғашқы әскери және технологиялық дайындық") және (немесе) "Дене тәрбиесі" оқу пәндерінен босату оларды келесі сыныптарға көшіруге және қорытынды аттестаттауға жіберуге әсер етпейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z75"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       43. Негізгі орта білім туралы аттестатқа қосымшаға енгізілетін оқыған пәндерден "5" деген бағасы бар 9 (10) сынып бітірушілеріне "Мемлекеттік үлгідегі білім беру туралы құжаттардың түрлері мен нысандарын және оларды беру қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 28 қаңтардағы № 39 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:br/>
-      </w:r>
+        <w:t xml:space="preserve">бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10348 болып тіркелген) (бұдан әрі - № 39 бұйрық) бекітілген нысанға сәйкес негізгі орта білім туралы үздік аттестат беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z76"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       44. 10 (11) және 11 (12)-сыныптардағы оқу кезеңінде барлық оқыған пәндерден жылдық, қорытынды және қорытынды аттестаттаудағы бағалары "5" болған 11 (12)-сынып бітірушілеріне № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z77"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       45. Жақсы мінез-құлық танытқан және 5-11 (12) сыныптар аралығында барлық пәндерден жылдық және қорытынды бағалары "5" болған және жалпы орта білімі бойынша қорытынды аттестаттаудан "5" деген бағаға өткен 11 (12) сынып бітірушілеріне № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы "Алтын белгі" аттестаты және "Алтын белгі" белгісі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z78"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      46. Эксперименттік алаң болып табылатын "Назарбаев Зияткерлік мектептері" дербес білім беру ұйымының білім беру бағдарламалары бойынша оқуларын аяқтаған бітірушілерге (бұдан әрі – "НЗМ" ДББҰ бітірушілері), жалпы білім беретін пәндер бойынша халықаралық олимпиадалар мен ғылыми жобалар конкурстарының (ғылыми жарыстардың) 2014, 2015 және 2016 жылдардағы жеңімпаздарына (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) (бұдан әрі - жеңімпаздар) осы Қағидаларға 2-қосымшаға сәйкес "НЗМ" ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын және жеңімпаздардың қорытынды бағаларын ұлттық біріңғай тестілеу (бұдан әрі – ҰБТ) балдарына ауыстыру шәкіліне сәйкес "НЗМ" ДББҰ бітірушілерінің оқу нәтижелерін сырттай бағалау балдарын және жеңімпаздардың қорытынды бағаларын ҰБТ балдарына ауыстыру негізінде ҰБТ сертификаттары беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z79"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      47. Қорытынды аттестаттаудың нәтижесі бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z80"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе екі пәннен қанағаттанарлықсыз баға алған 9 (10) және 11 (12) сыныптардың білім алушылары мектепте тиісті оқу пәндері бойынша емтихан нысанында қайта қорытынды аттестаттаудан өтуге жіберіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z81"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және одан көп пәндерден қанағаттанарлықсыз бағалар алған 9 (10) сыныптың білім алушылары қайта оқу жылына қалдырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z82"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) үш және одан көп пәндерден қанағаттанарлықсыз бағалар алған 11 (12) сыныптың білім алушыларына "Білім алуды аяқтамаған адамдарға берілетін анықтама нысанын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2009 жылғы 12 маусымдағы № 289 бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5717 болып тіркелген) (бұдан әрі - № 289 бұйрық) бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі оқу жылы аяқталғаннан кейін № 289 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтама алған білім алушылар мектепте тиісті оқу пәндері бойынша емтихан нысанында қайта қорытынды аттестаттаудан өтеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z83"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      48. Қайта қорытынды аттестаттау өткізу мерзімін білім басқармалары, сондай-ақ білім басқармаларының келісімі бойынша аудандық және қалалық білім бөлімдері, республикалық мектептердің білім алушылары үшін Министрлік белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z84"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      49. Қайта қорытынды аттестаттаудың емтихан материалдарын тестілеу немесе жазбаша (эссе), ауызша нысанда мектептер өздігінен әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттаудан өткен 9 (10) сынып білім алушыларына № 39 бұйрықпен бекітілген негізгі орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттаудан өткен 11 (12) сынып білім алушыларына № 39 бұйрықпен бекітілген жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z85"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      50. 9 (10) және 11 (12) сыныптардың білім алушылары қорытынды аттестаттаудан білім басқармалары басшыларының бұйрықтарымен, республикалық мектептердің білім алушылары Қазақстан Республикасы Білім және ғылым министрінің (бұдан әрі – Министр) бұйрығымен мынадай жағдайларда босатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z86"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайына байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z87"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) І - II топтағы мүгедектер, бала кезінен мүгедектер, мүгедек балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z88"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жазғы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу-жаттығу жиындарына қатысушылар, халықаралық олимпиадаларға (жарыстарға) қатысу үшін Қазақстан Республикасының құрама командасына үміткерлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z89"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туыстарының қайтыс болуы (ата-аналар, балалар, асырап алушылар, асырап алынғандар, ата-анасы бір және ата-анасы бөлек ағалы-інілер мен апалы-сіңлілер, ата, әже);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z90"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, табиғи және техногендік сипаттағы төтенше жағдайлар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z91"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       51. Білім алушыларды қорытынды аттестаттаудан босату туралы бұйрықтар мынадай құжаттар негізінде шығарылады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z92"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) осы Қағидалардың 30-тармағының 1) және 2) тармақшаларында көрсетілген білім алушылар санаты үшін "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) бекітілген, № 035-1/е нысанына сәйкес дәрігерлік-консультациялық комиссияның қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z93"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидалардың 30-тармағында көрсетілген білім алушылар санаты үшін мектептің педагогикалық кеңесінің шешімінен көшірме және мектептің қолдау хаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z94"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) осы Қағидалардың 30-тармағында көрсетілген білім алушылар санаты үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдары білім беру қызметінде пайдаланатын қатаң есептіліктегі құжаттардың нысанын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2007 жылғы 23 қазандағы N 502 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне N 4991 болып тіркелген) бекітілген нысанға сәйкес білім алушының сабақ үлгерімі туралы табелінің (бұдан әрі - табел) телнұсқасы және көшірмесі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Табельдің түпнұсқасы оның көшірмесімен сәйкестігі тексерілгеннен кейін мектеп әкімшілігіне қайтарылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы тармақтың 2) және 3) тармақшаларында көрсетілген құжаттар мектеп директорының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z95"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      52. Қорытынды аттестаттау кезеңінде ауырып қалған 9 (10) және 11 (12) сыныптардың білім алушылары сауыққаннан кейін өткізіп алған емтихандарды тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z96"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      53. 9 (10), 11 (12) сыныптардың бітірушілерін мерзімінен бұрын қорытынды аттестаттауға білім алушылар шетелге оқуға түсу үшін кеткенде немесе тұрғылықты орнын шетелге ауыстырған жағдайда, растайтын құжаттарын ұсынған кезде жіберіледі және ол оқу жылының аяқталуына дейін 2 ай бұрын қорытынды бітіру емтихандары немесе мемлекеттік бітіру емтихандары нысанында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z97"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      54. Білім алушылардың халықаралық алмасу желісі бойынша шетелге оқуға баратын және сол жақта білім беру мекемелерін аяқтайтын 11 (12) сыныпты бітірушілер Қазақстан Республикасының мектептерінде 11 (12) сынып үшін қорытынды аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қорытынды аттестаттау басталғанға дейін мектептегі комиссияның шешімімен бұл бітірушілер "Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 8 қарашадағы № 500 бұйрығымен (Нормативтік құқықтық актілерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген) бекітілген үлгілік оқу жоспарларының инвариантты компонентінің пәндері бойынша шетелде оқымаған пәндерінен аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудан өткеннен кейін оларға шетелде оқыған пәндерден алған бағаларын, Қазақстан Республикасының мектептерінде алдыңғы сыныптарда алған жылдық және қорытынды бағаларын есепке ала отырып, № 39 бұйрықпен бекітілген жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z98"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      55. Шетелге оқуға түсу үшін кететін немесе тұрғылықты орнын шетелге ауыстырған және білім алушылардың халықаралық алмасу желісі бойынша шетелге оқуға баратын 11 (12) сыныптардың бітірушілері үшін емтихан материалдарын дайындауды мектеп жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z99"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      56. Білім алушылар халықаралық алмасу бағдарламасының толық оқу курсын оқыған кезеңде білім алушылардың халықаралық алмасу желісімен кеткенге дейін оқыған Қазақстан Республикасының мектептері контингентінің есебінде болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z100"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      57. Ерекше білім беру қажеттіліктері бар балаларға арналған арнайы түзеу мекемелерінде және жалпы білім беретін мектептердегі арнайы сыныптардың білім алушылары үшін қорытынды аттестаттау өткізу қажеттілігі туралы мәселені білім алушылардың медициналық диагнозына сәйкес аудандық, қалалық білім бөлімдері немесе білім басқармасы шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Арнайы түзеу мекемелеріне қорытынды аттестаттау емтихандарының материалдарын білім басқармалары әзірлейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z101"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      58. Негізгі орта білім беру деңгейінің 9 (10) сыныбында диктантқа 2 астрономиялық сағат, шығармаға 4 астрономиялық сағат, математикаға (жазбаша) 3 астрономиялық сағат (физика-математика бағытындағы пәндерді тереңдетіп оқытатын сыныптарда - 4 сағат) бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z102"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      59. 11 (12) сыныпта эссе жазуға 3 астрономиялық сағат, алгебра және анализ бастамаларына 5 астрономиялық сағат бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудан өтетін ерекше білім беру қажеттіліктері бар балалар үшін мектептің ұсынымдарына сәйкес Білім алушыларды қорытынды аттестаттау жөніндегі емтихан комиссиясының (бұдан әрі - Комиссия) шешімімен емтихан тапсыру кезінде қосымша уақыт беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z103"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      60. Жазбаша емтихандар 11 (12) сынып білім алушылары бір-бірден, ал 9 (10) сынып білім алушылары бір-бірден немесе екіден отырғызылатын үлкен сынып бөлмелерінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жазбаша жұмыстарды орындау және ауызша жауапқа дайындалу үшін білім алушыларға мектептің мөртабаны басылған қағаз беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыстарын орындаған білім алушылар оны жоба жазумен (черновикпен) бірге Комиссияға тапсырады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыстарын емтиханға арналып бөлінген уақыт ішінде аяқтай алмаған білім алушылар сол аяқталмаған қалпында тапсырады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z104"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      61. Жазбаша емтихан өтіп жатқан кезеңде (диктанттан басқа) білім алушының 5 минутқа сынып бөлмесінен шығуына рұқсат беріледі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ондай жағдайда ол жұмысын Комиссияға тапсырады, емтихан жұмысына білім алушының шығып келген уақыты жазылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ерекше білім беру қажеттіліктері бар балалар үшін үзіліске арналған ұзақтау уақыт ұсынылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z105"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      62. Жазбаша емтихан және тестілеу аяқталғаннан кейін білім алушылардың жұмыстарын Комиссия мүшелері мектеп ғимаратында тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тексерілмеген жұмыстар мектеп басшысына сақтау үшін тапсырылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тексеру кезінде қателердің асты сызылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жалпы орта білім курсы бойынша эсседе қателердің саны жеке көрсетіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Математика (алгебра) пәні бойынша "2" және "5" деген бағалар қойылған жазбаша жұмыстарға мектеп Комиссиясы пікір жазады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9 (10) сыныптағы шығарма және 11 (12) сыныптағы эссе екі бағамен, негізгі және жалпы орта білім беру курсындағы математикадан (алгебрадан) жазбаша емтихан жұмысы бір бағамен бағаланады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z106"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      63. Мектептердің барлық сыныптарындағы жазбаша емтихан жұмыстары жергілікті уақытпен таңертеңгі 9 сағат 00 минутта басталады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ерекше жағдайларда осы Қағидалардың тармақтарын сақтау үшін (мектепте білім алушылардың саны көп болғанда) емтихандарды 2-3 лекпен өткізуге жол беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эссе тақырыптары салынған пакеттер білім алушылардың және мектептің Комиссия мүшелерінің қатысуымен емтиханның басталуына 15 минут қалғанда ашылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Математикадан материалдар салынған пакеттер 9 және 11 сыныптарда ұсынылған тапсырмалар шартының дұрыстығын тексеру үшін мектептің Комиссия мүшелерінің ғана қатысуымен емтихан басталудан 1 сағат бұрын ашылады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z107"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      64. Ауызша емтиханда жауап дайындау үшін білім алушыға кемінде 20 минут уақыт беріледі. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер білім алушы билет бойынша сұрақтарға жауап бермесе, Комиссия оған екінші билет алуға рұқсат етеді (бұл жағдайда баға 1 балға төмендейді).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z108"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      65. Тестілеу МЖМБС-ға сәйкес "Ұлттық тестілеу орталығы" республикалық мемлекеттік қазыналық кәсіпорны (бұдан әрі - ҰТО) әзірлеген тест тапсырмаларының көмегімен осы Қағидалардың 39-тармағының 4) және 5) тармақшаларында көрсетілген оқу пәндері шегінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z109"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      66. 11 (12) сыныпта тестілеуге әр пән бойынша 80 минут бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z110"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      67. Тест нәтижелерін тексеруді мектеп жанынан қалыптастырылған Комиссия сол күні өздеріне ұсынылған дұрыс жауаптар кодына сәйкес мектепте жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z111"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      68. Тест тапсырмаларының саны және нысаны, тестілеуге арналған жауап парағының нысаны әр пән, бейін және оқыту тілі бөлінісінде жасалған тест ерекшеліктерімен анықталады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тест ерекшеліктерін ҰТО әзірлейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z112"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      69. 9 (10), 11 (12) сыныптарда әрбір пән бойынша ауызша немесе жазбаша емтихандар, тестілеулер және 5-8, 10 (11) сыныптарда сыныптан-сыныпқа көшіру естихандары өткеннен кейін Комиссия сол күні білім алушыларға емтихан бағасы мен қорытынды бағаларын қояды және оларды осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша Негізгі орта және жалпы орта білім деңгейлеріндегі оқу курсының емтихан (тестілеу) және қорытынды бағалардың қағаз және электронды хаттамасына (бұдан әрі – Хаттама) енгізеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Хаттамаға мектеп Комиссиясының мүшелері қол қояды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z113"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      70. Оқу сабақтары ұйымдастырылған емдеу мекемесінде емделіп жатқан білім алушыларға қорытынды баға қою кезінде олардың осы емдеу мекемесінің жанындағы мектепте (сыныпта немесе топта) алған тоқсандық (жартыжылдық) және жылдық бағалары ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z114"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       71. Білім алушылардың ауызша емтиханда алған бағалары оларға осы сыныптағы немесе топтағы емтихан аяқталғаннан кейін хабарланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім алушының жазбаша өтінішінің негізінде мектептің Комиссиясы төрағасының қатысуымен оған жазба жұмыстарын тексеру нәтижелерімен танысуға мүмкіндік беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z115"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      72. Кезекті емтиханнан "2" деген баға алған 9 (10) және 11 (12) сыныптардың білім алушылары келесі емтиханға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z116"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      73. Пән бойынша қорытынды бағаларды шығару кезінде төмендегілерді басшылыққа алу керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z117"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пән</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша қорытынды баға ағымдағы оқу жылының тоқсандық (жартыжылдық) бағалары ескеріле отырып, жылдық және емтихан бағаларының негізінде анықталады (емтихан бағасы "4", "5" болған жағдайда ескеріледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z118"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>емтихан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағасы қанағаттанарлықсыз болған жағдайда оң қорытынды баға қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z119"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баға емтихан бағасынан жоғары болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z120"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      74. Білім алушы жазбаша жұмысы үшін қойылған бағамен немесе тестілеу нәтижесімен келіспеген жағдайда, емтихан бағасы жарияланғаннан кейінгі келесі күні 13 сағат 00 минутқа дейін аудандық, қалалық білім бөлімдерінің, білім басқармаларының, сондай-ақ республикалық мектептердің білім алушылары үшін Министрліктің жанынан құрылған Комиссияға шағымданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z121"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      75. Қорытынды аттестаттау өткізу үшін ағымдағы жылғы 1 ақпанға дейінгі мерзімде Комиссия мектеп директорының бұйрығымен мектептер жанында, білім бөлімі басшысының бұйрығымен аудандық, қалалық білім бөлімдері жанында, басқарма басшысының бұйрығымен білім басқармалары жанында және Министрдің бұйрығымен Министрлік жанында (республикалық мектептер үшін) құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z122"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      76. Мектеп жанынан құрылған Комиссия құрамына пән мұғалімдері және мектеп директорының орынбасарлары (болған жағдайда), қоғамдық ұйымдардың (болған жағдайда) және ата-аналар комитетінің өкілдері кіреді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Комиссияны мектеп директоры немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мектеп жанындағы Комиссия мүшелерінің саны негізгі және орта мектепте бір бітіруші сынып-кешен болған кезде кемінде бес адамнан және негізгі және орта мектепте екі және одан көп бітіруші сынып-кешен болған кезде кемінде жеті адамнан тұрады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z123"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      77. Аудандық, қалалық білім бөлімдері жанындағы Комиссия құрамына пән мұғалімдері, білім бөлімдерінің, қоғамдық ұйымдар мен ата-аналар комитетінің өкілдері, сондай-ақ білім бөлімі қызметкерінің арасынан тағайындалған хатшы енеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Комиссияны білім бөлімінің басшысы немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z124"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      78. Білім басқармасы жанындағы Комиссия құрамына пән мұғалімдері, білім басқармасының мамандары, қоғамдық ұйымдардың және ата-аналар комитеттерінің, бұқаралық ақпарат құралдарының өкілдері, сондай-ақ білім басқармасы қызметкерлерінің арасынан тағайындалған хатшы кіреді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Комиссияны білім басқармасының басшысы немесе оның орнын алмастырушы тұлға басқарады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z125"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       79. Министрлік жанындағы Комиссия құрамына пән мұғалімдері, Министрлік және Министрлікке ведомстволық бағынысты ұйымдардың қызметкерлері, қоғамдық ұйымдардың және ата-аналар комитеттерінің өкілдері, сондай-ақ Министрлік қызметкерлері арасынан тағайындалған хатшы енеді. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Комиссияны Қазақстан Республикасының Білім және ғылым вице-министрі басқарады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z126"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       80. Мектеп жанынан қалыптастырылған Комиссия келесі іс-шараларды жүзеге асырады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z127"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылар, педагогтер мен ата-аналар үшін қорытынды аттестаттау өткізу мәселелері бойынша түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z128"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) 11 (12) сынып білім алушыларының таңдаған пәндерінің тізбесін көрсете отырып қорытынды аттестаттау тапсыратын 11 (12) сынып білім алушыларының тізімін қалыптастыру және ағымдағы жылғы 1 наурызға дейінгі мерзімде ҰТО филиалына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z129"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестаттау өткізу жөніндегі, сондай-ақ қорытынды аттестаттауға білім алушыларды даярлау бойынша жұмыстарды ұйымдастыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z130"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) 9 (10) және 11 (12) сынып білім алушыларының, оның ішінде жалпы орта білім туралы үздік және "Алтын белгі" аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау және ауызша емтихан жауаптарын тыңдау, тестілеу нәтижелерін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z131"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> емтихан жұмыстары, тесттілеу аяқталғаннан кейін және ауызша емтихан тыңдалғаннан кейін Хаттаманың электронды нұсқасын білім бөлімдеріне немесе басқармаларына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z132"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижелерін беру және пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z133"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларға 4-қосымшаға сәйкес тестілеу нәтижелерінің балдарын Тестілеу балдарын жалпы орта білім туралы аттестаттың бағаларына ауыстыру шәкіліне сәйкес бағаларға ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z134"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен ұсыныстардың негізділігін қарау және шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z135"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      81. Аудандық, қалалық білім бөлімі, білім басқармасы, Министрлік жанынан қалыптастырылған Комиссиялар келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z136"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z137"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорытынды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z138"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>апелляцияға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z139"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      82. Жұмыстардың қорытындысын шығару және "Алтын белгі" белгісімен марапатталған білім алушылардың тізімін бекіту туралы шешімді қабылдау жөніндегі мектеп жанынан қалыптастырылған Комиссияның қорытынды отырысы ағымдағы жылғы 12 маусымнан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z140"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      83. Негізгі орта білім туралы үздік аттестат, жалпы орта білім туралы үздік және жалпы орта білім туралы "Алтын белгі" аттестаттарын және "Алтын белгі" белгісін иеленген білім алушылардың тізімі мектеп директорының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z141"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      84. Білім басқармалары және республикалық мектептер білім алушыларды қорытынды аттестаттау нәтижесі туралы қорытынды мәліметтерді Министрлікке ағымдағы жылғы 1 шілдеден кешіктірмей ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z142"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      85. Білім алушыларды қорытынды аттестаттау нәтижелері ағымдағы жылғы тамыз айында оқу жылының жұмыс қорытындылары бойынша мектеп жанынан құрылған Комиссияның барлық мүшелерінің қатысуымен педагогикалық кеңесте талқыланады. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық кеңес оқу-тәрбие жұмысының сапасын жақсарту бойынша нақты шаралар қабылдайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5888"/>
-        <w:gridCol w:w="3774"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="3884"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D" w:rsidRPr="00CA6676">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
+          <w:bookmarkEnd w:id="140"/>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE5B9D" w:rsidRPr="00CA25C1" w:rsidRDefault="00CA25C1">
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CA25C1">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы орта білімнің білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CA25C1">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беретін оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CA25C1">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">от 18 марта 2008 года № 125 </w:t>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарындағы білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың үлгеріміне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аралық және қорытынды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аттестаттау жүргізудің үлгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRPr="00CA25C1" w:rsidRDefault="00CA25C1">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z144"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...8105 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балдарды бағаға ауыстыру шәкілі</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="2607"/>
+        <w:gridCol w:w="3228"/>
+        <w:gridCol w:w="1347"/>
+        <w:gridCol w:w="2411"/>
+        <w:gridCol w:w="69"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D" w:rsidRPr="00CA6676">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="141"/>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 сыныптағы балдардың пайыздық мазмұны (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6318" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2-11 (12) сыныптардағы балдардың пайыздық мазмұны (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 - 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6318" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0- 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қанағаттанарлықсыз - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"2"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21 - 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6318" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40 - 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қанағаттанарлық - "3"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>51 - 80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6318" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65 - 84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жақсы - "4"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>81 - 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6318" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>85 - 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өте жақсы - "5"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
-            <w:tcBorders>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidRDefault="00CA25C1">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы орта білімнің білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беретін оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарындағы білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың үлгеріміне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аралық және қорытынды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аттестаттау жүргізудің үлгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...9 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00057BD5">
-[...7 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z146"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "НЗМ" ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын және жеңімпаздардың қорытынды бағаларын ҰБТ балдарына ауыстыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...50 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шәкілі</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2637"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="71"/>
+        <w:gridCol w:w="318"/>
+        <w:gridCol w:w="1714"/>
+        <w:gridCol w:w="1942"/>
+        <w:gridCol w:w="867"/>
+        <w:gridCol w:w="834"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="549"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="637"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D">
-[...615 lines deleted...]
-      <w:tr w:rsidR="00BE5B9D" w:rsidRPr="00CA6676">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="142"/>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пәндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidRDefault="00CA25C1">
-[...156 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жеңімпаздар үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"НЗМ" ДББҰ бітірушілері үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="00502CDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="00502CDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 (қанағаттанарлық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4 (жақсы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 (өте жақсы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>U (1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E (2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D (3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>C (4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>B (5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A (6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A* (7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілі (оқу сауаттылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Казахский язык (бейінді пән)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Русский язык (оқу сауаттылығы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Русский язык (бейіндік пән)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика (математикалық сауаттылық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Математика (бейіндік пән)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейіндік пәндер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1180" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidRDefault="00CA25C1">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> АОО "НИШ" и итоговых оценок победителей в баллы сертификата ЕНТ</w:t>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      * Ең жоғарғы нәтиже</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="204"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="3884"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="422" w:type="dxa"/>
-[...173 lines deleted...]
-              <w:t xml:space="preserve"> АОО "НИШ"</w:t>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы орта білімнің білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беретін оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұйымдарындағы білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың үлгеріміне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аралық және қорытынды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аттестаттау жүргізудің үлгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...3875 lines deleted...]
-              <w:t>40</w:t>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
-[...23 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z148"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Негізгі орта және жалпы орта білім беру деңгейлеріндегі оқыту курсы үшін емтихан (тестілеу) және қорытынды бағалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ХАТТАМАСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      __________________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                        (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәнінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                    (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                        (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                    (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ауыл) атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00EA395B" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA395B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA395B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(мектеп атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Емтихан комиссиясының құрамында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтихан комиссиясы төрағасының Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтихан алушының Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ассистенттің</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Білім басқармасынан (Министрліктен) жіберілген емтихан материалдарының пакеті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      _____ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ минутта ашылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пакетпен жіберілген емтихан (тест) материалдары осы хаттамаға қоса берілді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтиханға (тестілеуге) келді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                        Білім алушылардың Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтиханға (тестілеуге) келген жоқ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                   Білім алушылардың Т.А.Ә. (бар болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Емтихан (тестілеу) ____ сағат ____ минутта басталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Емтихан (тестілеу) ____ сағат ____ минутта аяқталды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтихан (тестілеу) нәтижелері бойынша мынадай бағалар қойылды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="682"/>
+        <w:gridCol w:w="2650"/>
+        <w:gridCol w:w="1852"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="1556"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D" w:rsidRPr="00CA6676">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...203 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:tcW w:w="1023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Емтихан тапсырушының Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жазбаша жұмыстың тақырыбы және нұсқасы, билет №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Емтихан бағасы (жазумен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жылдық бағасы (жазумен)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қорытынды бағасы (жазумен)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidRDefault="00CA25C1">
+            <w:tcW w:w="1023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1781" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidRDefault="00CA25C1">
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтихан комиссиясы мүшелерінің жекелеген білім алушылардың жауаптарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00057BD5">
-[...5 lines deleted...]
-        <w:t>по</w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағалары</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00057BD5">
-[...765 lines deleted...]
-        <w:t xml:space="preserve"> оценки:</w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы ерекше пікірлері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтиханды (тестілеуді) өткізу күні: "___" __________20__ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Бағаны хаттамаға енгізу күні: "___"__________ 20__ ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Комиссия төрағасы                               _________________________ _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                                Т.А.Ә. (бар болған жағдайда)    қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Емтихан алушы мұғалім                        _________________________ _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                                Т.А.Ә. (бар болған жағдайда)    қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Ассистенттер                               _________________________ _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                                Т.А.Ә. (бар болған жағдайда)    қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                                _________________________ _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>                                                Т.А.Ә. (бар болған жағдайда)    қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Ескерту: ұқсас Хаттаманың электронды нұсқасы қағаз нұсқамен бірдей қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="594"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1466"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="3884"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1023" w:type="dxa"/>
-[...390 lines deleted...]
-          <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
             <w:pPr>
               <w:spacing w:after="0"/>
-            </w:pPr>
-            <w:r>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастауыш, негізгі орта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жалпы орта білімнің білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беретін оқу бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іске асыратын білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарындағы білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың үлгеріміне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағымдық бақылаудың, оларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аралық және қорытынды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аттестаттау жүргізудің үлгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidRDefault="00CA25C1">
-[...58 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z150"/>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тестілеу балдарын жалпы орта білім туралы аттестаттың бағаларына ауыстыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...289 lines deleted...]
-        <w:t xml:space="preserve"> Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шәкілі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5723"/>
-        <w:gridCol w:w="3939"/>
+        <w:gridCol w:w="590"/>
+        <w:gridCol w:w="1812"/>
+        <w:gridCol w:w="2305"/>
+        <w:gridCol w:w="2099"/>
+        <w:gridCol w:w="1452"/>
+        <w:gridCol w:w="1404"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE5B9D" w:rsidRPr="00CA6676">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...207 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="144"/>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пән</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 (қанағаттанарлықсыз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 (қанағаттанарлық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4 (жақсы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 (өте жақсы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...66 lines deleted...]
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...305 lines deleted...]
-        <w:bookmarkEnd w:id="246"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс, өзбек, ұйғыр және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тәжік тілінде оқытатын мектептер үшін қазақ тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33 - 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...92 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ тілінде оқытатын мектептер үшін орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>33 – 40</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33 - 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...190 lines deleted...]
-              <w:t>33 – 40</w:t>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Геометрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 – 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13 - 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...90 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13 – 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...90 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...90 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...90 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...90 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дүниежүзі тарихы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...106 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Орыс әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...106 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақ әдебиеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...57 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37 -48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>49 - 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...204 lines deleted...]
-              <w:t>49 – 60</w:t>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ағылшын тілі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 – 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9 – 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25 – 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33 - 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...106 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Француз тілі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>33 – 40</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33 - 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...106 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Неміс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>33 – 40</w:t>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33 - 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE5B9D">
+      <w:tr w:rsidR="00502CDB" w:rsidRPr="00F3736E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="947" w:type="dxa"/>
-[...241 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="260"/>
-[...26 lines deleted...]
-                <w:sz w:val="20"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...28 lines deleted...]
-                <w:sz w:val="20"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7 – 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2303" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
-[...23 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3736E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21 – 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE5B9D" w:rsidRDefault="00CA25C1">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...273 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidRDefault="001546C2">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00057BD5">
-[...65 lines deleted...]
-        <w:t>1.</w:t>
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>© 2012.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00057BD5">
-[...43115 lines deleted...]
-    <w:sectPr w:rsidR="00BE5B9D" w:rsidRPr="00057BD5" w:rsidSect="00BE5B9D">
+      <w:r w:rsidRPr="00F3736E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00502CDB" w:rsidRPr="00F3736E" w:rsidSect="00F3736E">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00BE5B9D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D361B3"/>
+    <w:rsidRoot w:val="00502CDB"/>
+    <w:rsid w:val="001546C2"/>
+    <w:rsid w:val="00502CDB"/>
+    <w:rsid w:val="00AC48A4"/>
+    <w:rsid w:val="00B92C9A"/>
+    <w:rsid w:val="00EA395B"/>
+    <w:rsid w:val="00F3736E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -64025,137 +18116,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE5B9D"/>
+    <w:rsid w:val="00502CDB"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00BE5B9D"/>
+    <w:rsid w:val="00502CDB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00BE5B9D"/>
+    <w:rsid w:val="00502CDB"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00BE5B9D"/>
+    <w:rsid w:val="00502CDB"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CA25C1"/>
+    <w:rsid w:val="001546C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CA25C1"/>
+    <w:rsid w:val="001546C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -64420,66 +18511,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>17698</Words>
-  <Characters>100882</Characters>
+  <Words>6566</Words>
+  <Characters>37430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>840</Lines>
-  <Paragraphs>236</Paragraphs>
+  <Lines>311</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>118344</CharactersWithSpaces>
+  <CharactersWithSpaces>43909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>