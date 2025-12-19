--- v0 (2025-12-13)
+++ v1 (2025-12-19)
@@ -1,1707 +1,3972 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00622276" w:rsidRPr="004D6190" w:rsidRDefault="00622276" w:rsidP="00622276">
+    <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00F32F06">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6190">
+      <w:r w:rsidRPr="00DC3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Темы эссе по русскому языку и литературе</w:t>
+        <w:t>Қазақ тілі мен әдебиетінен эссе тақырыптары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00622276" w:rsidRDefault="00622276" w:rsidP="00622276">
+    <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00F32F06">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6190">
+      <w:r w:rsidRPr="00DC3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (Ж</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002143E9" w:rsidRPr="00DC3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>естественно-математическое направление</w:t>
+        <w:t>аратылыстану-математикалық бағыт</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D6190">
+      <w:r w:rsidRPr="00DC3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00622276">
+    <w:p w:rsidR="00890B57" w:rsidRPr="00DC3D1F" w:rsidRDefault="00890B57" w:rsidP="00890B57">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эссе тақырыптары мектеп бағдарламасы бойынша 10,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DC3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-сыныптардағы қазақ әдебиеті пәнінің қоғамдық-гуманитарлық және жаратылыстану-математика бағыттарына арналған оқулық пен хрестоматияда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екі бағытқа да ортақ енгізілген авторлар мен олардың шығармалары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC3D1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша дайындалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D171A" w:rsidRPr="00DC3D1F" w:rsidRDefault="002D171A" w:rsidP="00F32F06">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="8647"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:ind w:left="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="002D171A" w:rsidP="003E5B53">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="00F32F06" w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақырыптар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Махамбет өлеңдеріндегі</w:t>
+            </w:r>
+            <w:r w:rsidR="00890B57" w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(«Қара нар керек біздің бұл іске», «Қызғыш құс»,«Еңселігім екі елі»)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақын көңіл күйін танытатын жолдарды талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дулат Бабатайұлының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Еспенбет» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дастанындағы жас батыр Еспенбеттің ерлік істерінің көрінісін дәлелдер арқылы жеткізіп жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Сүйінбай мен Қатаған айтысындағы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сүйінбай қолданған бейнелі сөздер мен әдемі әсірелеулердің көркемдік қуаты жайлы көзқарасыңызды дәлелдер арқылы жеткізіп жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қашаған Күржіманұлының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Оразалы», «Байларға»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  өлеңіндегі   әлеуметтік мәселелерді талдаңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шортанбай Қанайұлының  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Зар заман» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өлеңіндегі заманның зарлығы мен  тарлығының белгілерін дәлелдер арқылы талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мұрат Мөңкеұлының  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Қыз» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өлеңіндегі қыз сипатын әнші-ақындар шығармашылығындағы қыз бейнесімен салыстыра талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәшһүр Жүсіп Көпеевтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ғибратнама»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі бұлбұл мен қаршыға диалогі арқылы жеткізгісі келген автор ойын талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ы.Алтынсариннің «Дала қоңырауы» екендігін дәлелдеп жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абай Құнанбаевтың  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Он тоғызыншы қара сөзіндегі»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> естілік пен білімділікке қандай адам жетіп, қалай жүзеге асыра алатынын  өмірлік деректер  арқылы дәлелдеп жазыңыз. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Абай Құнанбаевтың  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ескендір»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поэмасындағы ақын жеткізген Ескендірдің әлсіздігін талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шәкәрім Құдайбердиев  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Жастарға»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңінде жастарды неге Абай арқылы  түзеткісі келеді?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ш. Құдайбердіұлының  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Еңлік-Кебек»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поэмасындағы Еңліктің қазақ қызына кереғар мінездерін талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сал-серілердің (әнші-ақындар) көтерген мәселесін, қозғаған тақырыбын талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әнші-ақындардың өлеңдеріндегі серілік табиғатын талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сал-серілердің тағдырына әсер еткен әлеуметтік мәселелерді талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:trPr>
+          <w:trHeight w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жаяу Мұсаның қиянатқа қарсы  жазылған «Ақ сиса» өлеңіндегі оптимистік ой-толғамдарға дәлелдер келтіре жазыңыз. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сал-серілердің (әнші-ақындар) өлеңдеріндегі қыз сипатын талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үкілі Ыбырайдың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қалдырған»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі астарлы ойды талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мұхит Мералыұлының  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Зәуреш», «Айнамкөз», «Дүние-ау»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңдеріндегі ғашықтық сезімін жеткізуде қолданған ақынның көркемдік тәсілдерін талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәди Бәпиұлының  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қарқаралы», «Қаракесек»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңдері арқылы ақын өмірінің көрінісін  талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Біржан салдың  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Теміртас»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі  ақын өмірінің көріністерін  талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ақан серінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Құлагер»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі Құлагердің сипатын талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әсет Найманбайұлының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Салиха-Сәмен»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поэмасы мен ғашықтық жырларындағы   жігіт сипатын талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балуан Шолақтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ғалия»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі ғашықтық сезімін жеткізуде қолданған ақынның көркемдік тәсілдерін талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ахмет Байтұрсыновтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қазақ салты»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі  қазақ халқының психологиясын  талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Дулатов автор ретінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бақытсыз Жамал»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> романындағы үстем тап өкілдерін жақтаушы ма, әлде даттаушы ма?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Жұмабаевтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Толқын»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңін адам өмірімен байланыста қарауға бола ма? Көзқарасыңызды дәлелдер арқылы талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Жұмабаевтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қойлыбайдың қобызы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дастанындағы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бәйгеге қобыз қосу көрінісін баяндап жазыңыз. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ж.Аймауытовтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ақбілек»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> романындағы Ақбілек бейнесін ашудағы автор тәсілін талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ж.Аймауытовтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ақбілек»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> романындағы кейіпкерлердің өмір үшін күресін талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С.Сейфуллиннің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Сыр сандық»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі нағыз досқа тән қасиеттерге өз көзқарасыңызды танытып, сыни талдау жасаңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І.Жансүгіровтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Құлагер»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поэмасындағы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Бай-бай, Құлагерім!..» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоқтауындағы  ақын өміріндегі Құлагердің орнын білдіретін өлең жолдарын талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І.Жансүгіровтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Құлагер» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">поэмасындағы Сағынай асы мен М.Әуезовтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Абай жолы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> роман-эпопеясындағы Бөжей асының ұқсастықтары мен ерекшеліктерін салыстырып жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Әуезовтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Еңлік-Кебек»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> драмасындағы сөз бен мінез (характер-адамның ішкі сипаты) жасаудағы шеберлігін дәлелдер арқылы талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Әуезовтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Еңлік-Кебек»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> драмасындағығашықтардың  жан түршігерлік өліміне әкелген  билер шешіміне көзқарасыңыз қандай? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С.Мұқановтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Сұлушаш»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поэмасындағы ғашықтар махаббатының діңгегі Сұлушаш па, әлде Алтай ма?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Т.Ахтановтың романға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Шырағың сөнбесін»  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауын беру себебін оқиға желісіндегі дәйектер арқылы дәлелдеп жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С.Мәуленовтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Түбірлер», «Құлын»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңдеріндегі автор ойын талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ә.Нұршайықовтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ақиқат пен аңыз»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> роман-диалогіндегі автор(Ә.Нұршайықов) сөздері арқылы батыр бейнесін сомдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Мақатаевтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ақ кимешек көрінсе»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі әже туралы ойларын әдеби туындылардағы әжелер бейнесімен байланыстыра отырып, талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Мақатаевтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Дариға-жүрек» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шағын поэмасындағы Дариға-жүрек кім?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М.Шахановтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ғашықтық ғаламаты»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі ғашықтық сезімге қатысты көзқарастарға өз пікіріңізді білдіріп, талдап жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С.Жүнісовтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Заманай мен Аманай»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повесіндегі табиғат күшіне адамдар қарсы тұра алды ма?  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қадыр Мырза Әлидің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Өмірдің өзі қызық-ақ»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі оқырманына ой тастайтын сөздер өлең идеясына сәйкес пе?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қ.Жұмаділовтің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Тағдыр»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> романындағы: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бәріміз де пендеміз ғой... Бір-бірімізді сөге-жамандамай, жақсы көңілмен еске алатын болайық»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - деген түйін сөзге әкелген қандай құндылық?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алаш ардақтылары көтерген ұлттық идеялардың бүгінгі күні жүзеге асқандығын дәлелдеңіз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Астана – Тәуелсіздіктің  жемісі. Өз көзқарасыңызды дәлелдеңіз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бүгінгі жастар бойынан Шортанбай Қанайұлының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Зар заман»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі ақын сынаған ұл мен қыз қылығы кездесе ме? Екі заман кезеңіне салыстыра талдау жасаңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бүгінгі күннің жігіттеріне тән қасиеттерді </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Абай Құнанбаевтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Жігіттер, ойын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">арзан, күлкі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қымбат»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өлеңіндегі жігіттің мінез-құлқы, қасиеттерімен салыстырып талдаңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өз аймағыңыздағы Ұлы Отан соғысы жауынгерінің бейнесі Қ.Аманжоловтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ақын өлімі туралы аңыз»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> поэмасындағы батыр бейнесіне пара-пар келетінін салыстырып жазыңыз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidTr="00C34F79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="34" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00824A0B" w:rsidRPr="00DC3D1F" w:rsidRDefault="00824A0B" w:rsidP="00C34F79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өз өміріңіздегі әжелерді М.Мақатаевтың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ақ кимешек көрінсе»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3D1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өлеңіндегі ақынды табындырған әже бейнесімен салыстыра талдап жазыңыз.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F32F06" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06" w:rsidP="00F32F06">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...7 lines deleted...]
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00622276">
+    </w:p>
+    <w:p w:rsidR="008C3427" w:rsidRPr="00DC3D1F" w:rsidRDefault="00F32F06">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Что мне нравится в творчестве Владимира Маяковского? </w:t>
-[...12 lines deleted...]
-        <w:spacing w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC3D1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...34 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00622276" w:rsidRPr="00622276" w:rsidRDefault="00622276" w:rsidP="00907619">
-[...1328 lines deleted...]
-    <w:sectPr w:rsidR="00C8540F" w:rsidRPr="00622276" w:rsidSect="00622276">
+    <w:sectPr w:rsidR="008C3427" w:rsidRPr="00DC3D1F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="10DA22A0"/>
+    <w:nsid w:val="13491090"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A3B84F4A"/>
-    <w:lvl w:ilvl="0" w:tplc="122EC7D8">
+    <w:tmpl w:val="1646EA40"/>
+    <w:lvl w:ilvl="0" w:tplc="3E1C0C9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="704" w:hanging="420"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...88 lines deleted...]
-        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -1736,112 +4001,374 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="128"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00622276"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00C8540F"/>
+    <w:rsidRoot w:val="00F32F06"/>
+    <w:rsid w:val="002143E9"/>
+    <w:rsid w:val="002D171A"/>
+    <w:rsid w:val="003E5B53"/>
+    <w:rsid w:val="00824A0B"/>
+    <w:rsid w:val="00890B57"/>
+    <w:rsid w:val="008C3427"/>
+    <w:rsid w:val="00DC3D1F"/>
+    <w:rsid w:val="00F32F06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F32F06"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32F06"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC3D1F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DC3D1F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1948,351 +4475,84 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00622276"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...263 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2331,86 +4591,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2543,68 +4801,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2066</Characters>
+  <Pages>3</Pages>
+  <Words>921</Words>
+  <Characters>5251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2424</CharactersWithSpaces>
+  <CharactersWithSpaces>6160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Алёна Сапронова</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>ww</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>