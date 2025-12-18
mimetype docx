--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,429 +1,457 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="59D5D61B" w14:textId="77777777" w:rsidR="00057901" w:rsidRPr="00600E89" w:rsidRDefault="00057901" w:rsidP="00057901">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="1F8B2636" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...197 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA45611" w14:textId="278FE22D" w:rsidR="00057901" w:rsidRDefault="00600E89" w:rsidP="00057901">
-[...5 lines deleted...]
-          <w:szCs w:val="48"/>
+    <w:p w14:paraId="3845A502" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRPr="00DD692C" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Хабарландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D80AD3" w14:textId="1E0ABC67" w:rsidR="00192DD5" w:rsidRPr="00AE7549" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00455552">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж. 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәуірден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337666">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тамызға дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA4B6F7" w14:textId="53CACA95" w:rsidR="00192DD5" w:rsidRPr="00AE7549" w:rsidRDefault="00192DD5" w:rsidP="00DD692C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болашақ бірінші сынып оқушыларын электрондық форматта </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300BDE59" w14:textId="25CA8FF8" w:rsidR="00192DD5" w:rsidRPr="00AE7549" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>eGOV.kz портал арқылы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD692C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525DD426" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRPr="00AE7549" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A08B25" w14:textId="7B01EFBA" w:rsidR="00192DD5" w:rsidRPr="00AE7549" w:rsidRDefault="00DD692C" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="48"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қабылдау қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00192DD5" w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азақ және орыс тілдерінде жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E07065F" w14:textId="7883AE0B" w:rsidR="00192DD5" w:rsidRPr="00BD6D19" w:rsidRDefault="00BD6D19" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интернет арқылы өтініш бере алмайтын ата-аналар үшін мектепте компьютер және сканермен жабдықталған қызмет көрсету бұрышы ұйымдастырылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD6D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46151491" w14:textId="77777777" w:rsidR="00BD6D19" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00AE7549">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="48"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> казахским и русским языком обучения.  </w:t>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E86952E" w14:textId="5594E12A" w:rsidR="00057901" w:rsidRPr="00AE7549" w:rsidRDefault="00600E89" w:rsidP="00057901">
-[...16 lines deleted...]
-        <w:t>Для родителей у которых нет возможности подать заявление через интернет, в школе организован уголок самообслуживания с компьютером и сканером.</w:t>
+    <w:p w14:paraId="7E8C5522" w14:textId="6EB8E423" w:rsidR="00192DD5" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE7549">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Төмендегі құжаттарды сканерлеу қажет:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C15D8BA" w14:textId="77777777" w:rsidR="00057901" w:rsidRPr="00AE7549" w:rsidRDefault="00057901" w:rsidP="00057901">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="68AAE565" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRPr="00AE7549" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D2861A9" w14:textId="77777777" w:rsidR="00057901" w:rsidRPr="009A1BA4" w:rsidRDefault="00057901" w:rsidP="00057901">
+    <w:p w14:paraId="7F2F5131" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRPr="009A1BA4" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1428"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1BA4">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-        </w:rPr>
-        <w:t>копию свидетельства о рождении ребенка</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланың туу туралы куәлігінің көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4137879B" w14:textId="77777777" w:rsidR="00057901" w:rsidRPr="009A1BA4" w:rsidRDefault="00057901" w:rsidP="00057901">
+    <w:p w14:paraId="554ACE85" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRPr="009A1BA4" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1428"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1BA4">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-        </w:rPr>
-        <w:t xml:space="preserve">карту профилактических прививок </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>профилактикалық егу картасы (№063/у формасы) және баланың денсаулық паспорты (026/у-3 формасы);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5A1EDA" w14:textId="77777777" w:rsidR="00057901" w:rsidRPr="009A1BA4" w:rsidRDefault="00057901" w:rsidP="00057901">
-[...17 lines deleted...]
-    <w:p w14:paraId="3E5E46FF" w14:textId="77777777" w:rsidR="00057901" w:rsidRPr="009A1BA4" w:rsidRDefault="00057901" w:rsidP="00057901">
+    <w:p w14:paraId="31E198C3" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRPr="009A1BA4" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="1428"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1BA4">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>фотографии 3*4 – 2 штуки</w:t>
+        <w:t>3*4 фото</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1BA4">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">суреті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1BA4">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1BA4">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дана.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D66826" w14:textId="77777777" w:rsidR="00192DD5" w:rsidRDefault="00192DD5" w:rsidP="00192DD5">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00192DD5" w:rsidSect="00B974E1">
+    <w:p w14:paraId="36AE3F84" w14:textId="77777777" w:rsidR="00690377" w:rsidRDefault="00690377"/>
+    <w:sectPr w:rsidR="00690377" w:rsidSect="00096E15">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -439,163 +467,50 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24F5052F"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E5C11D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F202DFDA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -664,108 +579,104 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6673" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="481654595">
-[...2 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="24840707">
+  <w:num w:numId="1" w16cid:durableId="42564245">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00192DD5"/>
-    <w:rsid w:val="00057901"/>
+    <w:rsid w:val="00096E15"/>
     <w:rsid w:val="00192DD5"/>
-    <w:rsid w:val="00304803"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00600E89"/>
+    <w:rsid w:val="00337666"/>
+    <w:rsid w:val="00455552"/>
     <w:rsid w:val="00690377"/>
-    <w:rsid w:val="00B974E1"/>
-    <w:rsid w:val="00EA2248"/>
+    <w:rsid w:val="00BD6D19"/>
+    <w:rsid w:val="00DD692C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="43ACA93F"/>
-  <w15:docId w15:val="{9F442764-129F-4C0D-9C6A-444F5AB2E69C}"/>
+  <w14:docId w14:val="60A603C8"/>
+  <w15:docId w15:val="{299B86D1-C97A-429F-931D-8312C21ED85C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1482,77 +1393,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF41C422-9634-4C2C-865E-A50403800B7E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD6A8E48-D82D-41CB-ABD5-89D9B56152DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>79</Words>
-  <Characters>451</Characters>
+  <Words>82</Words>
+  <Characters>468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>529</CharactersWithSpaces>
+  <CharactersWithSpaces>549</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>