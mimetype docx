--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,4443 +1,24133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...2898 lines deleted...]
-</w:document>
+<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+  <p:sldMasterIdLst>
+    <p:sldMasterId id="2147483821" r:id="rId1"/>
+  </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId17"/>
+  </p:notesMasterIdLst>
+  <p:handoutMasterIdLst>
+    <p:handoutMasterId r:id="rId18"/>
+  </p:handoutMasterIdLst>
+  <p:sldIdLst>
+    <p:sldId id="273" r:id="rId2"/>
+    <p:sldId id="271" r:id="rId3"/>
+    <p:sldId id="274" r:id="rId4"/>
+    <p:sldId id="265" r:id="rId5"/>
+    <p:sldId id="266" r:id="rId6"/>
+    <p:sldId id="276" r:id="rId7"/>
+    <p:sldId id="277" r:id="rId8"/>
+    <p:sldId id="278" r:id="rId9"/>
+    <p:sldId id="279" r:id="rId10"/>
+    <p:sldId id="280" r:id="rId11"/>
+    <p:sldId id="281" r:id="rId12"/>
+    <p:sldId id="282" r:id="rId13"/>
+    <p:sldId id="283" r:id="rId14"/>
+    <p:sldId id="284" r:id="rId15"/>
+    <p:sldId id="272" r:id="rId16"/>
+  </p:sldIdLst>
+  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
+  <p:notesSz cx="6761163" cy="9942513"/>
+  <p:defaultTextStyle>
+    <a:defPPr>
+      <a:defRPr lang="ru-RU"/>
+    </a:defPPr>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:presentation>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...59 lines deleted...]
-</w:fonts>
+<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
+  <p:clrMru>
+    <a:srgbClr val="FFFFFF"/>
+  </p:clrMru>
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
+    </p:ext>
+  </p:extLst>
+</p:presentationPr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...761 lines deleted...]
-</w:numbering>
+<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
+  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{6E25E649-3F16-4E02-A733-19D2CDBF48F0}" styleName="Средний стиль 3 - акцент 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="lt1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="dk1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="lt1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:seCell>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:seCell>
+    <a:swCell>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:swCell>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="25400" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{72833802-FEF1-4C79-8D5D-14CF1EAF98D9}" styleName="Светлый стиль 2 - акцент 2">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:bottom>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:right>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent2"/>
+            </a:lnRef>
+          </a:right>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="bg1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent2"/>
+        </a:fillRef>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+</a:tblStyleLst>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...40 lines deleted...]
-</w:settings>
+<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="20016" autoAdjust="0"/>
+    <p:restoredTop sz="94660"/>
+  </p:normalViewPr>
+  <p:slideViewPr>
+    <p:cSldViewPr>
+      <p:cViewPr>
+        <p:scale>
+          <a:sx n="77" d="100"/>
+          <a:sy n="77" d="100"/>
+        </p:scale>
+        <p:origin x="-912" y="192"/>
+      </p:cViewPr>
+      <p:guideLst>
+        <p:guide orient="horz" pos="2160"/>
+        <p:guide pos="2880"/>
+      </p:guideLst>
+    </p:cSldViewPr>
+  </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
+  <p:gridSpacing cx="72008" cy="72008"/>
+</p:viewPr>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...254 lines deleted...]
-</w:styles>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...252 lines deleted...]
-</w:styles>
+<file path=ppt/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-</w:webSettings>
+<file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.testcenter.kz/schools/voud-so-spec" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
 </file>
 
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E3973A33-2421-4A94-A291-CDC634713A51}">
+      <dgm:prSet phldrT="[Текст]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+            <a:t>Министерство образования и науки Республики Казахстан</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>www.edu.gov.kz</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:solidFill>
+              <a:srgbClr val="FFFF00"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F95AE977-B8B2-4B62-B311-4705446D2472}" type="parTrans" cxnId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}" type="sibTrans" cxnId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}">
+      <dgm:prSet phldrT="[Текст]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" b="1" i="0" dirty="0" smtClean="0"/>
+            <a:t>Комитет по контролю в сфере образования и науки</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" b="1" i="0" dirty="0" smtClean="0"/>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" b="1" i="0" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>http://control.edu.gov.kz</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:solidFill>
+              <a:srgbClr val="FFFF00"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{FA91885D-6124-4D2F-B7AE-01EA36056219}" type="parTrans" cxnId="{AD5037F2-FC79-442B-A796-8461C9A88854}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DDDE7A55-8075-4943-A1F4-DCEAA0F3CE75}" type="sibTrans" cxnId="{AD5037F2-FC79-442B-A796-8461C9A88854}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}">
+      <dgm:prSet phldrT="[Текст]"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+            <a:t>Национальный центр тестирования </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>www.testcenter.kz</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:solidFill>
+              <a:srgbClr val="FFFF00"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" type="parTrans" cxnId="{3E7EF008-0BCA-410C-8805-E4558A633095}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8EA337D6-9C2C-427F-B309-7E3FCEF75687}" type="sibTrans" cxnId="{3E7EF008-0BCA-410C-8805-E4558A633095}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="7"/>
+          <dgm:chPref val="7"/>
+          <dgm:dir/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="Name1" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="cycle" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F58888AA-C3A0-44DC-B62D-E45A337B7D27}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="srcNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="conn" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{6F1C1432-889E-47F5-B6BC-52C6B64BB40E}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="extraNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{46AE0239-B959-40BF-9574-89C4CA3A04F0}" type="pres">
+      <dgm:prSet presAssocID="{8FCC6302-3135-4CE6-9158-9B70F686B452}" presName="dstNode" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" type="pres">
+      <dgm:prSet presAssocID="{E3973A33-2421-4A94-A291-CDC634713A51}" presName="text_1" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3" custLinFactNeighborX="-1334" custLinFactNeighborY="2745">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" type="pres">
+      <dgm:prSet presAssocID="{E3973A33-2421-4A94-A291-CDC634713A51}" presName="accent_1" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{CB92C861-BC29-46EE-B315-2F691F3D2D4B}" type="pres">
+      <dgm:prSet presAssocID="{E3973A33-2421-4A94-A291-CDC634713A51}" presName="accentRepeatNode" presStyleLbl="solidFgAcc1" presStyleIdx="0" presStyleCnt="3"/>
+      <dgm:spPr>
+        <a:blipFill rotWithShape="0">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3EA32ACD-017E-40DA-8198-0263CDE1C318}" type="pres">
+      <dgm:prSet presAssocID="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" presName="text_2" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C2BE13C6-7A1C-42DF-98E4-C2C44F43634A}" type="pres">
+      <dgm:prSet presAssocID="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" presName="accent_2" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{8B578487-38CF-4443-9139-BBDBD276CA9B}" type="pres">
+      <dgm:prSet presAssocID="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" presName="accentRepeatNode" presStyleLbl="solidFgAcc1" presStyleIdx="1" presStyleCnt="3"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{54E0F152-BB2B-4876-9440-7DAE6F4C3DAE}" type="pres">
+      <dgm:prSet presAssocID="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" presName="text_3" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{883E3A34-F222-41D0-878F-CF7BF2814E54}" type="pres">
+      <dgm:prSet presAssocID="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" presName="accent_3" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{47616E8E-EA5F-485F-A2E1-BA7416403221}" type="pres">
+      <dgm:prSet presAssocID="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" presName="accentRepeatNode" presStyleLbl="solidFgAcc1" presStyleIdx="2" presStyleCnt="3" custAng="0" custScaleX="105868" custScaleY="91872" custLinFactNeighborX="-9665" custLinFactNeighborY="5273"/>
+      <dgm:spPr>
+        <a:blipFill rotWithShape="0">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2">
+              <a:lumMod val="60000"/>
+              <a:lumOff val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{3E7EF008-0BCA-410C-8805-E4558A633095}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" srcOrd="2" destOrd="0" parTransId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" sibTransId="{8EA337D6-9C2C-427F-B309-7E3FCEF75687}"/>
+    <dgm:cxn modelId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{E3973A33-2421-4A94-A291-CDC634713A51}" srcOrd="0" destOrd="0" parTransId="{F95AE977-B8B2-4B62-B311-4705446D2472}" sibTransId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}"/>
+    <dgm:cxn modelId="{3824833E-19BB-47A4-B986-EEC0273AC169}" type="presOf" srcId="{E3973A33-2421-4A94-A291-CDC634713A51}" destId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{AD5037F2-FC79-442B-A796-8461C9A88854}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" srcOrd="1" destOrd="0" parTransId="{FA91885D-6124-4D2F-B7AE-01EA36056219}" sibTransId="{DDDE7A55-8075-4943-A1F4-DCEAA0F3CE75}"/>
+    <dgm:cxn modelId="{87C10098-1CE8-459A-A2E9-67847FF2AB97}" type="presOf" srcId="{E4DB8B9C-732E-4DF5-BE13-7F82E3DB22F9}" destId="{3EA32ACD-017E-40DA-8198-0263CDE1C318}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{30EB8700-C5B3-41C0-A4B1-2772307884BB}" type="presOf" srcId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" destId="{54E0F152-BB2B-4876-9440-7DAE6F4C3DAE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{F58AA50E-05EB-4168-83E3-788A1580AC92}" type="presOf" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{95994A50-F2A3-41DE-91EE-B10BF47F0105}" type="presOf" srcId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{1033CC2E-800E-4DC9-9B48-58BC4B40F60B}" type="presParOf" srcId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" destId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{21C2F0CF-8C66-4B48-B59D-8E24722B7C8A}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{AEF2D97B-8AB1-4510-B45C-206E511CBFEB}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{F58888AA-C3A0-44DC-B62D-E45A337B7D27}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{143F8C5D-31E6-415D-9869-ACAA23727DAD}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{B1369C6D-26D9-4401-9465-1CCBF1CA9524}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{6F1C1432-889E-47F5-B6BC-52C6B64BB40E}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E45C97C6-DC54-4BDD-8E65-20920332604B}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{46AE0239-B959-40BF-9574-89C4CA3A04F0}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{1D8F5B50-2303-4836-9B19-8B4993ED2AEC}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E288B27B-CF6A-42C1-8B7E-70A17865244D}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E19DEB6F-D486-45FB-B9C7-8FEE10FE1B6D}" type="presParOf" srcId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" destId="{CB92C861-BC29-46EE-B315-2F691F3D2D4B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{7DCB528C-D353-41BE-912E-CCA03003493E}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{3EA32ACD-017E-40DA-8198-0263CDE1C318}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{F3A0301C-482F-4D57-9104-3F160AD10BC6}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{C2BE13C6-7A1C-42DF-98E4-C2C44F43634A}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{F382E7EE-CC00-473A-9CD4-8423DD3C332C}" type="presParOf" srcId="{C2BE13C6-7A1C-42DF-98E4-C2C44F43634A}" destId="{8B578487-38CF-4443-9139-BBDBD276CA9B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{5C725EE3-F8EE-42C1-94C4-D778D7C9E1E4}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{54E0F152-BB2B-4876-9440-7DAE6F4C3DAE}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{E6ADD4B5-E124-4939-9AA7-C6D5C53F2062}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{883E3A34-F222-41D0-878F-CF7BF2814E54}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{B8FB66B6-8A82-4D2C-976C-4EC10160EB4F}" type="presParOf" srcId="{883E3A34-F222-41D0-878F-CF7BF2814E54}" destId="{47616E8E-EA5F-485F-A2E1-BA7416403221}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId8" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E061021D-D9D3-49B1-BBF6-3B82B830A086}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200" b="1" dirty="0" smtClean="0"/>
+            <a:t>https://vk.com/testcenterkz</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E9E5590D-E65F-4E30-BE67-D98D0F34E746}" type="parTrans" cxnId="{6DCAF9E8-E8A1-41A3-8356-6B58EC58C6F4}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}" type="sibTrans" cxnId="{6DCAF9E8-E8A1-41A3-8356-6B58EC58C6F4}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200" b="1" dirty="0" smtClean="0"/>
+            <a:t>https://www.youtube.com/channel/UCzmZObVJTezesGyIEKw6h-Q</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BF30DC0C-6899-4CE0-B1C4-EED7B22BBEBF}" type="parTrans" cxnId="{5EE6C493-73AB-457A-B713-81944731E141}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{6F661F76-84DD-40BE-9466-860B061B4C1B}" type="sibTrans" cxnId="{5EE6C493-73AB-457A-B713-81944731E141}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EB943743-2582-4DE8-BC4F-37924C393DE2}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200" b="1" dirty="0" smtClean="0"/>
+            <a:t>https://www.facebook.com/testcenterkz</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{03C5BD19-BBB3-40EA-A965-BE4CF0DAE237}" type="parTrans" cxnId="{FB5A3883-F969-492A-96BC-A6EF078A6378}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}" type="sibTrans" cxnId="{FB5A3883-F969-492A-96BC-A6EF078A6378}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}">
+      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200" b="1" dirty="0" smtClean="0"/>
+            <a:t>/https://instagram.com/testcenterkz</a:t>
+          </a:r>
+          <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BD3C4DEE-3CCC-4351-B5CD-20259082C7C2}" type="parTrans" cxnId="{CFBDB73D-2BF3-41EB-855D-7FEE1A057855}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A55C7981-9239-46AC-A261-5C2804C0BE05}" type="sibTrans" cxnId="{CFBDB73D-2BF3-41EB-855D-7FEE1A057855}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" type="pres">
+      <dgm:prSet presAssocID="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" type="pres">
+      <dgm:prSet presAssocID="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" presName="compNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{347A9FB5-B669-45E2-B0AC-995E290E7431}" type="pres">
+      <dgm:prSet presAssocID="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" presName="pictRect" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4" custScaleX="79792" custScaleY="110448" custLinFactNeighborX="-20749" custLinFactNeighborY="-6184"/>
+      <dgm:spPr>
+        <a:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{0DC3F1AA-288A-4076-9F6F-B8D0AFD3EAC8}" type="pres">
+      <dgm:prSet presAssocID="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" presName="textRect" presStyleLbl="revTx" presStyleIdx="0" presStyleCnt="4" custScaleX="172794">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F844F5FA-A214-4D69-BD2E-296A619D80D0}" type="pres">
+      <dgm:prSet presAssocID="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="0"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" type="pres">
+      <dgm:prSet presAssocID="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" presName="compNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{58EE4375-82F2-48E3-8A56-8EAFE9363A0E}" type="pres">
+      <dgm:prSet presAssocID="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" presName="pictRect" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4" custScaleX="82538" custScaleY="112262" custLinFactX="-100000" custLinFactY="72998" custLinFactNeighborX="-117351" custLinFactNeighborY="100000"/>
+      <dgm:spPr>
+        <a:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{31E1D1FF-3168-4E52-9D38-5BC5C36BC553}" type="pres">
+      <dgm:prSet presAssocID="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" presName="textRect" presStyleLbl="revTx" presStyleIdx="1" presStyleCnt="4" custScaleX="207576" custScaleY="130687">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{417D350E-6144-4023-9190-1C5535130A80}" type="pres">
+      <dgm:prSet presAssocID="{6F661F76-84DD-40BE-9466-860B061B4C1B}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="0"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3224AA3A-0736-49E3-A36C-78F44843844E}" type="pres">
+      <dgm:prSet presAssocID="{EB943743-2582-4DE8-BC4F-37924C393DE2}" presName="compNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{31C44C52-2F94-41D0-A7D7-A59DE144B483}" type="pres">
+      <dgm:prSet presAssocID="{EB943743-2582-4DE8-BC4F-37924C393DE2}" presName="pictRect" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custScaleX="77269" custScaleY="107950" custLinFactX="82167" custLinFactY="-84408" custLinFactNeighborX="100000" custLinFactNeighborY="-100000"/>
+      <dgm:spPr>
+        <a:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{11974E53-646F-4817-8917-37EF49BE2D55}" type="pres">
+      <dgm:prSet presAssocID="{EB943743-2582-4DE8-BC4F-37924C393DE2}" presName="textRect" presStyleLbl="revTx" presStyleIdx="2" presStyleCnt="4" custScaleX="172794" custLinFactNeighborX="-47586" custLinFactNeighborY="774">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1A81D881-B529-4590-8762-5F995AA815B3}" type="pres">
+      <dgm:prSet presAssocID="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="0"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" type="pres">
+      <dgm:prSet presAssocID="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" presName="compNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4F46B714-825A-4A10-A2AE-DEBCB6F8E2FE}" type="pres">
+      <dgm:prSet presAssocID="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" presName="pictRect" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4" custScaleX="69494" custScaleY="108173" custLinFactNeighborX="1999" custLinFactNeighborY="-4646"/>
+      <dgm:spPr>
+        <a:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+      </dgm:spPr>
+    </dgm:pt>
+    <dgm:pt modelId="{F075B156-A7CE-4506-9444-7045546E7822}" type="pres">
+      <dgm:prSet presAssocID="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" presName="textRect" presStyleLbl="revTx" presStyleIdx="3" presStyleCnt="4" custScaleX="172794" custLinFactNeighborX="-11519" custLinFactNeighborY="774">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="ru-RU"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{5EE6C493-73AB-457A-B713-81944731E141}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" srcOrd="1" destOrd="0" parTransId="{BF30DC0C-6899-4CE0-B1C4-EED7B22BBEBF}" sibTransId="{6F661F76-84DD-40BE-9466-860B061B4C1B}"/>
+    <dgm:cxn modelId="{FB5A3883-F969-492A-96BC-A6EF078A6378}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{EB943743-2582-4DE8-BC4F-37924C393DE2}" srcOrd="2" destOrd="0" parTransId="{03C5BD19-BBB3-40EA-A965-BE4CF0DAE237}" sibTransId="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}"/>
+    <dgm:cxn modelId="{58EED67B-7BFE-4A46-B70F-CAD2D90188FD}" type="presOf" srcId="{6F661F76-84DD-40BE-9466-860B061B4C1B}" destId="{417D350E-6144-4023-9190-1C5535130A80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{30395008-0367-49C2-BD70-C3370104B43E}" type="presOf" srcId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" destId="{31E1D1FF-3168-4E52-9D38-5BC5C36BC553}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{64803302-4E4F-4A06-A748-019045BC8583}" type="presOf" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{6DCAF9E8-E8A1-41A3-8356-6B58EC58C6F4}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" srcOrd="0" destOrd="0" parTransId="{E9E5590D-E65F-4E30-BE67-D98D0F34E746}" sibTransId="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}"/>
+    <dgm:cxn modelId="{51F5F352-531E-43A4-94BE-481FB43B90EF}" type="presOf" srcId="{EB943743-2582-4DE8-BC4F-37924C393DE2}" destId="{11974E53-646F-4817-8917-37EF49BE2D55}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{0FD5B785-9BE7-4290-BD7E-2219C420B909}" type="presOf" srcId="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}" destId="{1A81D881-B529-4590-8762-5F995AA815B3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{48490967-4A0B-4C90-ACDD-87C3A4A2814A}" type="presOf" srcId="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}" destId="{F844F5FA-A214-4D69-BD2E-296A619D80D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{CFBDB73D-2BF3-41EB-855D-7FEE1A057855}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" srcOrd="3" destOrd="0" parTransId="{BD3C4DEE-3CCC-4351-B5CD-20259082C7C2}" sibTransId="{A55C7981-9239-46AC-A261-5C2804C0BE05}"/>
+    <dgm:cxn modelId="{F3976A14-9172-4CA6-A02C-3890CDA94680}" type="presOf" srcId="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" destId="{0DC3F1AA-288A-4076-9F6F-B8D0AFD3EAC8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{35FC585D-92CC-4210-AF9D-BBD4546B668C}" type="presOf" srcId="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" destId="{F075B156-A7CE-4506-9444-7045546E7822}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{4A867F4C-78C7-4916-96DF-CE2B523F08AB}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{565E0418-B498-474A-B96D-37442D44E495}" type="presParOf" srcId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" destId="{347A9FB5-B669-45E2-B0AC-995E290E7431}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{9023D6B4-6D75-49DD-B416-E087E83B16DB}" type="presParOf" srcId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" destId="{0DC3F1AA-288A-4076-9F6F-B8D0AFD3EAC8}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{65FC04CD-90BC-4546-8472-24BEA8FEDEF4}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{F844F5FA-A214-4D69-BD2E-296A619D80D0}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{2762885E-F3BA-4B5B-87EA-8C2D79022F26}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{33DA67DE-3A53-41F4-8747-030DE4C4E732}" type="presParOf" srcId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" destId="{58EE4375-82F2-48E3-8A56-8EAFE9363A0E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{FF132B1C-97B5-4E0C-813D-5F60D17A85C0}" type="presParOf" srcId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" destId="{31E1D1FF-3168-4E52-9D38-5BC5C36BC553}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{16203A71-8677-4DD7-9D78-698F9C1EB81C}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{417D350E-6144-4023-9190-1C5535130A80}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{54BA0FE8-BAF8-47DF-85C3-CDDBB044AFD3}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{3224AA3A-0736-49E3-A36C-78F44843844E}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{1C2C71A6-EA10-4013-9118-C22034B763C3}" type="presParOf" srcId="{3224AA3A-0736-49E3-A36C-78F44843844E}" destId="{31C44C52-2F94-41D0-A7D7-A59DE144B483}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{CD677D83-48EF-4110-AD79-47FD640FA4A6}" type="presParOf" srcId="{3224AA3A-0736-49E3-A36C-78F44843844E}" destId="{11974E53-646F-4817-8917-37EF49BE2D55}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{86557A09-F894-4FF5-806A-B0EDF4DCD272}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{1A81D881-B529-4590-8762-5F995AA815B3}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{9C1D2612-F460-44D3-A66C-682E1F38CB4E}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{C1F939C0-F7DB-4D4D-8112-733FEA314FC7}" type="presParOf" srcId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" destId="{4F46B714-825A-4A10-A2AE-DEBCB6F8E2FE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{172801F3-2F35-47D7-95D2-30420411A720}" type="presParOf" srcId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" destId="{F075B156-A7CE-4506-9444-7045546E7822}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="list" pri="20000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:chMax val="7"/>
+      <dgm:chPref val="7"/>
+      <dgm:dir/>
+    </dgm:varLst>
+    <dgm:alg type="composite"/>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" refType="h" refFor="ch" op="gte" fact="0.8"/>
+    </dgm:constrLst>
+    <dgm:layoutNode name="Name1">
+      <dgm:alg type="composite"/>
+      <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+        <dgm:adjLst/>
+      </dgm:shape>
+      <dgm:choose name="Name2">
+        <dgm:if name="Name3" func="var" arg="dir" op="equ" val="norm">
+          <dgm:choose name="Name4">
+            <dgm:if name="Name5" axis="ch" ptType="node" func="cnt" op="equ" val="1">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.625"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name6" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2857"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1891"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.7143"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1891"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name7" axis="ch" ptType="node" func="cnt" op="equ" val="3">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1526"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.8"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.1526"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name8" axis="ch" ptType="node" func="cnt" op="equ" val="4">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1538"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1268"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3846"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.215"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.6154"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.215"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.8462"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.1268"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name9" axis="ch" ptType="node" func="cnt" op="equ" val="5">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.1082"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1978"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.6875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.1978"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="h" fact="0.1082"/>
+                <dgm:constr type="l" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name10" axis="ch" ptType="node" func="cnt" op="equ" val="6">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1053"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.0943"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2632"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1809"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.4211"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.2205"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5789"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.2205"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.7368"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="h" fact="0.1809"/>
+                <dgm:constr type="l" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.8947"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="h" fact="0.0943"/>
+                <dgm:constr type="l" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name11">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="l" for="ch" forName="cycle"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.0909"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="h" fact="0.0835"/>
+                <dgm:constr type="l" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2273"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="h" fact="0.1658"/>
+                <dgm:constr type="l" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.3636"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="h" fact="0.2109"/>
+                <dgm:constr type="l" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="h" fact="0.2253"/>
+                <dgm:constr type="l" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.6364"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="h" fact="0.2109"/>
+                <dgm:constr type="l" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.7727"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="h" fact="0.1658"/>
+                <dgm:constr type="l" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_7" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_7" refType="h" refFor="ch" refForName="accent_7" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_7" refType="h" fact="0.9091"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_7" refType="h" fact="0.0835"/>
+                <dgm:constr type="l" for="ch" forName="text_7" refType="ctrX" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="r" for="ch" forName="text_7" refType="w"/>
+                <dgm:constr type="w" for="ch" forName="text_7" refType="h" refFor="ch" refForName="text_7" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_7" refType="h" refFor="ch" refForName="accent_7" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_7" refType="ctrY" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="lMarg" for="ch" forName="text_7" refType="w" refFor="ch" refForName="accent_7" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+        </dgm:if>
+        <dgm:else name="Name12">
+          <dgm:choose name="Name13">
+            <dgm:if name="Name14" axis="ch" ptType="node" func="cnt" op="equ" val="1">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.625"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name15" axis="ch" ptType="node" func="cnt" op="equ" val="2">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2857"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1891"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.3571"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.7143"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1891"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name16" axis="ch" ptType="node" func="cnt" op="equ" val="3">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.2"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1526"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.25"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.8"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.1526"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name17" axis="ch" ptType="node" func="cnt" op="equ" val="4">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1538"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1268"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3846"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.215"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.6154"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.215"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1923"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.8462"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.1268"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name18" axis="ch" ptType="node" func="cnt" op="equ" val="5">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.1082"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.3125"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1978"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.6875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.1978"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1563"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.875"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_5" refType="h" fact="-0.1082"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rOff" for="ch" forName="text_5" refType="ctrXOff" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="l" for="ch" forName="text_5"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:if name="Name19" axis="ch" ptType="node" func="cnt" op="equ" val="6">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.1053"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.0943"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2632"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1809"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.4211"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.2205"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5789"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.2205"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.7368"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_5" refType="h" fact="-0.1809"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rOff" for="ch" forName="text_5" refType="ctrXOff" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="l" for="ch" forName="text_5"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1316"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.8947"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_6" refType="h" fact="-0.0943"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rOff" for="ch" forName="text_6" refType="ctrXOff" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="l" for="ch" forName="text_6"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:if>
+            <dgm:else name="Name20">
+              <dgm:constrLst>
+                <dgm:constr type="h" for="ch" forName="cycle" refType="h"/>
+                <dgm:constr type="w" for="ch" forName="cycle" refType="h" refFor="ch" refForName="cycle" fact="0.26"/>
+                <dgm:constr type="r" for="ch" forName="cycle" refType="w"/>
+                <dgm:constr type="ctrY" for="ch" forName="cycle" refType="h" fact="0.5"/>
+                <dgm:constr type="diam" for="ch" forName="cycle" refType="h" fact="1.344"/>
+                <dgm:constr type="h" for="ch" forName="accent_1" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_1" refType="h" refFor="ch" refForName="accent_1" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_1" refType="h" fact="0.0909"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_1" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_1" refType="h" fact="-0.0835"/>
+                <dgm:constr type="r" for="ch" forName="text_1" refType="ctrX" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rOff" for="ch" forName="text_1" refType="ctrXOff" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="l" for="ch" forName="text_1"/>
+                <dgm:constr type="w" for="ch" forName="text_1" refType="h" refFor="ch" refForName="text_1" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_1" refType="h" refFor="ch" refForName="accent_1" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_1" refType="ctrY" refFor="ch" refForName="accent_1"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_1" refType="w" refFor="ch" refForName="accent_1" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_2" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_2" refType="h" refFor="ch" refForName="accent_2" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_2" refType="h" fact="0.2273"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_2" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_2" refType="h" fact="-0.1658"/>
+                <dgm:constr type="r" for="ch" forName="text_2" refType="ctrX" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rOff" for="ch" forName="text_2" refType="ctrXOff" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="l" for="ch" forName="text_2"/>
+                <dgm:constr type="w" for="ch" forName="text_2" refType="h" refFor="ch" refForName="text_2" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_2" refType="h" refFor="ch" refForName="accent_2" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_2" refType="ctrY" refFor="ch" refForName="accent_2"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_2" refType="w" refFor="ch" refForName="accent_2" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_3" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_3" refType="h" refFor="ch" refForName="accent_3" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_3" refType="h" fact="0.3636"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_3" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_3" refType="h" fact="-0.2109"/>
+                <dgm:constr type="r" for="ch" forName="text_3" refType="ctrX" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rOff" for="ch" forName="text_3" refType="ctrXOff" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="l" for="ch" forName="text_3"/>
+                <dgm:constr type="w" for="ch" forName="text_3" refType="h" refFor="ch" refForName="text_3" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_3" refType="h" refFor="ch" refForName="accent_3" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_3" refType="ctrY" refFor="ch" refForName="accent_3"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_3" refType="w" refFor="ch" refForName="accent_3" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_4" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_4" refType="h" refFor="ch" refForName="accent_4" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_4" refType="h" fact="0.5"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_4" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_4" refType="h" fact="-0.2253"/>
+                <dgm:constr type="r" for="ch" forName="text_4" refType="ctrX" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rOff" for="ch" forName="text_4" refType="ctrXOff" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="l" for="ch" forName="text_4"/>
+                <dgm:constr type="w" for="ch" forName="text_4" refType="h" refFor="ch" refForName="text_4" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_4" refType="h" refFor="ch" refForName="accent_4" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_4" refType="ctrY" refFor="ch" refForName="accent_4"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_4" refType="w" refFor="ch" refForName="accent_4" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_5" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_5" refType="h" refFor="ch" refForName="accent_5" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_5" refType="h" fact="0.6364"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_5" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_5" refType="h" fact="-0.2109"/>
+                <dgm:constr type="r" for="ch" forName="text_5" refType="ctrX" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rOff" for="ch" forName="text_5" refType="ctrXOff" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="l" for="ch" forName="text_5"/>
+                <dgm:constr type="w" for="ch" forName="text_5" refType="h" refFor="ch" refForName="text_5" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_5" refType="h" refFor="ch" refForName="accent_5" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_5" refType="ctrY" refFor="ch" refForName="accent_5"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_5" refType="w" refFor="ch" refForName="accent_5" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_6" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_6" refType="h" refFor="ch" refForName="accent_6" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_6" refType="h" fact="0.7727"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_6" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_6" refType="h" fact="-0.1658"/>
+                <dgm:constr type="r" for="ch" forName="text_6" refType="ctrX" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rOff" for="ch" forName="text_6" refType="ctrXOff" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="l" for="ch" forName="text_6"/>
+                <dgm:constr type="w" for="ch" forName="text_6" refType="h" refFor="ch" refForName="text_6" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_6" refType="h" refFor="ch" refForName="accent_6" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_6" refType="ctrY" refFor="ch" refForName="accent_6"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_6" refType="w" refFor="ch" refForName="accent_6" fact="1.8"/>
+                <dgm:constr type="h" for="ch" forName="accent_7" refType="h" fact="0.1136"/>
+                <dgm:constr type="w" for="ch" forName="accent_7" refType="h" refFor="ch" refForName="accent_7" op="equ"/>
+                <dgm:constr type="ctrY" for="ch" forName="accent_7" refType="h" fact="0.9091"/>
+                <dgm:constr type="ctrX" for="ch" forName="accent_7" refType="w"/>
+                <dgm:constr type="ctrXOff" for="ch" forName="accent_7" refType="h" fact="-0.0835"/>
+                <dgm:constr type="r" for="ch" forName="text_7" refType="ctrX" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="rOff" for="ch" forName="text_7" refType="ctrXOff" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="l" for="ch" forName="text_7"/>
+                <dgm:constr type="w" for="ch" forName="text_7" refType="h" refFor="ch" refForName="text_7" op="gte"/>
+                <dgm:constr type="h" for="ch" forName="text_7" refType="h" refFor="ch" refForName="accent_7" fact="0.8"/>
+                <dgm:constr type="ctrY" for="ch" forName="text_7" refType="ctrY" refFor="ch" refForName="accent_7"/>
+                <dgm:constr type="rMarg" for="ch" forName="text_7" refType="w" refFor="ch" refForName="accent_7" fact="1.8"/>
+                <dgm:constr type="primFontSz" for="ch" ptType="node" op="equ" val="65"/>
+              </dgm:constrLst>
+            </dgm:else>
+          </dgm:choose>
+        </dgm:else>
+      </dgm:choose>
+      <dgm:layoutNode name="cycle">
+        <dgm:choose name="Name21">
+          <dgm:if name="Name22" func="var" arg="dir" op="equ" val="norm">
+            <dgm:alg type="cycle">
+              <dgm:param type="stAng" val="45"/>
+              <dgm:param type="spanAng" val="90"/>
+            </dgm:alg>
+          </dgm:if>
+          <dgm:else name="Name23">
+            <dgm:alg type="cycle">
+              <dgm:param type="stAng" val="225"/>
+              <dgm:param type="spanAng" val="90"/>
+            </dgm:alg>
+          </dgm:else>
+        </dgm:choose>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst>
+          <dgm:constr type="w" for="ch" val="1"/>
+          <dgm:constr type="h" for="ch" val="1"/>
+          <dgm:constr type="diam" for="ch" forName="conn" refType="diam"/>
+        </dgm:constrLst>
+        <dgm:layoutNode name="srcNode">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="conn" styleLbl="parChTrans1D2">
+          <dgm:alg type="conn">
+            <dgm:param type="connRout" val="curve"/>
+            <dgm:param type="srcNode" val="srcNode"/>
+            <dgm:param type="dstNode" val="dstNode"/>
+            <dgm:param type="begPts" val="ctr"/>
+            <dgm:param type="endPts" val="ctr"/>
+            <dgm:param type="endSty" val="noArr"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="sibTrans" hideLastTrans="0" st="0" cnt="1"/>
+          <dgm:constrLst>
+            <dgm:constr type="begPad"/>
+            <dgm:constr type="endPad"/>
+          </dgm:constrLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="extraNode">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="dstNode">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+        </dgm:layoutNode>
+      </dgm:layoutNode>
+      <dgm:forEach name="wrapper" axis="self" ptType="parTrans">
+        <dgm:forEach name="wrapper2" axis="self" ptType="sibTrans" st="2">
+          <dgm:forEach name="accentRepeat" axis="self">
+            <dgm:layoutNode name="accentRepeatNode" styleLbl="solidFgAcc1">
+              <dgm:alg type="sp"/>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="ellipse" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:forEach>
+      <dgm:forEach name="Name24" axis="ch" ptType="node" cnt="1">
+        <dgm:layoutNode name="text_1" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name25">
+            <dgm:if name="Name26" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name27">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_1">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name28" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name29" axis="ch" ptType="node" st="2" cnt="1">
+        <dgm:layoutNode name="text_2" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name30">
+            <dgm:if name="Name31" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name32">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_2">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name33" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name34" axis="ch" ptType="node" st="3" cnt="1">
+        <dgm:layoutNode name="text_3" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name35">
+            <dgm:if name="Name36" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name37">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_3">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name38" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name39" axis="ch" ptType="node" st="4" cnt="1">
+        <dgm:layoutNode name="text_4" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name40">
+            <dgm:if name="Name41" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name42">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_4">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name43" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name44" axis="ch" ptType="node" st="5" cnt="1">
+        <dgm:layoutNode name="text_5" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name45">
+            <dgm:if name="Name46" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name47">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_5">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name48" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name49" axis="ch" ptType="node" st="6" cnt="1">
+        <dgm:layoutNode name="text_6" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name50">
+            <dgm:if name="Name51" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name52">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_6">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name53" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+      <dgm:forEach name="Name54" axis="ch" ptType="node" st="7" cnt="1">
+        <dgm:layoutNode name="text_7" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:choose name="Name55">
+            <dgm:if name="Name56" func="var" arg="dir" op="equ" val="norm">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="l"/>
+                <dgm:param type="shpTxLTRAlignCh" val="l"/>
+                <dgm:param type="parTxRTLAlign" val="l"/>
+                <dgm:param type="shpTxRTLAlignCh" val="l"/>
+              </dgm:alg>
+            </dgm:if>
+            <dgm:else name="Name57">
+              <dgm:alg type="tx">
+                <dgm:param type="parTxLTRAlign" val="r"/>
+                <dgm:param type="shpTxLTRAlignCh" val="r"/>
+                <dgm:param type="parTxRTLAlign" val="r"/>
+                <dgm:param type="shpTxRTLAlignCh" val="r"/>
+              </dgm:alg>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="primFontSz" val="65"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="accent_7">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:forEach name="Name58" ref="accentRepeat"/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:layoutNode>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="list" pri="2000"/>
+    <dgm:cat type="picture" pri="2500"/>
+    <dgm:cat type="pictureconvert" pri="2500"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="7" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="9" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="10" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData useDef="1">
+    <dgm:dataModel>
+      <dgm:ptLst/>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" axis="self" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="snake">
+          <dgm:param type="grDir" val="tL"/>
+          <dgm:param type="flowDir" val="row"/>
+          <dgm:param type="contDir" val="sameDir"/>
+          <dgm:param type="off" val="ctr"/>
+          <dgm:param type="vertAlign" val="mid"/>
+          <dgm:param type="horzAlign" val="ctr"/>
+        </dgm:alg>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="snake">
+          <dgm:param type="grDir" val="tR"/>
+          <dgm:param type="flowDir" val="row"/>
+          <dgm:param type="contDir" val="sameDir"/>
+          <dgm:param type="off" val="ctr"/>
+          <dgm:param type="vertAlign" val="mid"/>
+          <dgm:param type="horzAlign" val="ctr"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" forName="compNode" refType="w"/>
+      <dgm:constr type="w" for="ch" ptType="sibTrans" refType="w" refFor="ch" refForName="compNode" op="equ" fact="0.1"/>
+      <dgm:constr type="sp" refType="w" refFor="ch" refForName="compNode" op="equ" fact="0.1"/>
+      <dgm:constr type="primFontSz" for="des" ptType="node" op="equ" val="65"/>
+    </dgm:constrLst>
+    <dgm:ruleLst/>
+    <dgm:forEach name="Name4" axis="ch" ptType="node">
+      <dgm:layoutNode name="compNode">
+        <dgm:alg type="composite">
+          <dgm:param type="ar" val="0.943"/>
+        </dgm:alg>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf axis="self"/>
+        <dgm:constrLst>
+          <dgm:constr type="h" refType="w" fact="1.06"/>
+          <dgm:constr type="h" for="ch" forName="pictRect" refType="h" fact="0.65"/>
+          <dgm:constr type="w" for="ch" forName="pictRect" refType="w"/>
+          <dgm:constr type="l" for="ch" forName="pictRect"/>
+          <dgm:constr type="t" for="ch" forName="pictRect"/>
+          <dgm:constr type="w" for="ch" forName="textRect" refType="w"/>
+          <dgm:constr type="h" for="ch" forName="textRect" refType="h" fact="0.35"/>
+          <dgm:constr type="l" for="ch" forName="textRect"/>
+          <dgm:constr type="t" for="ch" forName="textRect" refType="b" refFor="ch" refForName="pictRect"/>
+        </dgm:constrLst>
+        <dgm:ruleLst/>
+        <dgm:layoutNode name="pictRect">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="" blipPhldr="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="textRect" styleLbl="revTx">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx">
+            <dgm:param type="txAnchorVert" val="t"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="desOrSelf" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="bMarg"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+      </dgm:layoutNode>
+      <dgm:forEach name="Name5" axis="followSib" ptType="sibTrans" cnt="1">
+        <dgm:layoutNode name="sibTrans">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="" hideGeom="1">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="self"/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+</file>
+
+<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3829010" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{5DCAB58B-C418-4E33-B9C2-4FDFBCAFD4AF}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3829010" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{E4BE205F-24FC-4A2C-959B-DE980BBDF171}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="565687288"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+</p:handoutMaster>
+</file>
+
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3829010" y="0"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{0E2EBC5B-C855-47D1-A7AE-AEF5282546F7}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Образ слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="896938" y="746125"/>
+            <a:ext cx="4967287" cy="3727450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заметки 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="675801" y="4723251"/>
+            <a:ext cx="5409562" cy="4473654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3829010" y="9443321"/>
+            <a:ext cx="2930574" cy="497603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{00521665-3E37-431C-80BF-30AC168ECB65}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2502607412"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00521665-3E37-431C-80BF-30AC168ECB65}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2895209935"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
+  <p:cSld name="Титульный слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Заголовок 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1219200" y="3886200"/>
+            <a:ext cx="6858000" cy="990600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Подзаголовок 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1219200" y="5124450"/>
+            <a:ext cx="6858000" cy="533400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец подзаголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Дата 27"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6355080"/>
+            <a:ext cx="2286000" cy="365760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Нижний колонтитул 16"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2898648" y="6355080"/>
+            <a:ext cx="3474720" cy="365760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Номер слайда 28"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1216152" y="6355080"/>
+            <a:ext cx="1219200" cy="365760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Прямоугольник 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="904875" y="3648075"/>
+            <a:ext cx="7315200" cy="1280160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Прямоугольник 32"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5048250"/>
+            <a:ext cx="7315200" cy="685800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Прямоугольник 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="904875" y="3648075"/>
+            <a:ext cx="228600" cy="1280160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Прямоугольник 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="5048250"/>
+            <a:ext cx="228600" cy="685800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1670213554"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Заголовок и вертикальный текст">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2382044123"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Вертикальный заголовок и текст">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6629400" y="274638"/>
+            <a:ext cx="2057400" cy="5851525"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="6019800" cy="5851525"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямая соединительная линия 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="6353175"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Равнобедренный треугольник 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="419100" y="6467475"/>
+            <a:ext cx="190849" cy="120314"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Прямая соединительная линия 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm rot="5400000">
+            <a:off x="3629607" y="3201952"/>
+            <a:ext cx="5852160" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2403748130"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Заголовок и объект">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Объект 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1219200"/>
+            <a:ext cx="8229600" cy="4937760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3929614690"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="secHead" preserve="1">
+  <p:cSld name="Заголовок раздела">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1219200" y="2971800"/>
+            <a:ext cx="6858000" cy="1066800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:buNone/>
+              <a:defRPr sz="3200" b="0" cap="none" baseline="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1295400" y="4267200"/>
+            <a:ext cx="6781800" cy="1143000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6355080"/>
+            <a:ext cx="2286000" cy="365760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2898648" y="6355080"/>
+            <a:ext cx="3474720" cy="365760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1069848" y="6355080"/>
+            <a:ext cx="1520952" cy="365760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2819400"/>
+            <a:ext cx="7315200" cy="1280160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="2819400"/>
+            <a:ext cx="228600" cy="1280160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2973773985"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Два объекта">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="228600"/>
+            <a:ext cx="8229600" cy="914400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Объект 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1219200"/>
+            <a:ext cx="4041648" cy="4937760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Объект 10"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4632198" y="1216152"/>
+            <a:ext cx="4041648" cy="4937760"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="541784116"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Сравнение">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="228600"/>
+            <a:ext cx="8229600" cy="914400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1285875"/>
+            <a:ext cx="4040188" cy="685800"/>
+          </a:xfrm>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4648200" y="1295400"/>
+            <a:ext cx="4041775" cy="685800"/>
+          </a:xfrm>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" anchor="b" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Дата 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Нижний колонтитул 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Номер слайда 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Объект 10"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="2133600"/>
+            <a:ext cx="4038600" cy="4038600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Объект 12"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4648200" y="2133600"/>
+            <a:ext cx="4038600" cy="4038600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1818153580"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Только заголовок">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="228600"/>
+            <a:ext cx="8229600" cy="914400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Равнобедренный треугольник 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="419100" y="6467475"/>
+            <a:ext cx="190849" cy="120314"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4107100875"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="blank" preserve="1">
+  <p:cSld name="Пустой слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Дата 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Нижний колонтитул 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямая соединительная линия 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="6353175"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Равнобедренный треугольник 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="419100" y="6467475"/>
+            <a:ext cx="190849" cy="120314"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1139499464"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="objTx" preserve="1">
+  <p:cSld name="Объект с подписью">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6324600" y="304800"/>
+            <a:ext cx="2514600" cy="838200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6324600" y="1219200"/>
+            <a:ext cx="2514600" cy="4843463"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2200"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямая соединительная линия 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="6353175"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямая соединительная линия 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm rot="5400000">
+            <a:off x="3160645" y="3324225"/>
+            <a:ext cx="6035040" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Равнобедренный треугольник 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="419100" y="6467475"/>
+            <a:ext cx="190849" cy="120314"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Объект 11"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="304800"/>
+            <a:ext cx="5715000" cy="5715000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="526131950"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="picTx" preserve="1">
+  <p:cSld name="Рисунок с подписью">
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="500856"/>
+            <a:ext cx="8229600" cy="674688"/>
+          </a:xfrm>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="274320" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1905000"/>
+            <a:ext cx="8229600" cy="4270248"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Вставка рисунка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1219200"/>
+            <a:ext cx="8229600" cy="533400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямая соединительная линия 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="6353175"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Равнобедренный треугольник 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="419100" y="6467475"/>
+            <a:ext cx="190849" cy="120314"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="500856"/>
+            <a:ext cx="182880" cy="685800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="6350" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4182202701"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Заголовок 21"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="152400"/>
+            <a:ext cx="8229600" cy="990600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" anchor="b" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Текст 12"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1219200"/>
+            <a:ext cx="8229600" cy="4910328"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Дата 13"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6400800" y="6356350"/>
+            <a:ext cx="2289048" cy="365760"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kumimoji="0" sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B4C71EC6-210F-42DE-9C53-41977AD35B3D}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>14.02.2018</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Нижний колонтитул 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2898648" y="6356350"/>
+            <a:ext cx="3505200" cy="365760"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kumimoji="0" sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Номер слайда 22"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="612648" y="6356350"/>
+            <a:ext cx="1981200" cy="365760"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr kumimoji="0" sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B19B0651-EE4F-4900-A07F-96A6BFA9D0F0}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Прямая соединительная линия 27"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="6353175"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Прямая соединительная линия 28"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="1143000"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" compatLnSpc="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Равнобедренный треугольник 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="419100" y="6467475"/>
+            <a:ext cx="190849" cy="120314"/>
+          </a:xfrm>
+          <a:prstGeom prst="triangle">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="lt1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+            <a:endParaRPr kumimoji="0" lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3285424373"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483822" r:id="rId1"/>
+    <p:sldLayoutId id="2147483823" r:id="rId2"/>
+    <p:sldLayoutId id="2147483824" r:id="rId3"/>
+    <p:sldLayoutId id="2147483825" r:id="rId4"/>
+    <p:sldLayoutId id="2147483826" r:id="rId5"/>
+    <p:sldLayoutId id="2147483827" r:id="rId6"/>
+    <p:sldLayoutId id="2147483828" r:id="rId7"/>
+    <p:sldLayoutId id="2147483829" r:id="rId8"/>
+    <p:sldLayoutId id="2147483830" r:id="rId9"/>
+    <p:sldLayoutId id="2147483831" r:id="rId10"/>
+    <p:sldLayoutId id="2147483832" r:id="rId11"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr kumimoji="0" sz="3200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="274320" indent="-274320" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="600"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="76000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" sz="2600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="548640" indent="-274320" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent2"/>
+        </a:buClr>
+        <a:buSzPct val="76000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" sz="2300" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="822960" indent="-228600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="bg1">
+            <a:shade val="50000"/>
+          </a:schemeClr>
+        </a:buClr>
+        <a:buSzPct val="76000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1097280" indent="-228600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="400"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent2">
+            <a:shade val="75000"/>
+          </a:schemeClr>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1371600" indent="-228600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="300"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="1645920" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="300"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="9FB8CD">
+            <a:shade val="75000"/>
+          </a:srgbClr>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" lang="en-US" sz="1600" kern="1200" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="1828800" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="300"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="727CA3">
+            <a:shade val="75000"/>
+          </a:srgbClr>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" lang="en-US" sz="1400" kern="1200" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="2011680" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="300"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:prstClr val="white">
+            <a:shade val="50000"/>
+          </a:prstClr>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" lang="en-US" sz="1400" kern="1200" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="2194560" indent="-182880" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPts val="300"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="9FB8CD"/>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings 3"/>
+        <a:buChar char=""/>
+        <a:defRPr kumimoji="0" lang="en-US" sz="1200" kern="1200" smtClean="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:lvl1pPr marL="0" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr kumimoji="0" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+              <a:t>             </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="928670"/>
+            <a:ext cx="8229600" cy="5228290"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Организация и проведение внешней оценки учебных достижений в организациях общего среднего образования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="300022" y="0"/>
+            <a:ext cx="1500198" cy="797119"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1508085" y="163701"/>
+            <a:ext cx="7414544" cy="785818"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" anchor="b" anchorCtr="0">
+            <a:normAutofit fontScale="97500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Материалы для организации информационно-разъяснительной работы по подготовке к проведению внешней оценки учебных достижений в организациях общего среднего образования в РК 2018 году</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3357554" y="5357826"/>
+            <a:ext cx="2160588" cy="341312"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Астана - 2018</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Материалы по подготовке ВОУД СО</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571472" y="2714620"/>
+            <a:ext cx="4714908" cy="1500198"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Национальным центром тестирования выпускаются книжки для</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>пробного тестирования</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Рисунок 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5429256" y="2428868"/>
+            <a:ext cx="3143272" cy="3244850"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Скругленный прямоугольник 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571472" y="1214422"/>
+            <a:ext cx="8072494" cy="700086"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>На сайте НЦТ размещены примерные варианты тестовых заданий </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="AutoShape 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="152400"/>
+            <a:ext cx="8329642" cy="990600"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 16667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:ln>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Пробное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>онлайн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t> пробное тестирование</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>ВОУД СО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Скругленный прямоугольник 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="611560" y="1285860"/>
+            <a:ext cx="4460506" cy="1643074"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>Пробное тестирование – процедура, проводимая в целях оказания методической помощи, информирования  о технологии тестирования, правильного закрашивания листа ответа, в целом подготовки учащихся к тестированию</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Рисунок 16"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5072066" y="1216148"/>
+            <a:ext cx="3714776" cy="1852812"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+          <a:extLst/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Скругленный прямоугольник 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="3286124"/>
+            <a:ext cx="4286312" cy="2143140"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>● Пробное тестирование в режиме               </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>on-line</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t> проводиться  для учащихся                  9 классов в организаций среднего образования</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t>● Учащийся с помощью </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>онлайн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:t> тестирования знакомится с интерфейсом программы компьютерного тестирования и формирует навык работы</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500034" y="5857892"/>
+            <a:ext cx="8286808" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Более подробную информацию можете получить на сайте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>http://www.testcenter.kz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="611560" y="3212976"/>
+            <a:ext cx="4032448" cy="2304256"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent2"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent2"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Правила поведения учащихся в ходе тестирования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Содержимое 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестируемым не разрешается:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="214282" y="1928802"/>
+            <a:ext cx="8643998" cy="3207032"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="142875">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пересаживаться с места на место;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>открывать без разрешения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уполномоченн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ого </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>представителя Министерства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>представителя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДКСО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>материалы тестирования;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>производить обмен  материалами тестирования с другими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>обучающимися</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пользоваться калькулятором, справочной литературой (кроме таблицы Менделеева и таблицы растворимости солей), электронными записными книжками, корректирующими жидкостями и средствами мобильной связи;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>переговариваться и списывать у других </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>обучающихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, пользоваться шпаргалкой и другими справочными материалами; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выходить из аудитории без разрешения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уполномоченн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>представителя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Министерства и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ДКСО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Интернет-ресурсы и размещенные информации для участников ВОУД </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Группа 19"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noGrp="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="428596" y="2500306"/>
+            <a:ext cx="1928826" cy="1857388"/>
+            <a:chOff x="323528" y="1684033"/>
+            <a:chExt cx="2664296" cy="2255869"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="5" name="Рисунок 1"/>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId2">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="323528" y="1684033"/>
+              <a:ext cx="2664296" cy="2255869"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Рисунок 12" descr="Картинки по запросу картинки по теме интернет"/>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId3">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="451823" y="1779662"/>
+              <a:ext cx="2407705" cy="2066481"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Схема 6"/>
+          <p:cNvGraphicFramePr/>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2357422" y="1571612"/>
+          <a:ext cx="4000528" cy="3843770"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Группа 8"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6429388" y="2143116"/>
+            <a:ext cx="2590800" cy="471488"/>
+            <a:chOff x="4452782" y="931543"/>
+            <a:chExt cx="2591037" cy="471805"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Скругленный прямоугольник 8"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4452782" y="931543"/>
+              <a:ext cx="2591037" cy="471805"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="tx2">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="90000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="lt1">
+                <a:alpha val="90000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="dk1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Скругленный прямоугольник 6"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4476597" y="953783"/>
+              <a:ext cx="2543408" cy="427325"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="90000"/>
+                </a:lnSpc>
+                <a:spcAft>
+                  <a:spcPct val="35000"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:effectLst>
+                    <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                      <a:srgbClr val="000000">
+                        <a:alpha val="43137"/>
+                      </a:srgbClr>
+                    </a:outerShdw>
+                  </a:effectLst>
+                  <a:latin typeface="+mj-lt"/>
+                  <a:ea typeface="+mj-ea"/>
+                  <a:cs typeface="+mj-cs"/>
+                </a:rPr>
+                <a:t>Нормативные правовые </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:effectLst>
+                    <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                      <a:srgbClr val="000000">
+                        <a:alpha val="43137"/>
+                      </a:srgbClr>
+                    </a:outerShdw>
+                  </a:effectLst>
+                  <a:ea typeface="+mj-ea"/>
+                  <a:cs typeface="+mj-cs"/>
+                </a:rPr>
+                <a:t>документы</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="11" name="Группа 9"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6429388" y="2714620"/>
+            <a:ext cx="2590800" cy="471488"/>
+            <a:chOff x="4452782" y="1462324"/>
+            <a:chExt cx="2591037" cy="471805"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Скругленный прямоугольник 11"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4452782" y="1462324"/>
+              <a:ext cx="2591037" cy="471805"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Скругленный прямоугольник 8"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4476597" y="1484564"/>
+              <a:ext cx="2543408" cy="427325"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="90000"/>
+                </a:lnSpc>
+                <a:spcAft>
+                  <a:spcPct val="35000"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:effectLst>
+                    <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                      <a:srgbClr val="000000">
+                        <a:alpha val="43137"/>
+                      </a:srgbClr>
+                    </a:outerShdw>
+                  </a:effectLst>
+                  <a:ea typeface="+mj-ea"/>
+                  <a:cs typeface="+mj-cs"/>
+                </a:rPr>
+                <a:t>Правила проведения ВОУД</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="14" name="Группа 10"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6429388" y="3286124"/>
+            <a:ext cx="2590800" cy="471487"/>
+            <a:chOff x="4471619" y="1971286"/>
+            <a:chExt cx="2591037" cy="471805"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Скругленный прямоугольник 14"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4471619" y="1971286"/>
+              <a:ext cx="2591037" cy="471805"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Скругленный прямоугольник 10"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4495434" y="1993526"/>
+              <a:ext cx="2543408" cy="427325"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="dk1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="90000"/>
+                </a:lnSpc>
+                <a:spcAft>
+                  <a:spcPct val="35000"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:effectLst>
+                    <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                      <a:srgbClr val="000000">
+                        <a:alpha val="43137"/>
+                      </a:srgbClr>
+                    </a:outerShdw>
+                  </a:effectLst>
+                  <a:ea typeface="+mj-ea"/>
+                  <a:cs typeface="+mj-cs"/>
+                </a:rPr>
+                <a:t>Спецификация теста </a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="17" name="Группа 13"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6429388" y="3857628"/>
+            <a:ext cx="2590800" cy="471487"/>
+            <a:chOff x="4452782" y="2523886"/>
+            <a:chExt cx="2591037" cy="471805"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Скругленный прямоугольник 17"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4452782" y="2523886"/>
+              <a:ext cx="2591037" cy="471805"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="tx2">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="90000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:scrgbClr r="0" g="0" b="0"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="lt1">
+                <a:alpha val="90000"/>
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="dk1">
+                <a:hueOff val="0"/>
+                <a:satOff val="0"/>
+                <a:lumOff val="0"/>
+                <a:alphaOff val="0"/>
+              </a:schemeClr>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="Скругленный прямоугольник 12"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4476597" y="2546126"/>
+              <a:ext cx="2543408" cy="427325"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="90000"/>
+                </a:lnSpc>
+                <a:spcAft>
+                  <a:spcPct val="35000"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:effectLst>
+                    <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                      <a:srgbClr val="000000">
+                        <a:alpha val="43137"/>
+                      </a:srgbClr>
+                    </a:outerShdw>
+                  </a:effectLst>
+                  <a:ea typeface="+mj-ea"/>
+                  <a:cs typeface="+mj-cs"/>
+                </a:rPr>
+                <a:t>Примерные варианты тестовых заданий ВОУД</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="20" name="Группа 14"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6429388" y="4429132"/>
+            <a:ext cx="2590800" cy="471487"/>
+            <a:chOff x="4452782" y="3054667"/>
+            <a:chExt cx="2591037" cy="471805"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Скругленный прямоугольник 20"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4452782" y="3054667"/>
+              <a:ext cx="2591037" cy="471805"/>
+            </a:xfrm>
+            <a:prstGeom prst="roundRect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Скругленный прямоугольник 14"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4476597" y="3076907"/>
+              <a:ext cx="2543408" cy="427325"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr lIns="60960" tIns="60960" rIns="60960" bIns="60960" spcCol="1270" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr" defTabSz="711200" eaLnBrk="1" hangingPunct="1">
+                <a:lnSpc>
+                  <a:spcPct val="90000"/>
+                </a:lnSpc>
+                <a:spcAft>
+                  <a:spcPct val="35000"/>
+                </a:spcAft>
+                <a:defRPr/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:effectLst>
+                    <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                      <a:srgbClr val="000000">
+                        <a:alpha val="43137"/>
+                      </a:srgbClr>
+                    </a:outerShdw>
+                  </a:effectLst>
+                  <a:ea typeface="+mj-ea"/>
+                  <a:cs typeface="+mj-cs"/>
+                </a:rPr>
+                <a:t>Новости ВОУД</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="152400"/>
+            <a:ext cx="8229600" cy="684312"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В социальных сетях Национального центра тестирования</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Содержимое 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="442367635"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="323528" y="1916833"/>
+          <a:ext cx="4248472" cy="2798052"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+            <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Скругленный прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4572000" y="2060848"/>
+            <a:ext cx="4392612" cy="2592288"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Читатели могут найти ответы на все вопросы по организации и проведению ВОУД СО.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Данные источники информации будут предоставлять информацию об учебных материалах и способах подготовки к тестированию.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428596" y="5715016"/>
+            <a:ext cx="8286808" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Переход на социальную сеть можно легко осуществить нажатием кнопок на сайте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>www.testcenter.kz</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="467544" y="2276872"/>
+            <a:ext cx="8229600" cy="625624"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0"/>
+              <a:t>Спасибо за внимание!</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="153939421"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="500034" y="214290"/>
+            <a:ext cx="8286750" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Внешняя оценка учебных достижений (ВОУД) 2018 год</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="357158" y="571480"/>
+            <a:ext cx="8429684" cy="553998"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0"/>
+              <a:t>проводится в соответствии со статьей 55 Закона Республики Казахстан   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0" smtClean="0"/>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0"/>
+              <a:t>Об образовании» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" i="1" dirty="0" smtClean="0"/>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0" smtClean="0"/>
+              <a:t>от </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" i="1" dirty="0"/>
+              <a:t>27 июля 2007 года № 319-III</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Таблица 6"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2585251645"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="500034" y="1500174"/>
+          <a:ext cx="8305717" cy="4953142"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2444821"/>
+                <a:gridCol w="1953632"/>
+                <a:gridCol w="2049777"/>
+                <a:gridCol w="1857487"/>
+              </a:tblGrid>
+              <a:tr h="449730">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Основная цель:</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>ВОУД проводится:</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1100" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="3744749">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>оценить качества образовательных услуг и определить уровень освоения обучающимися общеобразовательных учебных программ начального, основного среднего, общего среднего и высшего образования, предусмотренных государственными общеобязательными стандартами</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="just">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>в начальной школе - выборочно с целью мониторинга учебных достижений</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>в основной школе – выборочно с целью мониторинга учебных достижений и оценки эффективности организации учебного процесса</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>в общей средней школе – с целью оценивания уровня учебных достижений</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="kk-KZ" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="115000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="91445" marR="91445" marT="34286" marB="34286" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4027749693"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Организация ВОУД СО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2700" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="84602" t="8095" r="4677" b="74319"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3379129" y="1311088"/>
+            <a:ext cx="835681" cy="502763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="500034" y="1428736"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="857224" y="1357298"/>
+            <a:ext cx="2857520" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Где проводит</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ь</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ВОУД </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0"/>
+              <a:t>СО?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="866722" y="1823956"/>
+            <a:ext cx="8169773" cy="615553"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВОУД СО проводится на базе организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в которых  обучаются тестируемые</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="866722" y="2780793"/>
+            <a:ext cx="5093073" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Как определяются организации образования?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0" err="1">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="857224" y="3232033"/>
+            <a:ext cx="7354391" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ежегодно определяются уполномоченным органом в области образования </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
+                        <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
+                        <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
+                        <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
+                        <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
+                        <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
+                        <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
+                        <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
+                        <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
+                        <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
+                        <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5076056" y="2647136"/>
+            <a:ext cx="1236063" cy="621264"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="866722" y="3898206"/>
+            <a:ext cx="7929618" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Параметр отбора школ  для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проведения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тестирования</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="3911607"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="2833743"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Прямоугольник 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="867823" y="4267335"/>
+            <a:ext cx="4208233" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Утверждается уполномоченным органом</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="19" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="493832" y="4975495"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Прямоугольник 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="866723" y="4948695"/>
+            <a:ext cx="1524072" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Выборка школ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Прямоугольник 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="866722" y="5302638"/>
+            <a:ext cx="6585597" cy="353943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Метод: Простая случайная выборка (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Simple Random Sampling </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> SRS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
+                        <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
+                        <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
+                        <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
+                        <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
+                        <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
+                        <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
+                        <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
+                        <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
+                        <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
+                        <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2390795" y="4624723"/>
+            <a:ext cx="1270938" cy="822372"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="23" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="84602" t="8095" r="4677" b="74319"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5894278" y="4090670"/>
+            <a:ext cx="835681" cy="502763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
+                        <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
+                        <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
+                        <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
+                        <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
+                        <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
+                        <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
+                        <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
+                        <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
+                        <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
+                        <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="187566" y="1241111"/>
+            <a:ext cx="598220" cy="535905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="56198" b="71901" l="85208" r="93854">
+                        <a14:foregroundMark x1="89167" y1="66322" x2="89167" y2="66322"/>
+                        <a14:foregroundMark x1="89479" y1="61570" x2="89479" y2="61570"/>
+                        <a14:foregroundMark x1="87604" y1="60331" x2="87604" y2="60331"/>
+                        <a14:foregroundMark x1="90938" y1="63843" x2="90938" y2="63843"/>
+                        <a14:foregroundMark x1="91146" y1="60950" x2="91146" y2="60950"/>
+                        <a14:foregroundMark x1="88021" y1="62810" x2="88021" y2="62810"/>
+                        <a14:foregroundMark x1="88021" y1="62810" x2="88021" y2="62810"/>
+                        <a14:foregroundMark x1="88854" y1="66322" x2="88854" y2="66322"/>
+                        <a14:foregroundMark x1="88854" y1="64050" x2="88854" y2="64050"/>
+                        <a14:foregroundMark x1="90938" y1="66116" x2="90938" y2="66116"/>
+                        <a14:foregroundMark x1="90104" y1="66736" x2="90104" y2="66736"/>
+                        <a14:foregroundMark x1="89792" y1="59091" x2="89792" y2="59091"/>
+                        <a14:foregroundMark x1="88646" y1="58678" x2="88646" y2="58678"/>
+                        <a14:foregroundMark x1="89479" y1="63223" x2="89479" y2="63223"/>
+                        <a14:foregroundMark x1="90417" y1="62810" x2="90417" y2="62810"/>
+                        <a14:foregroundMark x1="89375" y1="64463" x2="89375" y2="64463"/>
+                        <a14:foregroundMark x1="87917" y1="64463" x2="87917" y2="64463"/>
+                        <a14:foregroundMark x1="86771" y1="64463" x2="86771" y2="64463"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:sharpenSoften amount="50000"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-20000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="84226" t="56101" r="5053" b="26313"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="209037" y="2006570"/>
+            <a:ext cx="598220" cy="535905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="2004978"/>
+            <a:ext cx="5429288" cy="313932"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="889000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Общее время тестирования - 70 минут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(1 час 10 минут</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="357158" y="2764775"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Прямоугольник 33"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="728608" y="1310844"/>
+            <a:ext cx="7947847" cy="507831"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВОУД в 4 классах проводится по двум предметам, ежегодно определяемым уполномоченным органом</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="TextBox 73"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="5877272"/>
+            <a:ext cx="7992888" cy="553998"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Максимальный балл по двум предметам – 30 баллов </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="TextBox 74"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1285852" y="214290"/>
+            <a:ext cx="6643734" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Формат ВОУД  для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>4 класса</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Прямоугольник 75"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="359247" y="685960"/>
+            <a:ext cx="8496944" cy="323165"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0" smtClean="0"/>
+              <a:t>В тест включены учебные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0" smtClean="0"/>
+              <a:t>материалы в соответствии с учебной программой начального образования</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="77" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="349045" y="3587288"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Прямоугольник 77"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="712909" y="2719150"/>
+            <a:ext cx="1785950" cy="588623"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="889000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2 предмета</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr defTabSz="889000">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Всего заданий - 30</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Прямоугольник 78"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="704743" y="3556986"/>
+            <a:ext cx="5857916" cy="323165"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Количество  тестовых  заданий  по каждому предмету - 15</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="80" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="357158" y="4180350"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\админ\Desktop\Слайд для ИИРна 2018 г\raskraska-shkolnie-prinadlezhnosti32.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2571737" y="2536386"/>
+            <a:ext cx="1784240" cy="1011672"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Прямоугольник 80"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="695271" y="4126947"/>
+            <a:ext cx="7286676" cy="323165"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выбор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> одного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правильного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ответа из 4-х предложенных</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="82" name="Рисунок 16"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6019249" y="3664460"/>
+            <a:ext cx="1910337" cy="958864"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="83" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="357158" y="5399809"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="85" name="Прямоугольник 84"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="684334" y="4703001"/>
+            <a:ext cx="7858180" cy="507831"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="1" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>За верное выполнение тестового задания с одним правильным ответом - 1 балл, за неправильно выполненное задание - 0 баллов;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId6">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="349045" y="4733369"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Прямоугольник 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="684334" y="5327829"/>
+            <a:ext cx="4572000" cy="323165"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный балл по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каждому предмету - 15</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3649718328"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="56198" b="71901" l="85208" r="93854">
+                        <a14:foregroundMark x1="89167" y1="66322" x2="89167" y2="66322"/>
+                        <a14:foregroundMark x1="89479" y1="61570" x2="89479" y2="61570"/>
+                        <a14:foregroundMark x1="87604" y1="60331" x2="87604" y2="60331"/>
+                        <a14:foregroundMark x1="90938" y1="63843" x2="90938" y2="63843"/>
+                        <a14:foregroundMark x1="91146" y1="60950" x2="91146" y2="60950"/>
+                        <a14:foregroundMark x1="88021" y1="62810" x2="88021" y2="62810"/>
+                        <a14:foregroundMark x1="88021" y1="62810" x2="88021" y2="62810"/>
+                        <a14:foregroundMark x1="88854" y1="66322" x2="88854" y2="66322"/>
+                        <a14:foregroundMark x1="88854" y1="64050" x2="88854" y2="64050"/>
+                        <a14:foregroundMark x1="90938" y1="66116" x2="90938" y2="66116"/>
+                        <a14:foregroundMark x1="90104" y1="66736" x2="90104" y2="66736"/>
+                        <a14:foregroundMark x1="89792" y1="59091" x2="89792" y2="59091"/>
+                        <a14:foregroundMark x1="88646" y1="58678" x2="88646" y2="58678"/>
+                        <a14:foregroundMark x1="89479" y1="63223" x2="89479" y2="63223"/>
+                        <a14:foregroundMark x1="90417" y1="62810" x2="90417" y2="62810"/>
+                        <a14:foregroundMark x1="89375" y1="64463" x2="89375" y2="64463"/>
+                        <a14:foregroundMark x1="87917" y1="64463" x2="87917" y2="64463"/>
+                        <a14:foregroundMark x1="86771" y1="64463" x2="86771" y2="64463"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:sharpenSoften amount="50000"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-20000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="84226" t="56101" r="5053" b="26313"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="142844" y="1714488"/>
+            <a:ext cx="598220" cy="535905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1142976" y="214290"/>
+            <a:ext cx="7056783" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Формат ВОУД  для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>9 класса</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId5">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="285720" y="2786058"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="TextBox 80"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571472" y="2714620"/>
+            <a:ext cx="1643074" cy="313932"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="711200">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Казахский язы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="53" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
+                        <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
+                        <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
+                        <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
+                        <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
+                        <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
+                        <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
+                        <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
+                        <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
+                        <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
+                        <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="142844" y="1142984"/>
+            <a:ext cx="598220" cy="535905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Прямоугольник 53"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="357158" y="642919"/>
+            <a:ext cx="8501122" cy="553998"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0"/>
+              <a:t>В тест включены учебные материалы в соответствии с учебными программами для общеобразовательной школы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="56" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId5">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="277607" y="2274880"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="59" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId5">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="285720" y="4214818"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60" name="Прямоугольник 59"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="4214818"/>
+            <a:ext cx="1584088" cy="286232"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" defTabSz="711200">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Второй предмет</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61" name="Прямоугольник 60"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="785786" y="4429132"/>
+            <a:ext cx="8215370" cy="1869743"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Количество тестовых заданий - 40;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Тест состоит из 25 заданий (с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выбор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> одного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правильного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ответа из 5   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предложенных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) и 15 заданий </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      (с выбором одного или нескольких правильных ответов  из множества предложенных);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Задания с одним правильным ответом учащийся получает 1 балл, за неправильно </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      выполненное задание   - 0 баллов;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>За верное выполнение задания с одним или несколькими правильными ответами </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      учащийся получает 2 балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный балл  - 55</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Прямоугольник 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="357158" y="6357958"/>
+            <a:ext cx="8215370" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>балл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> по двум предметам – 75 баллов </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Скругленный прямоугольник 65"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="1199053"/>
+            <a:ext cx="8143932" cy="500066"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent5"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent5"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВОУД в 9 классах проводится по казахскому языку и общеобразовательным предметам, перечень и количество которых ежегодно определяются уполномоченным органом</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Скругленный прямоугольник 66"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="741064" y="2301132"/>
+            <a:ext cx="5441828" cy="428628"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent5"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent5"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="889000">
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Всего заданий – 60</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Скругленный прямоугольник 67"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="1761358"/>
+            <a:ext cx="7000924" cy="428628"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent5"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent5"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Общее время тестирования – 130 минут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1405" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(2 часа 10 минут)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Прямоугольник 69"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="3000372"/>
+            <a:ext cx="8143932" cy="1191095"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Количество тестовых заданий - 20;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>С </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выбор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> одного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правильного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ответа из 5 предложенных;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>За верное выполнение тестового задания с одним правильным ответом - 1 балл, за неправильно  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>     выполненное задание - 0 баллов;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный балл - 20</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4024573493"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="56198" b="71901" l="85208" r="93854">
+                        <a14:foregroundMark x1="89167" y1="66322" x2="89167" y2="66322"/>
+                        <a14:foregroundMark x1="89479" y1="61570" x2="89479" y2="61570"/>
+                        <a14:foregroundMark x1="87604" y1="60331" x2="87604" y2="60331"/>
+                        <a14:foregroundMark x1="90938" y1="63843" x2="90938" y2="63843"/>
+                        <a14:foregroundMark x1="91146" y1="60950" x2="91146" y2="60950"/>
+                        <a14:foregroundMark x1="88021" y1="62810" x2="88021" y2="62810"/>
+                        <a14:foregroundMark x1="88021" y1="62810" x2="88021" y2="62810"/>
+                        <a14:foregroundMark x1="88854" y1="66322" x2="88854" y2="66322"/>
+                        <a14:foregroundMark x1="88854" y1="64050" x2="88854" y2="64050"/>
+                        <a14:foregroundMark x1="90938" y1="66116" x2="90938" y2="66116"/>
+                        <a14:foregroundMark x1="90104" y1="66736" x2="90104" y2="66736"/>
+                        <a14:foregroundMark x1="89792" y1="59091" x2="89792" y2="59091"/>
+                        <a14:foregroundMark x1="88646" y1="58678" x2="88646" y2="58678"/>
+                        <a14:foregroundMark x1="89479" y1="63223" x2="89479" y2="63223"/>
+                        <a14:foregroundMark x1="90417" y1="62810" x2="90417" y2="62810"/>
+                        <a14:foregroundMark x1="89375" y1="64463" x2="89375" y2="64463"/>
+                        <a14:foregroundMark x1="87917" y1="64463" x2="87917" y2="64463"/>
+                        <a14:foregroundMark x1="86771" y1="64463" x2="86771" y2="64463"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:sharpenSoften amount="50000"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-20000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="84226" t="56101" r="5053" b="26313"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="142844" y="1714488"/>
+            <a:ext cx="598220" cy="535905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1115616" y="214997"/>
+            <a:ext cx="7056783" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Формат ВОУД  для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>11 класса</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId5">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="285720" y="2285992"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="53" name="Picture 8" descr="Образования, Школы, Университет, Стационарный, Пакет"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:backgroundRemoval t="75620" b="92149" l="28438" r="36979">
+                        <a14:foregroundMark x1="31563" y1="81612" x2="31563" y2="81612"/>
+                        <a14:foregroundMark x1="30938" y1="88017" x2="30938" y2="88017"/>
+                        <a14:foregroundMark x1="31250" y1="80579" x2="31250" y2="80579"/>
+                        <a14:foregroundMark x1="30938" y1="85950" x2="30938" y2="85950"/>
+                        <a14:foregroundMark x1="32708" y1="87397" x2="32708" y2="87397"/>
+                        <a14:foregroundMark x1="30729" y1="82231" x2="30729" y2="82231"/>
+                        <a14:foregroundMark x1="31250" y1="84504" x2="31250" y2="84504"/>
+                        <a14:foregroundMark x1="31563" y1="84504" x2="31563" y2="84504"/>
+                        <a14:foregroundMark x1="31667" y1="79959" x2="31667" y2="79959"/>
+                        <a14:foregroundMark x1="32500" y1="79959" x2="32500" y2="79959"/>
+                      </a14:backgroundRemoval>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="27380" t="73907" r="61899" b="8507"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="142844" y="1142984"/>
+            <a:ext cx="598220" cy="535905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Прямоугольник 53"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="357158" y="642919"/>
+            <a:ext cx="8286808" cy="553998"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1500" dirty="0"/>
+              <a:t>В тест включены учебные материалы в соответствии с учебными программами для общеобразовательной школы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1500" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="59" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId5">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="285720" y="2857496"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62" name="Прямоугольник 61"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="357158" y="6357958"/>
+            <a:ext cx="8215370" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный балл по трем предметам – 100 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>баллов </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Прямоугольник 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="1214422"/>
+            <a:ext cx="8286808" cy="481542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВОУД в 11 классах проводится по трем предметам, ежегодно определяемым </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>уполномоченным                               органом</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1405" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Прямоугольник 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="1785926"/>
+            <a:ext cx="5357834" cy="286232"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Общее время тестирования - 140 минут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1405" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(2 часа 20 минут)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Прямоугольник 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="2285992"/>
+            <a:ext cx="1601336" cy="286232"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1405" dirty="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Всего заданий - 80</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Прямоугольник 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="714348" y="2786058"/>
+            <a:ext cx="1568058" cy="286232"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Первый предмет</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Прямоугольник 26"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3286116" y="2786058"/>
+            <a:ext cx="5715040" cy="1191095"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Количество тестовых заданий - 20;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>С выбором одного правильного ответа из  5 предложенных; </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>За верное выполнение тестового задания с одним правильным </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      ответом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- 1 балл, за неправильно выполненное задание - 0 баллов;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный балл -20</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28" name="Picture 11" descr="Картинки по запросу галочка"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:schemeClr val="accent5">
+                <a:shade val="45000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+              <a:prstClr val="white"/>
+            </a:duotone>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId5">
+                    <a14:imgEffect>
+                      <a14:brightnessContrast bright="-40000" contrast="40000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="285720" y="4071942"/>
+            <a:ext cx="301978" cy="327143"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Прямоугольник 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="642910" y="4071942"/>
+            <a:ext cx="1683474" cy="555537"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Второй и третий </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предметы </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Прямоугольник 31"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3286116" y="4143380"/>
+            <a:ext cx="5429288" cy="2095958"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Количество тестовых заданий по каждому предмету - 30;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Из них 20 заданий (с выбором одного правильного ответа из    </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      предложенных) и 10 заданий (с выбором одного или нескольких  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      правильных ответов из </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>множества предложенных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Задания с одним правильным ответом учащийся получает 1  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      балл, за неправильно выполненное задание - 0 баллов;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>За верное выполнение задания с одним или несколькими </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>      правильными ответами учащийся получает 2 балла;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="-228600" algn="just" defTabSz="400050">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPct val="15000"/>
+              </a:spcAft>
+              <a:buFontTx/>
+              <a:buChar char="••"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Максимальный балл по каждому предмету - 40</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1958762" y="2841683"/>
+            <a:ext cx="1284946" cy="845791"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="21" name="Рисунок 20"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1910939" y="4137679"/>
+            <a:ext cx="1284946" cy="845791"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Рисунок 19"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2108319" y="4430613"/>
+            <a:ext cx="1284946" cy="845791"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4024573493"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="567095" y="130064"/>
+            <a:ext cx="7988345" cy="990600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                                         </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                                                    </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\Новый точечный рисунок (2).jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2277491" y="2987126"/>
+            <a:ext cx="4786346" cy="571503"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Скругленный прямоугольник 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="567095" y="2190674"/>
+            <a:ext cx="8315325" cy="563563"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                             </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один правильный ответ и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестируемый выбрал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>его верно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Скругленный прямоугольник 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="567095" y="3771879"/>
+            <a:ext cx="8315325" cy="587375"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании один правильный ответ и тестируемый выбрал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>его верно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>но закрасил еще один неправильный ответ, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> балл.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\рп.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2219292" y="4415937"/>
+            <a:ext cx="4879247" cy="660475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565507" y="5517232"/>
+            <a:ext cx="8316913" cy="415651"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В остальных случаях – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль баллов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428593" y="41468"/>
+            <a:ext cx="8315324" cy="1569660"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание тестовых заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одним или несколькими </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9х классов по второму предмету,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для 11х классов по второму и третьему предмету)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Содержимое 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565742" y="1463806"/>
+            <a:ext cx="8275638" cy="500066"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                            </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="6400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильных ответа и тестируемый выбрал все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="5600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\прапр.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2851758" y="2028074"/>
+            <a:ext cx="3535626" cy="446982"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Скругленный прямоугольник 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565742" y="2671016"/>
+            <a:ext cx="8275638" cy="682679"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании два правильных ответа и тестируемый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбрал только 1 ответ верно/закрасил 1 ответ верно и 1 ответ неверно или закрасил все 2 ответа верно и закрасил один неправильный ответ,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\аррапр.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="851494" y="3456834"/>
+            <a:ext cx="3546554" cy="451705"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\пвар.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5137774" y="3456834"/>
+            <a:ext cx="3397572" cy="426311"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 5" descr="C:\Users\a.khaidarova\Desktop\првапр.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2994634" y="3956900"/>
+            <a:ext cx="3456384" cy="463206"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Скругленный прямоугольник 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="565742" y="4510679"/>
+            <a:ext cx="8275638" cy="472170"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании два правильных ответа и тестируемый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбрал только 1 ответ верно и закрасил два неправильных ответа,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> баллов.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\нонво.bmp"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3044033" y="5065365"/>
+            <a:ext cx="3357586" cy="409005"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Скругленный прямоугольник 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571473" y="5857892"/>
+            <a:ext cx="8269908" cy="306860"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В остальных случаях – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль баллов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Прямоугольник 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428593" y="41468"/>
+            <a:ext cx="8315324" cy="1538883"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание тестовых заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одним или несколькими </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9х классов по второму предмету,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для 11х классов по второму и третьему предмету)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Содержимое 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500033" y="1315259"/>
+            <a:ext cx="8381841" cy="571504"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit fontScale="25000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                             </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>                                                                       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>три </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильных ответа и тестируемый выбрал все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно, то за это задание присуждается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="5600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>два балла</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="5600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="5600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\апавяп.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2857487" y="1900749"/>
+            <a:ext cx="3624681" cy="451358"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Скругленный прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500034" y="2497746"/>
+            <a:ext cx="8381843" cy="803524"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>три </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильных ответа и тестируемый </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>выбрал только 2 ответа верно или закрасил 2 ответа верно и закрасил один неправильный ответ,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>закрасил все </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно и закрасил один неправильный ответ,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>то получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>один </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балл.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\епыа.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="968499" y="3345267"/>
+            <a:ext cx="3179995" cy="413330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 5" descr="C:\Users\a.khaidarova\Desktop\прчапр.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4881720" y="3344655"/>
+            <a:ext cx="3200897" cy="405177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 4" descr="C:\Users\a.khaidarova\Desktop\апрвапр.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2857487" y="3821023"/>
+            <a:ext cx="3254371" cy="419455"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500033" y="4483887"/>
+            <a:ext cx="8381843" cy="704068"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Если в тестовом задании три правильных ответа и тестируемый выбрал только </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 ответ верно или отметил </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>все 3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответа верно и отметил еще два неправильных ответа, то тестируемый получает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>баллов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 2" descr="C:\Users\a.khaidarova\Desktop\Новый точечный рисунок (2).jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="869305" y="5220182"/>
+            <a:ext cx="3279189" cy="419238"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 6" descr="C:\Users\a.khaidarova\Desktop\явпявпа.jpg"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5148064" y="5227271"/>
+            <a:ext cx="3407097" cy="417811"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Скругленный прямоугольник 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="500032" y="5887282"/>
+            <a:ext cx="8381843" cy="313678"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В остальных случаях – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ноль баллов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Прямоугольник 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="428593" y="41468"/>
+            <a:ext cx="8315324" cy="1538883"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оценивание тестовых заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одним или несколькими </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>правильными </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответами </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9х классов по второму предмету,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" i="1" dirty="0" smtClean="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>для 11х классов по второму и третьему предмету)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема1">
+  <a:themeElements>
+    <a:clrScheme name="Начальная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="464653"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="DDE9EC"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="727CA3"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="9FB8CD"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="D2DA7A"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FADA7A"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="B88472"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="8E736A"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="B292CA"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="6B5680"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Начальная">
+      <a:majorFont>
+        <a:latin typeface="Bookman Old Style"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Grek" typeface="Cambria"/>
+        <a:font script="Cyrl" typeface="Cambria"/>
+        <a:font script="Jpan" typeface="HG明朝E"/>
+        <a:font script="Hang" typeface="돋움"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="標楷體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Browallia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Gill Sans MT"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Grek" typeface="Calibri"/>
+        <a:font script="Cyrl" typeface="Calibri"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="华文新魏"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Начальная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="30000">
+              <a:schemeClr val="phClr">
+                <a:tint val="61000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="45000">
+              <a:schemeClr val="phClr">
+                <a:tint val="66000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="55000">
+              <a:schemeClr val="phClr">
+                <a:tint val="66000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="73000">
+              <a:schemeClr val="phClr">
+                <a:tint val="61000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="950000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="30000">
+              <a:schemeClr val="phClr">
+                <a:shade val="90000"/>
+                <a:satMod val="110000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="45000">
+              <a:schemeClr val="phClr">
+                <a:shade val="100000"/>
+                <a:satMod val="118000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="55000">
+              <a:schemeClr val="phClr">
+                <a:shade val="100000"/>
+                <a:satMod val="118000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="73000">
+              <a:schemeClr val="phClr">
+                <a:shade val="90000"/>
+                <a:satMod val="110000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="950000" scaled="1"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="40000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" dist="43000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="40000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront" fov="0">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="balanced" dir="t">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d prstMaterial="matte">
+            <a:bevelT w="0" h="0"/>
+            <a:contourClr>
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:hueMod val="100000"/>
+                <a:satMod val="100000"/>
+              </a:schemeClr>
+            </a:contourClr>
+          </a:sp3d>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="50800" dist="25400" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="50000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront" fov="0">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="soft" dir="t">
+              <a:rot lat="0" lon="0" rev="2700000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d prstMaterial="matte">
+            <a:bevelT w="50800" h="50800"/>
+            <a:contourClr>
+              <a:schemeClr val="phClr"/>
+            </a:contourClr>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="60000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="30000">
+              <a:schemeClr val="phClr">
+                <a:shade val="80000"/>
+                <a:satMod val="230000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="97000"/>
+                <a:satMod val="220000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+            <a:duotone>
+              <a:schemeClr val="phClr">
+                <a:shade val="6000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+              <a:schemeClr val="phClr">
+                <a:tint val="90000"/>
+              </a:schemeClr>
+            </a:duotone>
+          </a:blip>
+          <a:tile tx="0" ty="0" sx="35000" sy="40000" flip="x" algn="tl"/>
+        </a:blipFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Тема1" id="{9DAE1C96-3A08-4516-A843-8BD989235C19}" vid="{B1E18AC7-DFDF-4FB3-AE5D-D35BDB975F49}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -4599,57 +24289,90 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Тема1</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...5 lines deleted...]
-  <Paragraphs>4</Paragraphs>
+  <Words>1231</Words>
+  <Application>Microsoft Office PowerPoint</Application>
+  <PresentationFormat>Экран (4:3)</PresentationFormat>
+  <Paragraphs>182</Paragraphs>
+  <Slides>15</Slides>
+  <Notes>1</Notes>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Тема</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Заголовки слайдов</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="16" baseType="lpstr">
+      <vt:lpstr>Тема1</vt:lpstr>
+      <vt:lpstr>             </vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>   Организация ВОУД СО </vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>                                                                                                                                                                                                                                                                                                                           </vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Материалы по подготовке ВОУД СО </vt:lpstr>
+      <vt:lpstr> Пробное  и онлайн пробное тестирование ВОУД СО </vt:lpstr>
+      <vt:lpstr>Правила поведения учащихся в ходе тестирования </vt:lpstr>
+      <vt:lpstr>Интернет-ресурсы и размещенные информации для участников ВОУД </vt:lpstr>
+      <vt:lpstr>В социальных сетях Национального центра тестирования</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2067</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>О ходе подготовки к  Единому национальному тестированию</dc:title>
+  <dc:creator>Акжан Хайдарова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>