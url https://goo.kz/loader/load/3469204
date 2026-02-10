--- v0 (2025-12-09)
+++ v1 (2026-02-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b68dbb65" w14:textId="b68dbb65">
+    <w:p w14:paraId="3cd5b83d" w14:textId="3cd5b83d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -75,5920 +75,4726 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Аз қамтылған отбасы балаларының қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттарды қабылдау" мемлекеттік қызмет регламентін бекіту туралы</w:t>
+        <w:t>Об утверждении регламента государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Күшін жойған</w:t>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 6 ақпандағы N 02/40 қаулысы. Қарағанды облысының Әділет департаментінде 2013 жылғы 20 наурызда N 2261 болып тіркелді. Күші жойылды Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 27 мамырдағы № 12/21 қаулысымен</w:t>
+        <w:t>Постановление акимата города Сатпаев Карагандинской области от 6 февраля 2013 года N 02/36. Зарегистрировано Департаментом юстиции Карагандинской области 20 марта 2013 года N 2258. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27 мая 2013 года N 12/17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Ескерту. Күші жойылды Қарағанды облысы Сәтбаев қалалық мәслихатының 27.05.2013 N 12/21 қаулысымен.</w:t>
+        <w:t>      Сноска. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27.05.2013 N 12/17.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының 2000 жылғы 27 қарашадағы "</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">" Заңдарына сәйкес Сәтбаев қаласының әкімдігі </w:t>
+      В соответствии с Законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Об административных процедурах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>" от 27 ноября 2000 года, "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" от 23 января 2001 года, акимат города Сатпаев </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
-[...86 lines deleted...]
-      3. Осы қаулы алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль над исполнением настоящего постановления возложить на заместителя акима города Мадиеву М.С.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Сәтбаев қаласы әкімі                       Б.Д. Ахметов</w:t>
+        <w:t>      Аким г. Сатпаев                            Б.Д. Ахметов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Сәтбаев қаласы әкімдігінің</w:t>
-[...38 lines deleted...]
-бекітілді</w:t>
+Утверждено</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+постановлением акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+города Сатпаев N 02/36</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 6 февраля 2013 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-"Аз қамтылған отбасы балаларының қала сыртындағы және мектеп</w:t>
+Регламент государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-жанындағы лагерьлерде демалуы үшін құжаттарды қабылдау" мемлекеттік қызмет регламенті</w:t>
+"Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-1. Негізгі түсініктер</w:t>
+1. Основные понятия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. Осы регламентте келесідей негізгі түсініктер қолданылады:</w:t>
-[...38 lines deleted...]
-      3) уәкілетті орган – "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі.</w:t>
+      1. В настоящем регламенте используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) организация образования - организация среднего образования Республики Казахстан, реализующая общеобразовательные учебные программы начального, основного среднего, общего среднего образования, независимо от формы собственности и ведомственной подчиненности;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) СФЕ - структурно-функциональные единицы: ответственные лица уполномоченных органов, структурные подразделения государственных органов, государственные органы, информационные системы или их подсистемы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) получатель государственной услуги - гражданин Республики Казахстан в возрасте 7 - 18 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган – государственное учреждение "Отдел образования, физической культуры и спорта города Сатпаев".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-2. Жалпы ережелер</w:t>
+2. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Осы "Аз қамтылған отбасы балаларының қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттарды қабылдау" мемлекеттік қызмет регламенті (бұдан әрі - Регламент) аз қамтылған отбасы балаларының қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттарды қабылдау рәсімін (бұдан әрі – мемлекеттік қызмет) айқындайды.</w:t>
-[...222 lines deleted...]
-      7. Мемлекеттік қызмет білім беру ұйымдарындағы күн көрісі төмен отбасылардан шыққан білім алушылар мен тәрбиеленушілерге (бұдан әрі – мемлекеттік қызметті алушы) көрсетіледі.</w:t>
+      2. Настоящий регламент государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" (далее - Регламент) определяет процедуру приема документов и зачисления в общеобразовательную школу независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается организациями среднего образования города Сатпаев (контактные данные указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Форма оказываемой государственной услуги: не автоматизированная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Государственная услуга регулируется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 января 2012 года N 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующих общеобразовательные учебные программы начального, основного среднего и общего среднего образования", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2012 года N 1119 "Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере образования и науки".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Формой завершения государственной услуги, которую получит получатель государственной услуги, являются общий приказ организации образования о зачислении в организацию образования либо мотивированный ответ об отказе в предоставлении услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-3. Мемлекеттік қызметті көрсету тәртібіне қойылатын талаптар</w:t>
+3. Требования к порядку оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      8. Мемлекеттік қызметті көрсету мерзімі:</w:t>
-[...205 lines deleted...]
-      13. Мемлекеттік қызметті көрсету үшін уәкілетті органда немесе білім беру ұйымында құжаттарды қабылдауды іске асыратын тұлғалардың саны бір қызметкерді құрайды.</w:t>
+      7. Срок оказания государственной услуги с момента сдачи получателем государственной услуги необходимых документов составляет 1 рабочий день:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) время ожидания до получения государственной услуги, оказываемой на месте в день обращения (при регистрации) - 30 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) время обслуживания получателя государственной услуги, оказываемой на месте в день обращения – не более 30 минут.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Срок получения конечного результата оказываемой государственной услуги (приказ о зачислении в организацию образования) - не более 3 месяцев, так как приказ о зачислении является общим для всех обучающихся.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Государственная услуга является бесплатной для всех категорий граждан государственных организаций образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Государственная услуга осуществляется ежедневно, за исключением выходных и праздничных дней с 09.00 до 13.00 часов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Предварительная запись и ускоренное оформление не предусмотрены.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Государственная услуга оказывается в зданиях организаций образования по месту проживания заявителя и с учетом территории обслуживания (микроучастка) данной организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Этапы оказания государственной услуги с момента получения заявления от получателя государственной услуги для получения государственной услуги и до момента выдачи результата государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) получатель государственной услуги обращается в организацию образования и подает заявление, предоставляет пакет документов ответственному лицу в канцелярию организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ответственное лицо выдает расписку о приеме необходимых документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) ответственное лицо представляет документы на рассмотрение руководителю организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) руководитель организации образования знакомит получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) руководитель организации образования подготавливает общий приказ организации образования о зачислении в организацию образования либо мотивированный ответ об отказе в предоставлении услуги и передает ответственному лицу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) ответственное лицо выдает приказ либо мотивированный ответ об отказе в предоставлении государственной услуги получателю государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Минимальное количество лиц, осуществляющих прием документов для оказания государственной услуги составляет, один сотрудник.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-4. Мемлекеттік қызметті көрсету үдерісінде әрекеттер тәртібін сипаттау</w:t>
+4. Описание порядка действий (взаимодействия) в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      14. Мемлекеттік қызметті алу үшін қажетті құжаттар уәкілетті органға немесе білім беру ұйымдарына тапсырылады.</w:t>
-[...396 lines deleted...]
-        <w:t xml:space="preserve"> келтірілген.</w:t>
+      13. Для получения государственной услуги при обращении в организации образования получатель государственной услуги представляет следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление от законных представителей ребенка (в произвольной форме);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) копию свидетельства о рождении ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) справку о состоянии здоровья (медицинский паспорт);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) справку с места жительства или иной документ, подтверждающий место проживания заявителя;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) фотографии размером 3х4 см в количестве 2 штук.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Информацию о государственной услуге можно получить в государственном учреждении "Отдел образования, физической культуры и спорта города Сатпаев", расположенном по адресу: Карагандинская область, город Сатпаев, проспект Сатпаева 111, 2 этаж и на официальном сайте - www.obrazovanie.satpaev-akimat.kz в разделе "Стандарты оказания государственных услуг".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Документы получателя государственной услуги сдаются ответственному лицу в канцелярию организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. При сдаче документов для получения государственной услуги получателю государственной услуги выдается расписка о приеме необходимых документов с указанием:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) номера и даты приема заявления;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) количества и названия приложенных документов;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) фамилии, имени, отчества ответственного лица, принявшего документы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Способ доставки результата оказания услуги осуществляется через личное посещение получателем государственной услуги организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Основанием для отказа получателю государственной услуги в предоставлении государственной услуги могут быть:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) представление неполного пакета документов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пунктом 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Регламента;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) выявление недостоверных или искаженных фактов (сведений) в документах;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) несоответствие или отсутствие заявленного уровня образования в данной организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) несоответствие учебных показателей получателя государственной услуги статусу выбранной организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) несоответствие проживания на территории обслуживания данной организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии необходимого профиля обучения в данной организации образования получателю государственной услуги представляется информация о наличии свободных мест в других общеобразовательных школах на территории района (города) по выбранному профилю обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов заявителя на зачисление в организации образования руководители должны ознакомить получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. В процессе оказания государственной услуги задействованы следующие структурно-функциональные единицы (далее – СФЕ):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) руководитель организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ответственное лицо организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. Текстовое табличное описание последовательности и взаимодействия административных действий (процедур) каждой СФЕ с указанием срока выполнения каждого административного действия (процедуры) приведено в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      21. Схема, отражающая взаимосвязь между логической последовательностью административных действий в процессе оказания государственной услуги и СФЕ, указана в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Регламенту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-5. Мемлекеттік қызметті көрсететін лауазымды тұлғалардың жауапкершілігі</w:t>
+5. Ответственность должностных лиц, оказывающих государственные услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      21. Мемлекеттік қызметті көрсетуге уәкілетті органның басшысы және білім беру ұйымының басшысы жауапты болып табылады (бұдан әрі – лауазымды тұлғалар).</w:t>
-[...12 lines deleted...]
-      Лауазымды тұлғалар мемлекеттік қызметті Қазақстан Республикасының заңнамасына сәйкес белгіленген мерзімде көрсетудің іске асырылуы мен сапасына жауапты болады.</w:t>
+      22. Ответственным лицом за оказание государственной услуги является руководитель организации образования (далее - должностное лицо).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      23. Должностное лицо несет ответственность за качество и реализацию оказания государственной услуги в установленные сроки в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Аз қамтылған отбасы балаларының</w:t>
-[...51 lines deleted...]
-1-қосымша</w:t>
+Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+образования независимо от ведомственной подчиненности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+для обучения по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Уәкілетті орган мен білім беру ұйымдарының байланыс деректері</w:t>
+Контактные данные организаций образования города Сатпаев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="717"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4342"/>
+        <w:gridCol w:w="972"/>
+        <w:gridCol w:w="7875"/>
+        <w:gridCol w:w="5133"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...96 lines deleted...]
-              <w:t>Жұмыс кестесі</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование организации образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес, контактный телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...90 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Гимназия имени С. Сейфуллина" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Комарова 11 а, телефон 3-34-68, 3-32-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Школа-гимназия N 1" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Наурыз 144, телефон 7-25-48</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-15-62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 2" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселок Жезказган, ул. Ауэзова 37 А, телефон 2-23-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 3" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Победы 17, телефон 7-15-81,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-24-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...90 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Школа-лицей N 4 имени Абая" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, пр. Сатпаева 144 А, телефон 3-33-96,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 4-18-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 5" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Бабыр би 5, телефон 4-07-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 7" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, пр. Независимости 20, телефон 3-47-46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 10" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселок Жезказган, ул. Кирова 13, телефон 2-64-39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 12" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поселок Жезказган, ул. Кирова 12, телефон 2-63-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 14" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Наурыз 5, телефон 7-32-07,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-12-68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя общеобразовательная школа N 15" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Ерден 217, телефон 3-19-75, 3-19-72, 3-19-73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя общеобразовательная школа N 16" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, пр. Сатпаева 154, телефон 4-00-11,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 4-00-09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Начальная школа N 17" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>село Сатпаев, ул. Клубная 1, телефон 8 7102 76-97-34,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 7105 95-20-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 19" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Комарова 11, телефон 3-75-28,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 3-34-49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 25" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев ,ул. Комарова 12 а, телефон 3-70-46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="717" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5852" w:type="dxa"/>
-[...184 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+            <w:tcW w:w="7875" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 27" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>город Сатпаев, ул. Наурыз 14 а, телефон 7-65-63, 7-65-61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Аз қамтылған отбасы балаларының қала</w:t>
-[...51 lines deleted...]
-2-қосымша</w:t>
+Приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+образования независимо от ведомственной подчиненности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+для обучения по общеобразовательным программам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="false"/>
-[...599 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Әрбір әкімшілік әрекеттің (үдерістің) орындалу мерзімі көрсетілген әрбір ҚФБ әкімшілік әрекеттерінің (үдерістерінің) реттілігі</w:t>
+Текстовое табличное описание последовательности и взаимодействия административных действий (процедур)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3090"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3808"/>
+        <w:gridCol w:w="3391"/>
+        <w:gridCol w:w="3598"/>
+        <w:gridCol w:w="3783"/>
+        <w:gridCol w:w="3208"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Негізгі үдерістің әрекеттері (жұмыс ағымы, барысы)</w:t>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әрекет N (жұмыс барысы, ағымы)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+              <w:t>N действия (хода, потока работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="dxa"/>
-[...101 lines deleted...]
-              <w:t>Уәкілетті органның жауапты тұлғасы</w:t>
+            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование СФЕ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственное лицо организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственное лицо организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="dxa"/>
-[...123 lines deleted...]
-              <w:t>Құжаттардың толық болуын тексеру, қала сыртындағы және мектеп жанындағы лагерьлерге жолдама толтыру немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты ресімдеу</w:t>
+            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры, операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прием документов, регистрация заявления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рассмотрение документов, ознакомление получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрация приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="dxa"/>
-[...123 lines deleted...]
-              <w:t>Қала сыртындағы және мектеп жанындағы лагерьлерге жолдама немесе бас тарту туралы дәлелді жауапты мемлекеттік қызметті алушыға беру</w:t>
+            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма завершения (данные, документ, организационно-распорядительное решение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача расписки о приеме необходимых документов получателю государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Издание общего приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача общего приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 минут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в течение 1 рабочего дня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в течение 1 рабочего дня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок получения конечного результата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3093" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача общего приказа о зачислении в организацию образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3090" w:type="dxa"/>
-[...158 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...90 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...197 lines deleted...]
-              <w:t>8 күнтізбелік күн</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не более 3 - х месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Аз қамтылған отбасы балаларының қала</w:t>
-[...51 lines deleted...]
-4-қосымша</w:t>
+Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов и зачисление в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+образования независимо от ведомственной</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+подчиненности для обучения по общеобразовательным</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+программам начального, основного среднего,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-ҚФБ әкімшілік іс әрекеттердің (үрдістердің) өзара әрекеті мен реттілік сипаттамасы</w:t>
+Схемы, отражающие взаимосвязь между логической последовательностью</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+административных действий СФЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6781800" cy="6108700"/>
+            <wp:extent cx="6908800" cy="6083300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6781800" cy="6108700"/>
+                      <a:ext cx="6908800" cy="6083300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6001,90 +4807,90 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
           <w10:wrap type="square"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>