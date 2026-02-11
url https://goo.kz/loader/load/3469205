--- v0 (2025-12-09)
+++ v1 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3cd5b83d" w14:textId="3cd5b83d">
+    <w:p w14:paraId="ac2288d5" w14:textId="ac2288d5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -75,3657 +75,3907 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Об утверждении регламента государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+        <w:t>"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет регламентін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Утративший силу</w:t>
+        <w:t>Күшін жойған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Постановление акимата города Сатпаев Карагандинской области от 6 февраля 2013 года N 02/36. Зарегистрировано Департаментом юстиции Карагандинской области 20 марта 2013 года N 2258. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27 мая 2013 года N 12/17</w:t>
+        <w:t>Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 6 ақпандағы N 02/36 қаулысы. Қарағанды облысының Әділет департаментінде 2013 жылғы 20 наурызда N 2258 болып тіркелді. Күші жойылды Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 27 мамырдағы № 12/17 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Сноска. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27.05.2013 N 12/17.</w:t>
+        <w:t>      Ескерту. Күші жойылды Қарағанды облысы Сәтбаев қалалық мәслихатының 27.05.2013 N 12/17 қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      В соответствии с Законами Республики Казахстан "</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">" от 23 января 2001 года, акимат города Сатпаев </w:t>
+      Қазақстан Республикасының 2000 жылғы 27 қарашадағы "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Әкімшілік рәсімдер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", 2001 жылғы 23 қаңтардағы "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Заңдарына сәйкес Сәтбаев қаласының әкімдігі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. Утвердить прилагаемый </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования".</w:t>
+      1. Қоса беріліп отырған мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау".</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Контроль над исполнением настоящего постановления возложить на заместителя акима города Мадиеву М.С.</w:t>
+      2. Осы қаулының орындалуын бақылау қала әкімінің орынбасары М.С. Мадиеваға жүктелсін.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      3. Осы қаулы алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Аким г. Сатпаев                            Б.Д. Ахметов</w:t>
+        <w:t>      Сәтбаев қ. әкімі                           Б.Д. Ахметов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Утверждено</w:t>
-[...38 lines deleted...]
-от 6 февраля 2013 года</w:t>
+Сәтбаев қаласы әкімдігінің</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+2013 жылғы 6 ақпандағы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+N 02/36 қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+бекітілді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Регламент государственной услуги</w:t>
-[...11 lines deleted...]
-"Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет регламенті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-1. Основные понятия</w:t>
+1. Негізгі ұғымдар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      1. В настоящем регламенте используются следующие основные понятия:</w:t>
-[...51 lines deleted...]
-      4) уполномоченный орган – государственное учреждение "Отдел образования, физической культуры и спорта города Сатпаев".</w:t>
+      1. Осы регламентте келесідей негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) білім беру ұйымы – меншік нысанына және ведомстволық бағыныштылығына қарамастан негізгі орта, жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын Қазақстан Республикасының орта білім беретін ұйымы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) ҚФБ – құрылымдық-функционалдық бірліктер: өкілетті органдардағы жауапты тұлғалар, мемлекеттік органдардың құрылымдық бөлімшелері, мемлекеттік органдар, ақпараттық жүйелер мен олардың бағынысты жүйелері;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік қызметті алушы – Қазақстан Республикасының 7-18 жастағы азаматы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) уәкілетті орган – "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-2. Общие положения</w:t>
+2. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      2. Настоящий регламент государственной услуги "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" (далее - Регламент) определяет процедуру приема документов и зачисления в общеобразовательную школу независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования Республики Казахстан.</w:t>
+      2. Осы "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет көрсету регламенті (бұдан әрі - Регламент) Қазақстан Республикасының бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау рәсімін анықтайды.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      3. Государственная услуга оказывается организациями среднего образования города Сатпаев (контактные данные указаны в </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> настоящего Регламента).</w:t>
+      3. Мемлекеттік қызмет Сәтбаев қаласының орта білім беру ұйымдарымен көрсетіледі (байланыс деректері осы Регламентке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген) көрсетіледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      4. Форма оказываемой государственной услуги: не автоматизированная.</w:t>
+      4. Көрсетілетін мемлекеттік қызметтің нысаны: автоматтандырылмаған.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5. Государственная услуга регулируется </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2012 года N 1119 "Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере образования и науки".</w:t>
+      5. Мемлекеттік қызмет Қазақстан Республикасының Конституциясымен,"Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Заңымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, "Бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгі қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 19 қаңтардағы N 127 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Білім және ғылым министрлігі, жергілікті атқарушы органдар көрсететін білім және ғылым саласындағы мемлекеттік қызмет стандарттарын бекіту туралы" 2012 жылғы 31 тамыздағы N 1119 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реттеледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      6. Формой завершения государственной услуги, которую получит получатель государственной услуги, являются общий приказ организации образования о зачислении в организацию образования либо мотивированный ответ об отказе в предоставлении услуги.</w:t>
+      6. Мемлекеттік қызметті алушыға берілетін мемлекеттік қызметтің аяқталу нысаны білім беру ұйымдарының жалпы орта білім беретін ұйымдарға оқуға қабылдау туралы жалпы бұйрығы немесе қызмет көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-3. Требования к порядку оказания государственной услуги</w:t>
+3. Мемлекеттік қызметті көрсету тәртібіне қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      7. Срок оказания государственной услуги с момента сдачи получателем государственной услуги необходимых документов составляет 1 рабочий день:</w:t>
-[...38 lines deleted...]
-      Срок получения конечного результата оказываемой государственной услуги (приказ о зачислении в организацию образования) - не более 3 месяцев, так как приказ о зачислении является общим для всех обучающихся.</w:t>
+      7. Мемлекеттік қызмет көрсетудің мерзімі мемлекеттік қызметті алушылар қажетті құжаттарды тапсырған уақыттан бастап 1 жұмыс күнін құрайды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берілген күні (тіркеу кезінде) сол жерде көрсетілетін мемлекеттік қызметті алуға дейінгі күту уақыты – 30 минут;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берілген күні сол жерде көрсетілетін мемлекеттік қызметті алушыға қызмет көрсету уақыты – 30 минуттан аспауы керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін мемлекеттік қызметтің соңғы нәтижесін (білім беру ұйымдарына оқуға қабылдау туралы бұйрық) алу мерзімі – 3 айдан аспауы керек, себебі оқуға қабылдау туралы бұйрық барлық білім алушылар үшін ортақ болып табылады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      8. Государственная услуга является бесплатной для всех категорий граждан государственных организаций образования.</w:t>
+      8. Мемлекеттік қызмет барлық санаттағы азаматтар үшін мемлекеттік білім беру ұйымдарында тегін болып табылады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      9. Государственная услуга осуществляется ежедневно, за исключением выходных и праздничных дней с 09.00 до 13.00 часов.</w:t>
-[...12 lines deleted...]
-      Предварительная запись и ускоренное оформление не предусмотрены.</w:t>
+      9. Мемлекеттік қызмет көрсету демалыс және мереке күндерін қоспағанда, күн сайын 9.00-ден 13.00-ге дейін жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Алдын ала жазылу және жеделдетіп ресімдеу қарастырылмаған.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      10. Государственная услуга оказывается в зданиях организаций образования по месту проживания заявителя и с учетом территории обслуживания (микроучастка) данной организации образования.</w:t>
+      10. Мемлекеттік қызмет өтініш берушінің тұрғылықты жері бойынша және аталған білім беру ұйымының қызмет көрсету аумағын (шағын аудан) есепке ала отырып, білім беру ұйымдарында көрсетіледі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      11. Этапы оказания государственной услуги с момента получения заявления от получателя государственной услуги для получения государственной услуги и до момента выдачи результата государственной услуги:</w:t>
-[...77 lines deleted...]
-      6) ответственное лицо выдает приказ либо мотивированный ответ об отказе в предоставлении государственной услуги получателю государственной услуги.</w:t>
+      11. Мемлекеттік қызметті алушыдан мемлекеттік қызметті алуға өтініш қабылдағаннан бастап мемлекеттік қызметтің нәтижесін берген уақытқа дейінгі мемлекеттік қызметті көрсету кезеңдері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік қызметті алушы білім беру ұйымына жүгінеді және өтініш береді, білім беру ұйымының кеңсесіне жауапты тұлғаға құжаттар пакетін ұсынады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) жауапты тұлға қажетті құжаттарды қабылдау туралы қолхат береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) жауапты тұлға құжаттарды білім беру ұйымы басшысының қарауына ұсынады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) білім беру ұйымының басшысы мемлекеттік қызметті алушыны білім беру ұйымының Жарғысымен және білім беру үрдісін реттейтін басқа да құжаттармен таныстырады;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) білім беру ұйымының басшысы білім беру ұйымына қабылдау туралы жалпы бұйрықты немесе қызмет көрсетуден бас тарту туралы дәлелді жауап әзірлейді және жауапты тұлғаға береді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) жауапты тұлға мемлекеттік қызметті алушыға бұйрық немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты береді.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      12. Минимальное количество лиц, осуществляющих прием документов для оказания государственной услуги составляет, один сотрудник.</w:t>
+      12. Мемлекеттік қызметті көрсету үшін білім беру ұйымында құжат қабылдауды іске асыратын тұлғалардың ең аз саны бір қызметкер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-4. Описание порядка действий (взаимодействия) в процессе оказания государственной услуги</w:t>
+4. Мемлекеттік қызметті көрсету үдерісіндегі іс-әрекеттер тәртібінің (өзара іс-қимылдар) сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      13. Для получения государственной услуги при обращении в организации образования получатель государственной услуги представляет следующие документы:</w:t>
-[...64 lines deleted...]
-      5) фотографии размером 3х4 см в количестве 2 штук.</w:t>
+      13. Мемлекеттік қызметті алу үшін мемлекеттік қызметті алушы білім беру ұйымына өтініш білдірген жағдайда мынадай құжаттарды ұсынады:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) баланың заңды өкілдерінен өтініш (еркін нысанда);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) туу туралы куәліктің көшірмесі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) денсаулығы туралы анықтама (денсаулық паспорты);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) тұратын жерінен анықтама немесе тұратын жерін растайтын басқа құжат;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) 3х4 көлеміндегі 2 дана фотосурет.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      14. Информацию о государственной услуге можно получить в государственном учреждении "Отдел образования, физической культуры и спорта города Сатпаев", расположенном по адресу: Карагандинская область, город Сатпаев, проспект Сатпаева 111, 2 этаж и на официальном сайте - www.obrazovanie.satpaev-akimat.kz в разделе "Стандарты оказания государственных услуг".</w:t>
+      14. Мемлекеттік қызмет туралы ақпаратты Қарағанды облысы, Сәтбаев қаласы, Сәтбаев даңғылы, 111, 2 қабат мекенжайы бойынша орналасқан "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінде және www.obrazovanie.satpaev-akimat.kz "Мемлекеттік қызмет көрсету стандарттары" бөлімінде алуға болады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      15. Документы получателя государственной услуги сдаются ответственному лицу в канцелярию организации образования.</w:t>
+      15. Мемлекеттік қызметті алушының құжаттары білім беру ұйымының кеңсесіне жауапты тұлғаға тапсырылады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      16. При сдаче документов для получения государственной услуги получателю государственной услуги выдается расписка о приеме необходимых документов с указанием:</w:t>
-[...38 lines deleted...]
-      3) фамилии, имени, отчества ответственного лица, принявшего документы.</w:t>
+      16. Мемлекеттік қызметті алу үшін құжаттарды тапсыру кезінде мемлекеттік қызметті алушыға қажет құжаттардың қабылданғаны туралы қолхат беріледі, онда:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) өтінішті қабылдау нөмірі және уақыты;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) қоса ұсынылған құжаттардың саны мен атауы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) құжаттарды қабылдаушы жауапты тұлғаның тегі, аты, әкесінің аты.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      17. Способ доставки результата оказания услуги осуществляется через личное посещение получателем государственной услуги организации образования.</w:t>
+      17. Қызмет көрсету нәтижесін жеткізу тәсілі білім беру ұйымдарына мемлекеттік қызметті алушының жеке қатысуы арқылы іске асады.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      18. Основанием для отказа получателю государственной услуги в предоставлении государственной услуги могут быть:</w:t>
-[...108 lines deleted...]
-      При приеме документов заявителя на зачисление в организации образования руководители должны ознакомить получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс организации образования.</w:t>
+      18. Мемлекеттік қызметті алушыға мемлекеттік қызмет көрсетуден бас тартуға мыналар негіз болуы мүмкін:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) осы Регламенттің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>13-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырылған құжаттар пакетінің толық берілмеуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) құжаттарда дәйексіз немесе бұрмаланған фактілердің (мәліметтердің) анықталуы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) аталған білім беру ұйымында сұратылған білім беру деңгейінің жоқтығы немесе сәйкес келмеуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік қызметті алушының оқу көрсеткішінің таңдалған білім беру ұйымының мәртебесіне сәйкес келмеуі;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) аталған білім беру ұйымының қызмет көрсету аумағына тұрғылықты жерінің сәйкес келмеуі.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      19. В процессе оказания государственной услуги задействованы следующие структурно-функциональные единицы (далее – СФЕ):</w:t>
-[...25 lines deleted...]
-      2) ответственное лицо организации образования.</w:t>
+      19. Мемлекеттік қызметті көрсету үрдісіне келесідей құрылымдық-функционалдық бірліктер қатыстырылған (бұдан әрі – ҚФБ):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) білім беру ұйымының басшысы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымының жауапты тұлғасы.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      20. Текстовое табличное описание последовательности и взаимодействия административных действий (процедур) каждой СФЕ с указанием срока выполнения каждого административного действия (процедуры) приведено в </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Регламенту.</w:t>
+      20. Әрбір әкімшілік іс-әрекеттің (рәсімнің) орындау мерзімін көрсетумен әр ҚФБ әкімшілік іс-әрекеттерінің (рәсімдерінің) дәйектілігі мен өзара іс-қимылдарының мәтіндік кестелік сипаттамасы осы Регламенттің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      21. Схема, отражающая взаимосвязь между логической последовательностью административных действий в процессе оказания государственной услуги и СФЕ, указана в </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Регламенту.</w:t>
+      21. Мемлекеттік қызметті көрсету үдерісіндегі әкімшілік іс-әрекеттер мен ҚФБ қисынды дәйектілігі арасындағы өзара байланысты көрсететін схема осы Регламентке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>3-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-5. Ответственность должностных лиц, оказывающих государственные услуги</w:t>
+5. Мемлекеттік қызметті көрсететін лауазымдық тұлғалардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      22. Ответственным лицом за оказание государственной услуги является руководитель организации образования (далее - должностное лицо).</w:t>
+      22. Мемлекеттік қызметтің көрсетілуіне жауапты тұлға білім беру ұйымының басшысы болып табылады (бұдан әрі – лауазымды тұлға).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      23. Должностное лицо несет ответственность за качество и реализацию оказания государственной услуги в установленные сроки в соответствии с законодательством Республики Казахстан.</w:t>
+      23. Лауазымды тұлға мемлекеттік қызметті Қазақстан Республикасының заңнамасына сәйкес белгіленген мерзімде көрсетуді іске асыру мен сапасына жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Приложение 1</w:t>
-[...77 lines deleted...]
-общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта білім</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+берудің жалпы білім беретін бағдарламалары</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+бойынша оқыту үшін ведомстволық бағыныстылығына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+қарамастан білім беру ұйымдарына құжаттарды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+қабылдау және оқуға қабылдау"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+мемлекеттік қызмет регламентіне</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+1-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Контактные данные организаций образования города Сатпаев</w:t>
+Сәтбаев қаласының білім беру ұйымдарының байланыс деректері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="972"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5133"/>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="5484"/>
+        <w:gridCol w:w="3412"/>
+        <w:gridCol w:w="4387"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>Адрес, контактный телефон</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім саласындағы мемлекеттік қызмет көрсету бойынша қызметті жүзеге асыратын білім беру ұйымының атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орналасқан орыны, мекенжайы, байланыс телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Комарова 11 а, телефон 3-34-68, 3-32-00</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "С. Сейфуллин ат. Гимназия" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Комаров көшесі 11а, телефон 3-34-68, 3-32-00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 7-15-62</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 1 мектеп-гимназиясы" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Наурыз көшесі 144, телефон 7-25-48, Ф. 7-15-62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>поселок Жезказган, ул. Ауэзова 37 А, телефон 2-23-20</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 2 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жезказган кенті, Ауезов көшесі 37А, телефон 2-23-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 7-24-88</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 3 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Женис көшесі 17, телефон 7-15-81, Ф.7-24-88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 4-18-07</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Абай атындағы N 4 лицей - мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Сәтбаев даңғылы 144 А, телефон 3-33-96, 4-18-07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Бабыр би 5, телефон 4-07-18</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 5 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Бабыр би к. 5, телефон 4-07-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, пр. Независимости 20, телефон 3-47-46</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 7 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Тәуелсіздік даңғылы 20, телефон 3-47-46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>поселок Жезказган, ул. Кирова 13, телефон 2-64-39</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 10 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жезказган кенті, Киров көшесі 13, телефон 2-64-39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>поселок Жезказган, ул. Кирова 12, телефон 2-63-30</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 12 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жезказган кенті, Киров көшесі 12, телефон 2-63-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 7-12-68</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 14 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Наурыз көшесі 5, телефон 7-32-07, Ф.7-12-68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Ерден 217, телефон 3-19-75, 3-19-72, 3-19-73</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 15 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Ерден көшесі 217, телефон 3-19-75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 4-00-09</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 16 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Сәтбаев даңғылы 154, телефон 4-00-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>8 7105 95-20-20</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 17 негізгі мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев селосы, Клубная 1, телефон 8 7102 76-97-34, 8 7105 95-20-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...69 lines deleted...]
-              <w:t>Ф. 3-34-49</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 19 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Комаров көшесі 11, телефон 3-75-28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев ,ул. Комарова 12 а, телефон 3-70-46</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 25 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Комаров көшесі 12а, телефон 3-70-46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="697" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7875" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:t>город Сатпаев, ул. Наурыз 14 а, телефон 7-65-63, 7-65-61</w:t>
+            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қаласының әкімдігі "N 27 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3412" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сәтбаев қ., Наурыз көшесі 14а, телефон 7-65-61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Приложение 2</w:t>
-[...77 lines deleted...]
-общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта білім</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+берудің жалпы білім беретін бағдарламалары</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+бойынша оқыту үшін ведомстволық бағыныстылығына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+қарамастан білім беру ұйымдарына құжаттарды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+қабылдау және оқуға қабылдау"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+мемлекеттік қызмет регламентіне</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+2-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Текстовое табличное описание последовательности и взаимодействия административных действий (процедур)</w:t>
+Әрбір әкімшілік іс-әрекеттің (рәсімнің) орындау мерзімін көрсетумен әр ҚФБ әкімшілік іс-әрекеттерінің (рәсімдерінің) дәйектілігі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3753,80 +4003,80 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+              <w:t>Негізгі үдеріс іс-әрекеттері (жұмыс ағыны, барысы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N действия (хода, потока работ)</w:t>
+              <w:t>Іс-әрекет N (жұмыс барысы, ағыны)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3883,390 +4133,399 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Наименование СФЕ</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚФБ атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Ответственное лицо организации образования</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының жауапты тұлғасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Руководитель организации образования</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Ответственное лицо организации образования</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының жауапты тұлғасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование действия (процесса, процедуры, операции) и их описание</w:t>
+              <w:t>Іс-әрекет (үдерістің, ресімнің, операцияның) атауы және олардың сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Прием документов, регистрация заявления</w:t>
+              <w:t>Құжаттарды қабылдау, өтінішті тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Рассмотрение документов, ознакомление получателя государственной услуги с Уставом организации образования и другими документами, регламентирующими образовательный процесс</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттарды қарау, мемлекеттік қызметті алушыны білім беру ұйымының Жарғысымен және білім беру үдерісін реттейтін басқа да құжаттармен таныстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Регистрация приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+              <w:t>Бұйрықты не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма завершения (данные, документ, организационно-распорядительное решение)</w:t>
+              <w:t xml:space="preserve">Аяқталу нысаны </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(деректер, құжат, ұйымдастырушылық-өкімдік шешім)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдача расписки о приеме необходимых документов получателю государственной услуги</w:t>
+              <w:t>Мемлекеттік қызметті алушыға қажетті құжаттарды қабылдау туралы қолхат беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="left"/>
-[...8 lines deleted...]
-              <w:t>Издание общего приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы бұйрықты не қызмет көрсетуден бас тарту туралы дәлелді жауапты шығару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдача общего приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+              <w:t>Жалпы бұйрық не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сроки исполнения</w:t>
+              <w:t>Орындау мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4276,107 +4535,107 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в течение 1 рабочего дня</w:t>
+              <w:t>1 жұмыс күннің ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в течение 1 рабочего дня</w:t>
+              <w:t>1 жұмыс күннің ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Срок получения конечного результата</w:t>
+              <w:t>Соңғы нәтижені алу мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
@@ -4421,80 +4680,80 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Выдача общего приказа о зачислении в организацию образования</w:t>
+              <w:t>Білім беру ұйымына қабылдау туралы жалпы бұйрық беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сроки исполнения</w:t>
+              <w:t>Орындау мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
@@ -4539,262 +4798,250 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>не более 3 - х месяцев</w:t>
+              <w:t>3 айдан аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Приложение 3</w:t>
-[...77 lines deleted...]
-общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта білім</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+берудің жалпы білім беретін бағдарламалары</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+бойынша оқыту үшін ведомстволық бағыныстылығына</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+қарамастан білім беру ұйымдарына құжаттарды</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+қабылдау және оқуға қабылдау"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+мемлекеттік қызмет регламентіне</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+3-қосымша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Схемы, отражающие взаимосвязь между логической последовательностью</w:t>
-[...11 lines deleted...]
-административных действий СФЕ</w:t>
+ҚФБ әкімшілік іс әрекеттердің (үрдістердің) өзара әрекеті мен реттілік сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6908800" cy="6083300"/>
+            <wp:extent cx="6934200" cy="6946900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6908800" cy="6083300"/>
+                      <a:ext cx="6934200" cy="6946900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -4807,90 +5054,90 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
           <w10:wrap type="square"/>
         </v:rect>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>