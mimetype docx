--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a3500cfc" w14:textId="a3500cfc">
+    <w:p w14:paraId="35c03716" w14:textId="35c03716">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -75,3900 +75,3127 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Об утверждении Регламента оказания государственной услуги "Выдача дубликатов документов об образовании"</w:t>
+        <w:t>Білім туралы құжаттардың телнұсқаларын беру мемлекеттік қызмет көрсету регламентін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Утративший силу</w:t>
+        <w:t>Күшін жойған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Приказ Министра образования и науки Республики Казахстан от 28 сентября 2012 года № 445. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 октября 2012 года № 8040. Утратил силу приказом Министра образования и науки Республики Казахстан от 17 июня 2014 года № 227</w:t>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 28 қыркүйектегі № 445 Бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2012 жылы 29 қазанда № 8040 тіркелді. Күші жойылды - Қазақстан Республикасы Білім және ғылым министрінің 2014 жылғы 17 маусымдағы № 227 бұйрығымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Утратил силу приказом Министра образования и науки РК от 17.06.2014 </w:t>
+        <w:t>      Ескерту. Күші жойылды - ҚР Білім және ғылым министрінің 17.06.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>№ 227</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> статьи 9-1 Закона Республики Казахстан от 27 ноября 2000 года «Об административных процедурах» </w:t>
+        <w:t> бұйрығымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      «Әкімшілік рәсімдер туралы» Қазақстан Республикасының 2000 жылғы 27 қарашадағы Заңының 9-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
-[...189 lines deleted...]
-      </w:r>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған «Білім туралы құжаттардың телнұсқаларын беру» мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Жоғары және жоғары оқу орнынан кейінгі білім департаменті (Ф.Н. Жақыпова):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың белгіленген тәртіппен Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өтуін қамтамасыз етсін;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты мемлекеттік тіркеуден өткеннен кейін бұқаралық ақпарат құралдарында жарияласын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау вице-министр М.К. Орынхановқа жүктелсін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы рет ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Министр</w:t>
-[...17 lines deleted...]
-        <w:t>Б. Жумагулов</w:t>
+        <w:t>      Министр                                    Б. Жұмағұлов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Утвержден приказом     </w:t>
+Қазақстан Республикасы   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+Білім және ғылым министрінің</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Министра образования и науки </w:t>
-[...3 lines deleted...]
-      </w:r>
+2012 жылғы 28 қыркүйектегі </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+№ 445 бұйрығымен бекітілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+«Білім туралы құжаттардың телнұсқаларын беру» мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+қызмет көрсету регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Осы «Білім туралы құжаттардың телнұсқаларын беру» мемлекеттік қызмет көрсету регламенті (бұдан әрі - Регламент) «Әкімшілік рәсімдер туралы» Қазақстан Республикасының 2000 жылғы 27 қарашадағы Заңының 9-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және «Қазақстан Республикасы Білім және ғылым министрлігі, жергілікті атқарушы органдар көрсететін білім және ғылым саласындағы мемлекеттік қызмет стандарттарын бекіту туралы» Қазақстан Республикасы 2012 жылғы 31 тамыздағы № 1119 Үкіметінің қаулысымен бекітілген «Білім туралы құжаттардың телнұсқаларын беру» мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Стандарт) сәйкес әзірленген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Мемлекеттік қызметті білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік қызмет көрсету түрі: автоматтандырылмаған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік қызмет «Білім туралы» Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңының 4-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>9) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Өтінім беруші – Қазақстан Республикасының азаматтары, Қазақстан Республикасында тұрақты тұратын азаматтығы жоқ тұлғалар және Қазақстан Республикасының азаматы болып есептелмейтін ұлты қазақ тұлғалар.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Құрылымдық-функционалдық бірліктер – мемлекеттік қызмет көрсету процесіне қатысушы білім беру ұйымының жауапты тұлғасы (бұдан әрі - ҚФБ).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін мемлекеттік қызметтің аяқталу білім туралы құжаттың телнұсқасы немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты қағаз түрінде берілген жолдамасы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+2. Мемлекеттік қызмет көрсету тәртібіне қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік қызмет мынадай тәртіппен көрсетіледі: демалыс және мерекелік күндерді қоспағанда, аптасына бес күн сағат 9.00-ден 18.30-ға дейін, түскі үзіліс уақыты: сағат 13.00-ден 14.30-ға дейін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Қабылдау кезек бойынша жүзеге асырылады. Алдын ала жазылу мен жедел қабылдау мәселелері қарастырылмаған.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызмет көрсету тәртібі туралы толық ақпарат білім беру ұйымдарындағы интернет-ресурстарында орналастырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. ЖОО-да білім туралы құжаттардың телнұсқаларын беру төмендегілерді қамтиды:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) өтінішті қарастыру құжаттарды қабылдау;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымдарының басшылығымен ұсынылған материалдарды тексеруді жүзеге асыру және білім беру саласындағы уәкілетті органға материалдарды жіберу немесе бас тарту себептері туралы жазбаша түрдегі дәлелді жауапты дайындау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Қарастыруға келіп түсетін құжаттарды қабылдамауға жол берілмейді.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік қызметті алушы осы Стандарттың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған қажетті құжаттарды тапсырған сәттен бастап – 20 минуттан аспайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметті алу үшін өтініш берген сәттен бастап күнтізбелік 10 күн ішінде.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Аталған мемлекеттік қызметті көрсетуден бас тарту Стандарттың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырылған құжаттардың толық тізбесін ұсынбау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Білім туралы құжаттардың телнұсқаларын беру бас тарту жағдайда білім беру ұйымдары өтініш берушіге себептері көрсетілген хат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+3. Мемлекеттік қызмет көрсету процесіндегі іс-қимыл тәртібінің</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+(өзара іс-қимыл) сипаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. Мемлекеттік қызметті алу үшін қажетті білім беру ұйымдарының оқу бөліміне тапсырылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Оқу бөлімінің маманы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) құжаттарды қабылдайды;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берушіге Стандарттың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>11-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген барлық құжаттарды алғаны туралы өтінішті қабылдау нөмірі, күні және уақыты, құжаттарды ресімдеуге өтінішті қабылдап алған оқу бөлімі қызметкерінің тегі, аты, әкесінің аты көрсетілген қолхат болып табылатын өтініштің көшірмесін береді;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) білім туралы құжаттардың телнұсқаларын беру үшін қабылданған құжаттарды білім беру ұйымдарының басшылығына тапсырады немесе бас тарту жөніндегі дәлелді хатты өтініш берушіге қолма-қол тапсыруды жүзеге асырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік қызмет тегін көрсетіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Мемлекеттік қызмет көрсету процесіне қатысты ҚФБ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) оқу бөлімінің маманы - құжаттарды қабылдау және беру;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) білім беру ұйымдарының басшылары - өтініштерді қарастыру және орындау.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Әрбір ҚФБ-ның жүйелілік қарапайым іс-қимылының (рәсімдер, функциялар, операциялар) әрбір іс-қимылды орындау мерзімі көрсетілген мәтіндік кестелік сипаттамасы осы Регламентке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Республики Казахстан    </w:t>
-[...12 lines deleted...]
-от 28 сентября 2012 года № 445</w:t>
+«Білім туралы құжаттардың </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+телнұсқаларын беру»    </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+мемлекеттік қызмет көрсету</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+регламентіне       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+1-қосымша         </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Регламент оказания государственной услуги</w:t>
+Білім туралы құжаттардың телнұсқаларын беру</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-«Выдача дубликатов документов об образовании»</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+мемлекеттік қызмет көрсету регламенті</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 
-[...269 lines deleted...]
-      </w:pPr>
+        <w:t>
+(мемлекеттік қызмет көрсету регламентінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...349 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Кесте. ЖОО-да айналымға түсу кезінде құрылымдық-функционалдық</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...458 lines deleted...]
-(СФЕ) при обращении в организацию образования</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>бірлігі (ҚФБ) әрекетінің сипаттамасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="771"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3651"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="5348"/>
+        <w:gridCol w:w="3820"/>
+        <w:gridCol w:w="3801"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-              <w:t>Действие основного процесса (хода, потока работ)</w:t>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негізгі процесс әрекеті (жұмыстың барысы, легі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...31 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әрекет № (жұмыстың барысы, легі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3651" w:type="dxa"/>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...9 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚФБ атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Специалист учебной</w:t>
-[...31 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>Білім беру ұйымдарының оқу бөлімінің маманы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Специалист учебной</w:t>
-[...25 lines deleted...]
-образования</w:t>
+              <w:t>Білім беру ұйымдарының оқу бөлімінің маманы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...53 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әрекеттің атауы (процестің операция рәсімдерінің) және олардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Проверка и прием</w:t>
-[...122 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету стандартының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетілген құжаттарды өтініш берушіден қабылдап алу және тексеру. Құжаттарды қабылдап алу туралы қолхат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Проверка полноты</w:t>
-[...38 lines deleted...]
-изучение данных</w:t>
+              <w:t>Келіп түскен құжаттардың толықтығын тексеру, деректерді зерделеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...97 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аяқтау нысаны (деректер, құжат, ұйымдастырушылық-басқарушылық шешімдер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Данные</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>Деректер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дубликат документа</w:t>
-[...12 lines deleted...]
-об образовании</w:t>
+              <w:t>Білім туралы құжаттардың телнұсқалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...9 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орындау мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 календарных дня</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>Кемінде 2 күнтізбелік күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 календарных дня</w:t>
+              <w:t>Кемінде 2 күнтізбелік күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...31 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Келесі әрекеттің нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 колонка</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>2 бағана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Передача</w:t>
-[...51 lines deleted...]
-образования</w:t>
+              <w:t>Білім беру ұйымдарының басшылығына құжаттарды тапсыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...97 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әрекеттің атауы (процестің операция рәсімдерінің) және рұқсат беретін органдарда айналымға түсу кезіндегі олардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Организации</w:t>
-[...44 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>Білім туралы құжаттардың телнұсқалар беру білім беру ұйымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Организации</w:t>
-[...51 lines deleted...]
-образовании</w:t>
+              <w:t>Білім туралы құжаттардың телнұсқалар беру білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...53 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әрекеттің атауы (процестің, операция рәсімдерінің) және олардың сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Проверка и прием</w:t>
-[...83 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету стандартының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетілген құжаттарды өтініш берушіден қабылдап алу және тексеру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Проверка полноты</w:t>
-[...38 lines deleted...]
-изучение данных</w:t>
+              <w:t>Келіп түскен құжаттардың толықтығын тексеру, деректерді зерделеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...97 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аяқтау нысаны (деректер, құжат, ұйымдастырушылық-басқарушылық шешімдер)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дубликат документа об</w:t>
-[...18 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>Білім туралы құжаттардың телнұсқалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дубликат документа</w:t>
-[...12 lines deleted...]
-об образовании</w:t>
+              <w:t>Білім туралы құжаттардың телнұсқалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4506" w:type="dxa"/>
+            <w:tcW w:w="5348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
-                <w:i/>
-[...9 lines deleted...]
-            <w:tcW w:w="4152" w:type="dxa"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орындау мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 календарных дня</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3651" w:type="dxa"/>
+              <w:t>Кемінде 3 күнтізбелік күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3801" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 календарных дня</w:t>
+              <w:t>Кемінде 3 күнтізбелік күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-Приложение 2 к Регламенту оказания </w:t>
+«Білім туралы құжаттардың </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">
-государственной услуги «Выдача   </w:t>
-[...12 lines deleted...]
-дубликатов документов об образовании»</w:t>
+телнұсқаларын беру»   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+мемлекеттік қызмет көрсету</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+регламентіне       </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+2-қосымша         </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 
+ЖОО-да айналымға түсу кезінде функционалдық өзара іс-әрекет</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+диаграммасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7289800" cy="3733800"/>
+            <wp:extent cx="11442700" cy="6388100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7289800" cy="3733800"/>
+                      <a:ext cx="11442700" cy="6388100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3981,51 +3208,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>