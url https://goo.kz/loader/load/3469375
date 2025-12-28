--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,6148 +1,8637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="007B09BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005972E7">
-[...149 lines deleted...]
-    <w:p w:rsidR="005972E7" w:rsidRPr="005972E7" w:rsidRDefault="005972E7" w:rsidP="005972E7">
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="00E50410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к приказу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="00E50410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="00E50410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="00E50410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="002730B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>25 декабря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50410" w:rsidRPr="00E50410" w:rsidRDefault="00E50410" w:rsidP="00E50410">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E50410">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="002730B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50410" w:rsidRDefault="00E50410" w:rsidP="0010340F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B51D82" w:rsidRPr="00AF0D9C" w:rsidRDefault="00B51D82" w:rsidP="0010340F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к приказу Министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002E5A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33105">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13 апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33105">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002E5A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A33105">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B51D82" w:rsidRPr="000E6630" w:rsidRDefault="00B51D82" w:rsidP="000E6630">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-        <w:ind w:left="4248" w:firstLine="708"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9721B" w:rsidRPr="000E6630" w:rsidRDefault="00B51D82" w:rsidP="000E6630">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...90 lines deleted...]
-    <w:p w:rsidR="004B4716" w:rsidRPr="0053493D" w:rsidRDefault="004B4716" w:rsidP="0097276F">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00952E92" w:rsidRPr="000E6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тандарт государственной услуги «Предоставление бесплатного и льготного питания отдельным</w:t>
+      </w:r>
+      <w:r w:rsidR="000E33C1" w:rsidRPr="000E6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E92" w:rsidRPr="000E6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>категориям обучающихся и воспитанников в</w:t>
+      </w:r>
+      <w:r w:rsidR="000E33C1" w:rsidRPr="000E6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E92" w:rsidRPr="000E6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательных школах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6630" w:rsidRDefault="000E6630" w:rsidP="00AF0D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6630" w:rsidRPr="00AF0D9C" w:rsidRDefault="000E6630" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="000E6630" w:rsidRDefault="000E6630" w:rsidP="000E6630">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...41 lines deleted...]
-      <w:r w:rsidR="009B4EC0" w:rsidRPr="006B6C5B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009B4EC0" w:rsidRPr="006B6C5B">
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5076" w:rsidRPr="000E6630">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="008D4173" w:rsidRDefault="008D4173" w:rsidP="0097276F">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6630" w:rsidRPr="00F82659" w:rsidRDefault="000E6630" w:rsidP="000E6630">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="00AF0D9C" w:rsidRDefault="00DA5076" w:rsidP="00F67F73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="0099105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанник</w:t>
+      </w:r>
+      <w:r w:rsidR="0099105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов в общеобразовательных школах»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="00060EB6" w:rsidRDefault="00DA5076" w:rsidP="00F67F73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="0099105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CD578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Стандарт государственной услуги разработан Министерством образования и науки Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9721B" w:rsidRPr="00060EB6" w:rsidRDefault="00B9721B" w:rsidP="00F67F73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="008D4173" w:rsidRPr="0097276F" w:rsidRDefault="008D4173" w:rsidP="0097276F">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается организациями образования, </w:t>
+      </w:r>
+      <w:r w:rsidR="009008EC" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9721B" w:rsidRPr="00AF0D9C" w:rsidRDefault="00B9721B" w:rsidP="00F67F73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...131 lines deleted...]
-    <w:p w:rsidR="0025604F" w:rsidRPr="00EF0555" w:rsidRDefault="0025604F" w:rsidP="003C47D3">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги осуществляются </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9721B" w:rsidRPr="00AF0D9C" w:rsidRDefault="004D16DC" w:rsidP="00F67F73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="00EF0555" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9721B" w:rsidRDefault="006A6B7E" w:rsidP="00F67F73">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00223143" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>веб-портал «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронного правительства</w:t>
+      </w:r>
+      <w:r w:rsidR="00223143" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A54FF8">
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00ED2077" w:rsidRPr="00EF0555" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B9721B" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001847A6" w:rsidRDefault="001847A6" w:rsidP="00AF0D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00ED2077" w:rsidRPr="00EF0555" w:rsidRDefault="00ED2077" w:rsidP="00ED2077">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001847A6" w:rsidRPr="00AF0D9C" w:rsidRDefault="001847A6" w:rsidP="00AF0D9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRDefault="001847A6" w:rsidP="001847A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA5076" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001847A6" w:rsidRPr="00AF0D9C" w:rsidRDefault="001847A6" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="00AF0D9C" w:rsidRDefault="00DA5076" w:rsidP="006508FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="00AF0D9C" w:rsidRDefault="00DA5076" w:rsidP="006508FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также при обращении на портал – </w:t>
+      </w:r>
+      <w:r w:rsidR="002F53EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пять</w:t>
+      </w:r>
+      <w:r w:rsidR="002F53EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11187">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11187" w:rsidRPr="009B0936">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="00AF0D9C" w:rsidRDefault="00DA5076" w:rsidP="006508FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5076" w:rsidRPr="00817B88" w:rsidRDefault="00DA5076" w:rsidP="006508FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817B88" w:rsidRPr="00817B88" w:rsidRDefault="00817B88" w:rsidP="006508FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Форма оказания государственной услуги – электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D034C5" w:rsidRPr="00060EB6" w:rsidRDefault="00A05184" w:rsidP="006508FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...71 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Результат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги – справка о предоставлении бесплатного и льготного питания в общеобразовательной школе по форме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00060EB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему станд</w:t>
+      </w:r>
+      <w:r w:rsidR="006670F4" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6034" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14949" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аниям, предусмотренным </w:t>
+      </w:r>
+      <w:r w:rsidR="007543C1" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14949" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пункт</w:t>
+      </w:r>
+      <w:r w:rsidR="007543C1" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14949" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003846B5" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6034" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05184" w:rsidRPr="00060EB6" w:rsidRDefault="00A05184" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05184" w:rsidRPr="00060EB6" w:rsidRDefault="00A05184" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...57 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05184" w:rsidRPr="00AF0D9C" w:rsidRDefault="00A05184" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="0097276F" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На портале результат оказания государственной ус</w:t>
+      </w:r>
+      <w:r w:rsidR="00614988" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>луги направляется и хранится в «личном кабинете»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7912" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7912" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Государственная услуга оказывается бесплатно физическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7912" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7912" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7912" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7912" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7912" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7912" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7912" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7912" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7912" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...113 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00817B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00AF0D9C" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...108 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00155082" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...48 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) заявление по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="00AF0D9C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00155082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751491" w:rsidRPr="00496F90" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00751491" w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность родителя (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5307C" w:rsidRPr="009B0936" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...24 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00155082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) копия свидетельства о рождении ребенка в случае </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009B0936">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002E264A" w:rsidRPr="009B0936">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B0936">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF0555">
-[...12 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00155082" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...49 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="00A51B53" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0936">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) копия свидетельства о заключении или расторжении брака</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00155082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00C763E2" w:rsidRPr="00155082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5F43" w:rsidRPr="00155082">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D64BF" w:rsidRPr="00AF0D9C" w:rsidRDefault="00540895" w:rsidP="00534F03">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A51B53">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00155082">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D64BF" w:rsidRPr="00155082">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="004F6D61" w:rsidRPr="00A51B53">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копия документа</w:t>
+      </w:r>
+      <w:r w:rsidR="003D64BF" w:rsidRPr="00AF0D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="00A51B53" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="00DB3EB9" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="570"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5A26" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка, подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>имеющих право</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="009B4EC0" w:rsidP="001603F1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="006B40DD" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:r w:rsidR="006B40DD" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума</w:t>
+      </w:r>
+      <w:r w:rsidR="001867F0" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов</w:t>
+      </w:r>
+      <w:r w:rsidR="00844A00" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на детей и других иждивенцев</w:t>
+      </w:r>
+      <w:r w:rsidR="006976FE" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="006B40DD" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="001603F1" w:rsidP="001603F1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сирот и дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оставшиеся без попечения </w:t>
+      </w:r>
+      <w:r w:rsidR="001867F0" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родителей, проживающих в семьях - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z54" w:history="1">
+        <w:r w:rsidR="00AE18F5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>решение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="000B7FCE" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="001603F1" w:rsidRPr="00A51B53" w:rsidRDefault="001603F1" w:rsidP="001603F1">
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, требующих экстренной помощи в результате чрезвычайных ситуаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77EB4" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, подтверждающ</w:t>
+      </w:r>
+      <w:r w:rsidR="00324A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимость экстренной помощи в р</w:t>
+      </w:r>
+      <w:r w:rsidR="00A733F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>езультате чрезвычайной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="00D84F07" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для иных категорий</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся и воспитанников, определяемых коллегиальным органом упр</w:t>
+      </w:r>
+      <w:r w:rsidR="002262F6" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авления организации образования - </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>решени</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллегиального органа управления организации образования о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально</w:t>
+      </w:r>
+      <w:r w:rsidR="004B340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004B340C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку о приеме соответствующих документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE091A" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...39 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B2E74" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2E74" w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002A7FBD">
+        </w:rPr>
+        <w:t xml:space="preserve">заявление в форме электронного документа, подписанное ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B2E74" w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B2E74" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, в случае регистрации и подключения абонентского номера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B2E74" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B2E74" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, предоставленного оператором сотовой связи, к учетной записи портала</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2E74" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...51 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) электронная копия свидетельства о рождении ребенка</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3A83" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="00A76D59" w:rsidP="0097276F">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) электронная копия свидетельства о заключении или расторжении брака</w:t>
+      </w:r>
+      <w:r w:rsidR="00445D85" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае заключения или расторжения брака до 2008 года либо за </w:t>
+      </w:r>
+      <w:r w:rsidR="00266EDB" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пределами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A35F3" w:rsidRPr="00060EB6" w:rsidRDefault="009A35F3" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:strike/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="007675C8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) электронная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>копия документа, подтверждающего статус:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="00EF2334" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, имеющих право на получение государстве</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE489C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нной адресной социальной помощи - </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка подтверждающая принадлежность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="00EF2334" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE489C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> величины прожиточного минимума - </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C636A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3AE3" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на детей и других иждивенцев)</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="00EF2334" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для д</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сирот и дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, оставши</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5E32" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся без попечения </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE489C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родителей, проживающих в семьях - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z54" w:history="1">
+        <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>решение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> уполномоченного органа об утверждении опеки (попечительства), договор о передаче на патронатное воспитание, приемную семью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008045A1" w:rsidRPr="00060EB6" w:rsidRDefault="00577C04" w:rsidP="008045A1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из семей, требующих экстренной помощи в р</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE489C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">езультате чрезвычайных ситуаций - </w:t>
+      </w:r>
+      <w:r w:rsidR="008045A1" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, подтверждающ</w:t>
+      </w:r>
+      <w:r w:rsidR="008045A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidR="008045A1" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимость экстренной помощи в р</w:t>
+      </w:r>
+      <w:r w:rsidR="008045A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>езультате чрезвычайной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="00577C04" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ины</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> категорий обучающихся и воспитанников, определяемых коллегиальным органом упр</w:t>
+      </w:r>
+      <w:r w:rsidR="000445E0" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авления организации образования - </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>решени</w:t>
+      </w:r>
+      <w:r w:rsidR="0039729F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллегиального органа управления организации образования о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55AF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048295C" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C105BA" w:rsidRPr="00060EB6" w:rsidRDefault="00C105BA" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рождение ребенка (в случае рождения ребенка после 13 августа 2007 года), заключение или расторжении брака (в случае заключения или расторжения брака после 2008 года), о регистрации в качестве безработного, о принадлежности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, справка об опеке или попечительстве над ребенком-сиротой (детьми-сиротами) или ребенком (детьми), оставшихся без </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>попечения родителей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационны</w:t>
+      </w:r>
+      <w:r w:rsidR="00A724C3" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>х систем через шлюз «электронного правительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048295C" w:rsidRPr="00060EB6" w:rsidRDefault="0048295C" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6E1E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ерез портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CA6E1E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CA6E1E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в «личный кабинет»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009808CA" w:rsidRPr="00060EB6" w:rsidRDefault="009808CA" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) документов с истекшим сроком действия, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663D3B" w:rsidRPr="00060EB6" w:rsidRDefault="003846B5" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00167096" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00663D3B" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00794D4E" w:rsidRPr="00060EB6" w:rsidRDefault="00663D3B" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663D3B" w:rsidRPr="00060EB6" w:rsidRDefault="00663D3B" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) несоответствие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным</w:t>
+      </w:r>
+      <w:r w:rsidR="00794D4E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036838" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00004418" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">остановлением Правительства Республики Казахстан от 25 января 2008 года N 64 «Об утверждении </w:t>
+      </w:r>
+      <w:r w:rsidR="00794D4E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00794D4E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00794D4E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidR="00785F26" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00794D4E" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00663D3B" w:rsidRDefault="00663D3B" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лишен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00227A52" w:rsidRDefault="00227A52" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00227A52" w:rsidRPr="00AF0D9C" w:rsidRDefault="00227A52" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007675C8">
+    </w:p>
+    <w:p w:rsidR="001E7E68" w:rsidRDefault="0055489F" w:rsidP="00227A52">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействия) местных</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исполнительных органов областей, города республиканского</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>значения, столицы, районов, городов областного значения, а</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="001E7E68" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00227A52" w:rsidRPr="00AF0D9C" w:rsidRDefault="00227A52" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00AF0D9C" w:rsidRDefault="001E7E68" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003846B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Обжалование решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00607053">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5086" w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00AF0D9C" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006374F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также посредством портала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00AF0D9C" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указывается его фамилия, имя, отчество (при его наличии), почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00C66E1C" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При обращении через портал информацию о порядке обжалования можно получить по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1414, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">4) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007675C8">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личного кабинета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услогополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по почте либо выдается нарочно в канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00287202">
+        </w:rPr>
+        <w:t xml:space="preserve">Также информацию о порядке обжалования действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007675C8">
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="007675C8">
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц можно получить по телефону Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контак</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15E98" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C15E98" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D91F36" w:rsidRPr="00C66E1C" w:rsidRDefault="00D91F36" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003846B5" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B7076" w:rsidRPr="00C66E1C" w:rsidRDefault="008B7076" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B7076" w:rsidRPr="00C66E1C" w:rsidRDefault="008B7076" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D91F36" w:rsidRPr="00C66E1C" w:rsidRDefault="00C15E98" w:rsidP="00C15E98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91F36" w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91F36" w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D91F36" w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C15E98" w:rsidRPr="00C66E1C" w:rsidRDefault="00C15E98" w:rsidP="00C15E98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F65FE8" w:rsidRPr="007C5D98" w:rsidRDefault="00D91F36" w:rsidP="00F65FE8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003846B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C66E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65FE8" w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F65FE8" w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F65FE8" w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F65FE8" w:rsidRPr="007C5D98" w:rsidRDefault="00F65FE8" w:rsidP="00F65FE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="007C5D98">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>бұйрығымен</w:t>
+          <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007675C8">
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F65FE8" w:rsidRPr="007C5D98" w:rsidRDefault="00F65FE8" w:rsidP="00F65FE8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>портале</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5D98">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>egov.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5D98">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00534F03" w:rsidRDefault="00534F03" w:rsidP="007E4C36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00534F03" w:rsidRDefault="00FA5086" w:rsidP="00534F03">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003846B5" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет воз</w:t>
+      </w:r>
+      <w:r w:rsidR="00217D0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">можность получения информации о </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5086" w:rsidRPr="00060EB6" w:rsidRDefault="00FA5086" w:rsidP="007E4C36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и статусе оказания государственной услуги в режиме удаленного доступа посредством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Қазақстан Республикасы Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 тіркелген) бекітілген нысанға сәйкес </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007675C8">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личного кабинета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="009B4EC0" w:rsidRPr="007675C8" w:rsidRDefault="009B4EC0" w:rsidP="0097276F">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> портала, а также Единого контакт-центра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1414, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD75AD" w:rsidRPr="00AF0D9C" w:rsidRDefault="00AD75AD" w:rsidP="00B222AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7076" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003846B5" w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00852F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kkk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D1A33" w:rsidRDefault="003D1A33" w:rsidP="00B222AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2986 lines deleted...]
-    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008E6F61">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E80770" w:rsidRDefault="00E80770" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD75AD" w:rsidRPr="00AF0D9C" w:rsidRDefault="002B1DEC" w:rsidP="003741F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003D1A33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льготного питания отдельным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категориям обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1A33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="003D1A33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="003D1A33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="008B5FBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="008B5FBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о предоставлении бесплатного и льготного питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRDefault="00190381" w:rsidP="008B5FBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в общеобразовательной школе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA57F7" w:rsidRPr="00AF0D9C" w:rsidRDefault="00BA57F7" w:rsidP="008B5FBA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00BA57F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дана __________________ в том, что он/она включе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-а) в список</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00BA57F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00BA57F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00BA57F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="0083586A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="0083586A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="0083586A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>областей, городов Астаны и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00BA57F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы, районов и городов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00BA57F7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>областного значения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="00CE274C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43516">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место печати </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00806BDE" w:rsidRDefault="00806BDE" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C1FD9" w:rsidRDefault="008C1FD9" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00190381" w:rsidRPr="00AF0D9C" w:rsidRDefault="00190381" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="008D31E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льготного питания отдельным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категориям обучающихся и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в общеобразовательных школах</w:t>
+      </w:r>
+      <w:r w:rsidR="008D31E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="009F5ADD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководителю местного исполнительного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органа областей, городов Астаны и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алматы, районов и городов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>областного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A547EA" w:rsidRPr="00A547EA" w:rsidRDefault="00A547EA" w:rsidP="00A547EA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>значения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование органа образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(________ района, _______ области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от гражданина (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номер заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проживающег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-ей) по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование населенного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункта, адрес места</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRDefault="009E3839" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проживания, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA616C" w:rsidRPr="00AF0D9C" w:rsidRDefault="00DA616C" w:rsidP="008D31E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4248"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRDefault="009E3839" w:rsidP="00156B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA616C" w:rsidRPr="00AF0D9C" w:rsidRDefault="00DA616C" w:rsidP="00156B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="009379AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу Вас включить моего несовершеннолетнего ребенка</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3629F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) и индивидуальный идентификационный номер,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3629F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дата рождения), </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3629F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося в (указать № школы, № и литер класса) в</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>список обучающихся и воспитанников, обеспечивающихся бесплатным и</w:t>
+      </w:r>
+      <w:r w:rsidR="001C1B9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льготным питанием на (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E3839" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0087" w:rsidRPr="00AF0D9C" w:rsidRDefault="009E3839" w:rsidP="00E3233E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidR="00156B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00156B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________20__года                Подпись гражданина</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003465FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003465FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF0D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D57BF7" w:rsidRPr="00AF0D9C" w:rsidRDefault="00D57BF7" w:rsidP="00AF0D9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A09A4" w:rsidRPr="001E12C8" w:rsidRDefault="008A09A4" w:rsidP="008E1053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A547EA">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F59BD" w:rsidRPr="001E12C8" w:rsidRDefault="001F59BD" w:rsidP="008E1053">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...777 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001F59BD" w:rsidRPr="001E12C8" w:rsidSect="00D14046">
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
+    <w:p w:rsidR="00637373" w:rsidRDefault="00637373" w:rsidP="00F16D31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
+    <w:p w:rsidR="00637373" w:rsidRDefault="00637373" w:rsidP="00F16D31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a5"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
+    <w:p w:rsidR="00637373" w:rsidRDefault="00637373" w:rsidP="00F16D31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001F383C" w:rsidRDefault="001F383C" w:rsidP="000659F6">
+    <w:p w:rsidR="00637373" w:rsidRDefault="00637373" w:rsidP="00F16D31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-772867468"/>
+      <w:id w:val="1977717076"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="000659F6" w:rsidRPr="00D716E4" w:rsidRDefault="000659F6">
+      <w:p w:rsidR="00186725" w:rsidRPr="00E56937" w:rsidRDefault="00186725">
         <w:pPr>
-          <w:pStyle w:val="a5"/>
+          <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00D716E4">
+        <w:r w:rsidRPr="00E56937">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00D716E4">
+        <w:r w:rsidRPr="00E56937">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00D716E4">
+        <w:r w:rsidRPr="00E56937">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00155745" w:rsidRPr="00155745">
+        <w:r w:rsidR="009B0936">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D716E4">
+        <w:r w:rsidRPr="00E56937">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00D716E4" w:rsidRDefault="00D716E4">
+  <w:p w:rsidR="00E56937" w:rsidRDefault="00E56937">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a3"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000659F6" w:rsidRDefault="000659F6">
+  <w:p w:rsidR="00186725" w:rsidRDefault="00186725">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0B073D01"/>
+    <w:nsid w:val="0049152E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D7F429C2"/>
+    <w:tmpl w:val="6164C7CC"/>
+    <w:lvl w:ilvl="0" w:tplc="6C404306">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0A2F6F6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8940D748"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6184,260 +8673,5719 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0CA55912"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="43069738"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="10C91460"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B818F38A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1F430D49"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D2A4917E"/>
+    <w:lvl w:ilvl="0" w:tplc="16981430">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="22AC5C33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="861C4FCA"/>
+    <w:lvl w:ilvl="0" w:tplc="2DE4F18E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="2C0D3598"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15B2B910"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="31DA413C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D840A50A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="4060725A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39FCC4BA"/>
+    <w:lvl w:ilvl="0" w:tplc="86F4AA2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="44A06CF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E643DCC"/>
+    <w:lvl w:ilvl="0" w:tplc="9B4AEFA4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="52750DFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B33EF32A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5496447F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7A4547A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="55CF1E34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BE8EE9F6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="643D326F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D14282A4"/>
+    <w:lvl w:ilvl="0" w:tplc="4AB8DE8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="65D621AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C7AFBC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="6A8F38E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4ABEC732"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="132"/>
+  <w:zoom w:percent="116"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B9137F"/>
-[...182 lines deleted...]
-    <w:rsid w:val="00FF51E1"/>
+    <w:rsidRoot w:val="00E63844"/>
+    <w:rsid w:val="00000CD1"/>
+    <w:rsid w:val="00000E11"/>
+    <w:rsid w:val="00000FBB"/>
+    <w:rsid w:val="000022E1"/>
+    <w:rsid w:val="00002665"/>
+    <w:rsid w:val="00002EAE"/>
+    <w:rsid w:val="00002EB1"/>
+    <w:rsid w:val="00002F3B"/>
+    <w:rsid w:val="0000343B"/>
+    <w:rsid w:val="0000378B"/>
+    <w:rsid w:val="00003A93"/>
+    <w:rsid w:val="00003E3D"/>
+    <w:rsid w:val="00004418"/>
+    <w:rsid w:val="00004BB9"/>
+    <w:rsid w:val="00004CDC"/>
+    <w:rsid w:val="00004F09"/>
+    <w:rsid w:val="00004F13"/>
+    <w:rsid w:val="00005D60"/>
+    <w:rsid w:val="00005F40"/>
+    <w:rsid w:val="00006C6A"/>
+    <w:rsid w:val="00006DA6"/>
+    <w:rsid w:val="0001008F"/>
+    <w:rsid w:val="00010EC3"/>
+    <w:rsid w:val="00013E6B"/>
+    <w:rsid w:val="00014B1F"/>
+    <w:rsid w:val="00014E81"/>
+    <w:rsid w:val="000159D8"/>
+    <w:rsid w:val="00015C3E"/>
+    <w:rsid w:val="00015F77"/>
+    <w:rsid w:val="00016450"/>
+    <w:rsid w:val="000164E7"/>
+    <w:rsid w:val="000165E7"/>
+    <w:rsid w:val="0001697F"/>
+    <w:rsid w:val="000172A6"/>
+    <w:rsid w:val="00020A21"/>
+    <w:rsid w:val="00020D98"/>
+    <w:rsid w:val="00021C24"/>
+    <w:rsid w:val="00023D1E"/>
+    <w:rsid w:val="00023E22"/>
+    <w:rsid w:val="000244ED"/>
+    <w:rsid w:val="00024781"/>
+    <w:rsid w:val="0002528F"/>
+    <w:rsid w:val="0002541E"/>
+    <w:rsid w:val="000260B2"/>
+    <w:rsid w:val="000269A4"/>
+    <w:rsid w:val="000273EF"/>
+    <w:rsid w:val="000273F3"/>
+    <w:rsid w:val="00027401"/>
+    <w:rsid w:val="0002743D"/>
+    <w:rsid w:val="000275CA"/>
+    <w:rsid w:val="000306A9"/>
+    <w:rsid w:val="000319DC"/>
+    <w:rsid w:val="00031C6F"/>
+    <w:rsid w:val="00031D2C"/>
+    <w:rsid w:val="00031FBB"/>
+    <w:rsid w:val="00032878"/>
+    <w:rsid w:val="00034588"/>
+    <w:rsid w:val="000350D5"/>
+    <w:rsid w:val="0003529A"/>
+    <w:rsid w:val="00035C91"/>
+    <w:rsid w:val="00035DAD"/>
+    <w:rsid w:val="00035F40"/>
+    <w:rsid w:val="000362F4"/>
+    <w:rsid w:val="00036498"/>
+    <w:rsid w:val="0003672D"/>
+    <w:rsid w:val="00036838"/>
+    <w:rsid w:val="00040A86"/>
+    <w:rsid w:val="00041329"/>
+    <w:rsid w:val="000421ED"/>
+    <w:rsid w:val="00042721"/>
+    <w:rsid w:val="00043763"/>
+    <w:rsid w:val="00043A54"/>
+    <w:rsid w:val="00043ECA"/>
+    <w:rsid w:val="000445E0"/>
+    <w:rsid w:val="00044AB1"/>
+    <w:rsid w:val="00044C13"/>
+    <w:rsid w:val="00045A28"/>
+    <w:rsid w:val="0004708B"/>
+    <w:rsid w:val="00047EAE"/>
+    <w:rsid w:val="000508D0"/>
+    <w:rsid w:val="00050EE6"/>
+    <w:rsid w:val="00051211"/>
+    <w:rsid w:val="00051E8F"/>
+    <w:rsid w:val="00051EBC"/>
+    <w:rsid w:val="00052CF1"/>
+    <w:rsid w:val="0005344B"/>
+    <w:rsid w:val="00054E34"/>
+    <w:rsid w:val="000550EF"/>
+    <w:rsid w:val="000560E2"/>
+    <w:rsid w:val="000565D4"/>
+    <w:rsid w:val="000605D4"/>
+    <w:rsid w:val="00060EB6"/>
+    <w:rsid w:val="00062003"/>
+    <w:rsid w:val="00063188"/>
+    <w:rsid w:val="00063B86"/>
+    <w:rsid w:val="00064B61"/>
+    <w:rsid w:val="00065316"/>
+    <w:rsid w:val="00065491"/>
+    <w:rsid w:val="00065856"/>
+    <w:rsid w:val="00065902"/>
+    <w:rsid w:val="00065B7A"/>
+    <w:rsid w:val="0006623D"/>
+    <w:rsid w:val="00066CD7"/>
+    <w:rsid w:val="00067263"/>
+    <w:rsid w:val="0006755B"/>
+    <w:rsid w:val="00067A2D"/>
+    <w:rsid w:val="00067C1F"/>
+    <w:rsid w:val="00070CD2"/>
+    <w:rsid w:val="0007283E"/>
+    <w:rsid w:val="00072C50"/>
+    <w:rsid w:val="00073074"/>
+    <w:rsid w:val="00073BA6"/>
+    <w:rsid w:val="00073CD7"/>
+    <w:rsid w:val="000742DF"/>
+    <w:rsid w:val="00075328"/>
+    <w:rsid w:val="000754BC"/>
+    <w:rsid w:val="00076552"/>
+    <w:rsid w:val="00076D4C"/>
+    <w:rsid w:val="00076E1D"/>
+    <w:rsid w:val="00077143"/>
+    <w:rsid w:val="00077A4A"/>
+    <w:rsid w:val="00077F76"/>
+    <w:rsid w:val="000805B7"/>
+    <w:rsid w:val="00081A91"/>
+    <w:rsid w:val="00082115"/>
+    <w:rsid w:val="00082366"/>
+    <w:rsid w:val="00082BB8"/>
+    <w:rsid w:val="000837F2"/>
+    <w:rsid w:val="0008454F"/>
+    <w:rsid w:val="00084768"/>
+    <w:rsid w:val="0008479F"/>
+    <w:rsid w:val="00085AC0"/>
+    <w:rsid w:val="00085C20"/>
+    <w:rsid w:val="00085E80"/>
+    <w:rsid w:val="00085F62"/>
+    <w:rsid w:val="0008648E"/>
+    <w:rsid w:val="00086586"/>
+    <w:rsid w:val="00086620"/>
+    <w:rsid w:val="0008670F"/>
+    <w:rsid w:val="00086CC1"/>
+    <w:rsid w:val="00087BAB"/>
+    <w:rsid w:val="00087EEA"/>
+    <w:rsid w:val="000905CE"/>
+    <w:rsid w:val="00090A65"/>
+    <w:rsid w:val="000912EB"/>
+    <w:rsid w:val="0009227D"/>
+    <w:rsid w:val="0009236B"/>
+    <w:rsid w:val="00092495"/>
+    <w:rsid w:val="000928C3"/>
+    <w:rsid w:val="00092C62"/>
+    <w:rsid w:val="000939C5"/>
+    <w:rsid w:val="00093D69"/>
+    <w:rsid w:val="00093F59"/>
+    <w:rsid w:val="000959E6"/>
+    <w:rsid w:val="00097068"/>
+    <w:rsid w:val="00097523"/>
+    <w:rsid w:val="00097956"/>
+    <w:rsid w:val="000A0375"/>
+    <w:rsid w:val="000A05CC"/>
+    <w:rsid w:val="000A0DBF"/>
+    <w:rsid w:val="000A0EE5"/>
+    <w:rsid w:val="000A0EFE"/>
+    <w:rsid w:val="000A13E2"/>
+    <w:rsid w:val="000A187A"/>
+    <w:rsid w:val="000A19CD"/>
+    <w:rsid w:val="000A1EEE"/>
+    <w:rsid w:val="000A1F2A"/>
+    <w:rsid w:val="000A2175"/>
+    <w:rsid w:val="000A2515"/>
+    <w:rsid w:val="000A2B2B"/>
+    <w:rsid w:val="000A3643"/>
+    <w:rsid w:val="000A381E"/>
+    <w:rsid w:val="000A430A"/>
+    <w:rsid w:val="000A46EF"/>
+    <w:rsid w:val="000A4DDF"/>
+    <w:rsid w:val="000A5FF1"/>
+    <w:rsid w:val="000A6919"/>
+    <w:rsid w:val="000A69DF"/>
+    <w:rsid w:val="000A7352"/>
+    <w:rsid w:val="000A739A"/>
+    <w:rsid w:val="000A74F1"/>
+    <w:rsid w:val="000A7A4E"/>
+    <w:rsid w:val="000A7BE5"/>
+    <w:rsid w:val="000B12E3"/>
+    <w:rsid w:val="000B1B7B"/>
+    <w:rsid w:val="000B1F72"/>
+    <w:rsid w:val="000B2A7A"/>
+    <w:rsid w:val="000B2E74"/>
+    <w:rsid w:val="000B3FD6"/>
+    <w:rsid w:val="000B3FE1"/>
+    <w:rsid w:val="000B400D"/>
+    <w:rsid w:val="000B4210"/>
+    <w:rsid w:val="000B4F6B"/>
+    <w:rsid w:val="000B5148"/>
+    <w:rsid w:val="000B56D6"/>
+    <w:rsid w:val="000B5E40"/>
+    <w:rsid w:val="000B61CC"/>
+    <w:rsid w:val="000B6CD4"/>
+    <w:rsid w:val="000B6D09"/>
+    <w:rsid w:val="000B6EAC"/>
+    <w:rsid w:val="000B7952"/>
+    <w:rsid w:val="000B7B8D"/>
+    <w:rsid w:val="000B7FCE"/>
+    <w:rsid w:val="000C03A5"/>
+    <w:rsid w:val="000C0588"/>
+    <w:rsid w:val="000C159B"/>
+    <w:rsid w:val="000C291D"/>
+    <w:rsid w:val="000C34F6"/>
+    <w:rsid w:val="000C45CD"/>
+    <w:rsid w:val="000C46CB"/>
+    <w:rsid w:val="000C556F"/>
+    <w:rsid w:val="000C5968"/>
+    <w:rsid w:val="000C5DF6"/>
+    <w:rsid w:val="000C64D5"/>
+    <w:rsid w:val="000C65F3"/>
+    <w:rsid w:val="000C7372"/>
+    <w:rsid w:val="000C7EDD"/>
+    <w:rsid w:val="000D0C2B"/>
+    <w:rsid w:val="000D0F43"/>
+    <w:rsid w:val="000D1B0D"/>
+    <w:rsid w:val="000D1EDC"/>
+    <w:rsid w:val="000D229F"/>
+    <w:rsid w:val="000D2468"/>
+    <w:rsid w:val="000D2756"/>
+    <w:rsid w:val="000D28DC"/>
+    <w:rsid w:val="000D2CB1"/>
+    <w:rsid w:val="000D306C"/>
+    <w:rsid w:val="000D3522"/>
+    <w:rsid w:val="000D43C5"/>
+    <w:rsid w:val="000D43E6"/>
+    <w:rsid w:val="000D4D41"/>
+    <w:rsid w:val="000D585A"/>
+    <w:rsid w:val="000D6403"/>
+    <w:rsid w:val="000D6A5A"/>
+    <w:rsid w:val="000E0603"/>
+    <w:rsid w:val="000E101D"/>
+    <w:rsid w:val="000E1650"/>
+    <w:rsid w:val="000E1E1E"/>
+    <w:rsid w:val="000E234E"/>
+    <w:rsid w:val="000E27A3"/>
+    <w:rsid w:val="000E286E"/>
+    <w:rsid w:val="000E31DE"/>
+    <w:rsid w:val="000E33C1"/>
+    <w:rsid w:val="000E3572"/>
+    <w:rsid w:val="000E3BB2"/>
+    <w:rsid w:val="000E451E"/>
+    <w:rsid w:val="000E4F9C"/>
+    <w:rsid w:val="000E57B3"/>
+    <w:rsid w:val="000E5F7B"/>
+    <w:rsid w:val="000E6630"/>
+    <w:rsid w:val="000E72A9"/>
+    <w:rsid w:val="000F0470"/>
+    <w:rsid w:val="000F08F0"/>
+    <w:rsid w:val="000F0C69"/>
+    <w:rsid w:val="000F1248"/>
+    <w:rsid w:val="000F1473"/>
+    <w:rsid w:val="000F17AB"/>
+    <w:rsid w:val="000F25CF"/>
+    <w:rsid w:val="000F2B22"/>
+    <w:rsid w:val="000F3627"/>
+    <w:rsid w:val="000F3726"/>
+    <w:rsid w:val="000F37E3"/>
+    <w:rsid w:val="000F3DC1"/>
+    <w:rsid w:val="000F4E52"/>
+    <w:rsid w:val="000F4FBC"/>
+    <w:rsid w:val="000F5057"/>
+    <w:rsid w:val="000F5165"/>
+    <w:rsid w:val="000F67F9"/>
+    <w:rsid w:val="000F69A5"/>
+    <w:rsid w:val="000F70F8"/>
+    <w:rsid w:val="000F7154"/>
+    <w:rsid w:val="000F7D92"/>
+    <w:rsid w:val="001000E3"/>
+    <w:rsid w:val="0010058D"/>
+    <w:rsid w:val="001009A1"/>
+    <w:rsid w:val="00102DB5"/>
+    <w:rsid w:val="00103012"/>
+    <w:rsid w:val="0010340F"/>
+    <w:rsid w:val="0010450D"/>
+    <w:rsid w:val="001045E8"/>
+    <w:rsid w:val="001062FE"/>
+    <w:rsid w:val="00106C81"/>
+    <w:rsid w:val="00106FDD"/>
+    <w:rsid w:val="00110D66"/>
+    <w:rsid w:val="00110F7B"/>
+    <w:rsid w:val="00111187"/>
+    <w:rsid w:val="001112DD"/>
+    <w:rsid w:val="0011133A"/>
+    <w:rsid w:val="0011218C"/>
+    <w:rsid w:val="0011241B"/>
+    <w:rsid w:val="00112702"/>
+    <w:rsid w:val="00112E2B"/>
+    <w:rsid w:val="00113605"/>
+    <w:rsid w:val="001137C1"/>
+    <w:rsid w:val="00113B08"/>
+    <w:rsid w:val="00115700"/>
+    <w:rsid w:val="001159C9"/>
+    <w:rsid w:val="00115BF4"/>
+    <w:rsid w:val="001161EF"/>
+    <w:rsid w:val="00116747"/>
+    <w:rsid w:val="001174A5"/>
+    <w:rsid w:val="001174ED"/>
+    <w:rsid w:val="00117843"/>
+    <w:rsid w:val="00117932"/>
+    <w:rsid w:val="00117CFB"/>
+    <w:rsid w:val="00117E48"/>
+    <w:rsid w:val="00120822"/>
+    <w:rsid w:val="00122140"/>
+    <w:rsid w:val="00122924"/>
+    <w:rsid w:val="00122E4C"/>
+    <w:rsid w:val="001232BA"/>
+    <w:rsid w:val="00123311"/>
+    <w:rsid w:val="0012352C"/>
+    <w:rsid w:val="00123A46"/>
+    <w:rsid w:val="00123F0E"/>
+    <w:rsid w:val="00124A93"/>
+    <w:rsid w:val="00124F8D"/>
+    <w:rsid w:val="00125AF1"/>
+    <w:rsid w:val="00125BFC"/>
+    <w:rsid w:val="00127186"/>
+    <w:rsid w:val="001274DD"/>
+    <w:rsid w:val="001278A1"/>
+    <w:rsid w:val="001279B6"/>
+    <w:rsid w:val="001279B9"/>
+    <w:rsid w:val="00127FCA"/>
+    <w:rsid w:val="001301A3"/>
+    <w:rsid w:val="0013037A"/>
+    <w:rsid w:val="001311E3"/>
+    <w:rsid w:val="0013132C"/>
+    <w:rsid w:val="00131C89"/>
+    <w:rsid w:val="0013257E"/>
+    <w:rsid w:val="00132769"/>
+    <w:rsid w:val="00134993"/>
+    <w:rsid w:val="00135509"/>
+    <w:rsid w:val="0013564F"/>
+    <w:rsid w:val="001359D9"/>
+    <w:rsid w:val="001359DE"/>
+    <w:rsid w:val="00135CAB"/>
+    <w:rsid w:val="001361F6"/>
+    <w:rsid w:val="00136242"/>
+    <w:rsid w:val="00136969"/>
+    <w:rsid w:val="0013728E"/>
+    <w:rsid w:val="0013767B"/>
+    <w:rsid w:val="00140F1D"/>
+    <w:rsid w:val="0014148E"/>
+    <w:rsid w:val="001414E0"/>
+    <w:rsid w:val="00141788"/>
+    <w:rsid w:val="0014188B"/>
+    <w:rsid w:val="001431F8"/>
+    <w:rsid w:val="0014374A"/>
+    <w:rsid w:val="001453CD"/>
+    <w:rsid w:val="001456ED"/>
+    <w:rsid w:val="0014600C"/>
+    <w:rsid w:val="0014636C"/>
+    <w:rsid w:val="00146AD1"/>
+    <w:rsid w:val="00146C05"/>
+    <w:rsid w:val="00146E1C"/>
+    <w:rsid w:val="00147916"/>
+    <w:rsid w:val="00147F8F"/>
+    <w:rsid w:val="00150B80"/>
+    <w:rsid w:val="0015179F"/>
+    <w:rsid w:val="00151C28"/>
+    <w:rsid w:val="00152B3D"/>
+    <w:rsid w:val="00152C66"/>
+    <w:rsid w:val="00152D7A"/>
+    <w:rsid w:val="00153967"/>
+    <w:rsid w:val="00153A42"/>
+    <w:rsid w:val="00153C51"/>
+    <w:rsid w:val="00153CFE"/>
+    <w:rsid w:val="00155082"/>
+    <w:rsid w:val="00155595"/>
+    <w:rsid w:val="00155AD1"/>
+    <w:rsid w:val="00155C93"/>
+    <w:rsid w:val="00155DA0"/>
+    <w:rsid w:val="00155E8D"/>
+    <w:rsid w:val="001566AF"/>
+    <w:rsid w:val="00156B3F"/>
+    <w:rsid w:val="001571D1"/>
+    <w:rsid w:val="0015720C"/>
+    <w:rsid w:val="00157CEE"/>
+    <w:rsid w:val="0016018E"/>
+    <w:rsid w:val="0016132A"/>
+    <w:rsid w:val="00161596"/>
+    <w:rsid w:val="00162F77"/>
+    <w:rsid w:val="00163296"/>
+    <w:rsid w:val="0016329F"/>
+    <w:rsid w:val="00163A0B"/>
+    <w:rsid w:val="00163A69"/>
+    <w:rsid w:val="00163EA7"/>
+    <w:rsid w:val="00164189"/>
+    <w:rsid w:val="00164241"/>
+    <w:rsid w:val="001647BE"/>
+    <w:rsid w:val="00164D79"/>
+    <w:rsid w:val="001656C0"/>
+    <w:rsid w:val="00165789"/>
+    <w:rsid w:val="00165B4A"/>
+    <w:rsid w:val="00165B84"/>
+    <w:rsid w:val="00165D71"/>
+    <w:rsid w:val="00166045"/>
+    <w:rsid w:val="00167096"/>
+    <w:rsid w:val="001675E9"/>
+    <w:rsid w:val="00170FC9"/>
+    <w:rsid w:val="00171A1B"/>
+    <w:rsid w:val="00173915"/>
+    <w:rsid w:val="00173C5D"/>
+    <w:rsid w:val="00175494"/>
+    <w:rsid w:val="00175D49"/>
+    <w:rsid w:val="0017656B"/>
+    <w:rsid w:val="00176BD4"/>
+    <w:rsid w:val="00176C85"/>
+    <w:rsid w:val="00176F09"/>
+    <w:rsid w:val="001774A3"/>
+    <w:rsid w:val="00177EF2"/>
+    <w:rsid w:val="00180147"/>
+    <w:rsid w:val="001809B2"/>
+    <w:rsid w:val="00180E44"/>
+    <w:rsid w:val="001816D2"/>
+    <w:rsid w:val="0018182A"/>
+    <w:rsid w:val="00181B66"/>
+    <w:rsid w:val="00181F2F"/>
+    <w:rsid w:val="00182B0E"/>
+    <w:rsid w:val="001836F6"/>
+    <w:rsid w:val="00183B44"/>
+    <w:rsid w:val="001847A6"/>
+    <w:rsid w:val="00184853"/>
+    <w:rsid w:val="00184BBB"/>
+    <w:rsid w:val="00185822"/>
+    <w:rsid w:val="00185ABE"/>
+    <w:rsid w:val="00185CAD"/>
+    <w:rsid w:val="00186158"/>
+    <w:rsid w:val="00186725"/>
+    <w:rsid w:val="001867F0"/>
+    <w:rsid w:val="001869FF"/>
+    <w:rsid w:val="00186FD1"/>
+    <w:rsid w:val="00187E25"/>
+    <w:rsid w:val="00190381"/>
+    <w:rsid w:val="00190574"/>
+    <w:rsid w:val="00190934"/>
+    <w:rsid w:val="00190B09"/>
+    <w:rsid w:val="00191145"/>
+    <w:rsid w:val="00191240"/>
+    <w:rsid w:val="00191480"/>
+    <w:rsid w:val="00191667"/>
+    <w:rsid w:val="00191E6A"/>
+    <w:rsid w:val="0019253C"/>
+    <w:rsid w:val="00192787"/>
+    <w:rsid w:val="00192FE4"/>
+    <w:rsid w:val="00193883"/>
+    <w:rsid w:val="00193D6D"/>
+    <w:rsid w:val="00193EAB"/>
+    <w:rsid w:val="0019406A"/>
+    <w:rsid w:val="001941E1"/>
+    <w:rsid w:val="00194B53"/>
+    <w:rsid w:val="00194EEA"/>
+    <w:rsid w:val="0019573C"/>
+    <w:rsid w:val="00196662"/>
+    <w:rsid w:val="0019693A"/>
+    <w:rsid w:val="00197F14"/>
+    <w:rsid w:val="001A01EF"/>
+    <w:rsid w:val="001A1043"/>
+    <w:rsid w:val="001A2A1B"/>
+    <w:rsid w:val="001A2F80"/>
+    <w:rsid w:val="001A347A"/>
+    <w:rsid w:val="001A3A9A"/>
+    <w:rsid w:val="001A3D67"/>
+    <w:rsid w:val="001A46A8"/>
+    <w:rsid w:val="001A542E"/>
+    <w:rsid w:val="001A5729"/>
+    <w:rsid w:val="001A5B8F"/>
+    <w:rsid w:val="001A652C"/>
+    <w:rsid w:val="001A6D66"/>
+    <w:rsid w:val="001A742B"/>
+    <w:rsid w:val="001A78CE"/>
+    <w:rsid w:val="001A7C04"/>
+    <w:rsid w:val="001B01E6"/>
+    <w:rsid w:val="001B05C6"/>
+    <w:rsid w:val="001B0791"/>
+    <w:rsid w:val="001B0AF2"/>
+    <w:rsid w:val="001B15A6"/>
+    <w:rsid w:val="001B18FC"/>
+    <w:rsid w:val="001B260F"/>
+    <w:rsid w:val="001B2BEC"/>
+    <w:rsid w:val="001B3CCD"/>
+    <w:rsid w:val="001B3EB0"/>
+    <w:rsid w:val="001B4E3C"/>
+    <w:rsid w:val="001B636B"/>
+    <w:rsid w:val="001B65F8"/>
+    <w:rsid w:val="001B751B"/>
+    <w:rsid w:val="001B7793"/>
+    <w:rsid w:val="001B7DED"/>
+    <w:rsid w:val="001C1B9F"/>
+    <w:rsid w:val="001C331A"/>
+    <w:rsid w:val="001C35A2"/>
+    <w:rsid w:val="001C3BF0"/>
+    <w:rsid w:val="001C4466"/>
+    <w:rsid w:val="001C5DA7"/>
+    <w:rsid w:val="001C6377"/>
+    <w:rsid w:val="001C6A52"/>
+    <w:rsid w:val="001C71A5"/>
+    <w:rsid w:val="001C737A"/>
+    <w:rsid w:val="001C74A5"/>
+    <w:rsid w:val="001C78D8"/>
+    <w:rsid w:val="001C78F3"/>
+    <w:rsid w:val="001C7A9E"/>
+    <w:rsid w:val="001C7ACD"/>
+    <w:rsid w:val="001C7CB6"/>
+    <w:rsid w:val="001C7DF4"/>
+    <w:rsid w:val="001D01B8"/>
+    <w:rsid w:val="001D09AF"/>
+    <w:rsid w:val="001D1A87"/>
+    <w:rsid w:val="001D1F10"/>
+    <w:rsid w:val="001D25F5"/>
+    <w:rsid w:val="001D2CE7"/>
+    <w:rsid w:val="001D3EB7"/>
+    <w:rsid w:val="001D437C"/>
+    <w:rsid w:val="001D4763"/>
+    <w:rsid w:val="001D4959"/>
+    <w:rsid w:val="001D5926"/>
+    <w:rsid w:val="001D59B0"/>
+    <w:rsid w:val="001D69FE"/>
+    <w:rsid w:val="001D6AC1"/>
+    <w:rsid w:val="001E0048"/>
+    <w:rsid w:val="001E017E"/>
+    <w:rsid w:val="001E01F8"/>
+    <w:rsid w:val="001E0545"/>
+    <w:rsid w:val="001E0A6C"/>
+    <w:rsid w:val="001E12C8"/>
+    <w:rsid w:val="001E1337"/>
+    <w:rsid w:val="001E1672"/>
+    <w:rsid w:val="001E1D22"/>
+    <w:rsid w:val="001E1FF0"/>
+    <w:rsid w:val="001E23EE"/>
+    <w:rsid w:val="001E39E9"/>
+    <w:rsid w:val="001E3BEC"/>
+    <w:rsid w:val="001E40DA"/>
+    <w:rsid w:val="001E46A0"/>
+    <w:rsid w:val="001E48FA"/>
+    <w:rsid w:val="001E4A93"/>
+    <w:rsid w:val="001E4C3C"/>
+    <w:rsid w:val="001E508D"/>
+    <w:rsid w:val="001E5F54"/>
+    <w:rsid w:val="001E6F5D"/>
+    <w:rsid w:val="001E7912"/>
+    <w:rsid w:val="001E7E68"/>
+    <w:rsid w:val="001F0BFC"/>
+    <w:rsid w:val="001F0E65"/>
+    <w:rsid w:val="001F1DA6"/>
+    <w:rsid w:val="001F2509"/>
+    <w:rsid w:val="001F2A7D"/>
+    <w:rsid w:val="001F4432"/>
+    <w:rsid w:val="001F52CF"/>
+    <w:rsid w:val="001F5753"/>
+    <w:rsid w:val="001F59BD"/>
+    <w:rsid w:val="001F5BAD"/>
+    <w:rsid w:val="001F6715"/>
+    <w:rsid w:val="001F6DE1"/>
+    <w:rsid w:val="001F6FC6"/>
+    <w:rsid w:val="001F6FFB"/>
+    <w:rsid w:val="001F714B"/>
+    <w:rsid w:val="001F7622"/>
+    <w:rsid w:val="001F799F"/>
+    <w:rsid w:val="002002C9"/>
+    <w:rsid w:val="00200601"/>
+    <w:rsid w:val="0020094D"/>
+    <w:rsid w:val="00201024"/>
+    <w:rsid w:val="0020167E"/>
+    <w:rsid w:val="00202026"/>
+    <w:rsid w:val="00202491"/>
+    <w:rsid w:val="002026B1"/>
+    <w:rsid w:val="00202859"/>
+    <w:rsid w:val="00202B08"/>
+    <w:rsid w:val="00203105"/>
+    <w:rsid w:val="00204D25"/>
+    <w:rsid w:val="0020508F"/>
+    <w:rsid w:val="00206394"/>
+    <w:rsid w:val="00206870"/>
+    <w:rsid w:val="00206BA4"/>
+    <w:rsid w:val="002070F5"/>
+    <w:rsid w:val="002071B2"/>
+    <w:rsid w:val="002073F6"/>
+    <w:rsid w:val="00207B5F"/>
+    <w:rsid w:val="00210788"/>
+    <w:rsid w:val="00212D27"/>
+    <w:rsid w:val="002131D7"/>
+    <w:rsid w:val="0021428F"/>
+    <w:rsid w:val="002148AD"/>
+    <w:rsid w:val="002148BA"/>
+    <w:rsid w:val="00214B28"/>
+    <w:rsid w:val="00214D6C"/>
+    <w:rsid w:val="00214FC0"/>
+    <w:rsid w:val="002152A6"/>
+    <w:rsid w:val="00215486"/>
+    <w:rsid w:val="00215994"/>
+    <w:rsid w:val="00215E59"/>
+    <w:rsid w:val="002161A3"/>
+    <w:rsid w:val="00216202"/>
+    <w:rsid w:val="0021626D"/>
+    <w:rsid w:val="00217D0B"/>
+    <w:rsid w:val="0022008D"/>
+    <w:rsid w:val="00220982"/>
+    <w:rsid w:val="00221BFE"/>
+    <w:rsid w:val="00221D71"/>
+    <w:rsid w:val="00223143"/>
+    <w:rsid w:val="00223466"/>
+    <w:rsid w:val="00224544"/>
+    <w:rsid w:val="002254F5"/>
+    <w:rsid w:val="0022559D"/>
+    <w:rsid w:val="002259C8"/>
+    <w:rsid w:val="00226268"/>
+    <w:rsid w:val="002262F6"/>
+    <w:rsid w:val="00227A52"/>
+    <w:rsid w:val="00230E2A"/>
+    <w:rsid w:val="00231D86"/>
+    <w:rsid w:val="002322E6"/>
+    <w:rsid w:val="00233205"/>
+    <w:rsid w:val="002332B0"/>
+    <w:rsid w:val="00234855"/>
+    <w:rsid w:val="0023485B"/>
+    <w:rsid w:val="002353F0"/>
+    <w:rsid w:val="00235E53"/>
+    <w:rsid w:val="0023686C"/>
+    <w:rsid w:val="002372AA"/>
+    <w:rsid w:val="00240C0C"/>
+    <w:rsid w:val="002417AD"/>
+    <w:rsid w:val="002419DF"/>
+    <w:rsid w:val="002420B2"/>
+    <w:rsid w:val="002428EB"/>
+    <w:rsid w:val="0024390A"/>
+    <w:rsid w:val="002439BC"/>
+    <w:rsid w:val="002443DF"/>
+    <w:rsid w:val="00244DCC"/>
+    <w:rsid w:val="00247464"/>
+    <w:rsid w:val="00247993"/>
+    <w:rsid w:val="00247B60"/>
+    <w:rsid w:val="00251228"/>
+    <w:rsid w:val="002515AD"/>
+    <w:rsid w:val="002516D8"/>
+    <w:rsid w:val="002522A7"/>
+    <w:rsid w:val="00252B64"/>
+    <w:rsid w:val="00253361"/>
+    <w:rsid w:val="002535FD"/>
+    <w:rsid w:val="0025393E"/>
+    <w:rsid w:val="0025408D"/>
+    <w:rsid w:val="0025466E"/>
+    <w:rsid w:val="002562DC"/>
+    <w:rsid w:val="0025633F"/>
+    <w:rsid w:val="0025706E"/>
+    <w:rsid w:val="00257545"/>
+    <w:rsid w:val="0025756E"/>
+    <w:rsid w:val="0025770A"/>
+    <w:rsid w:val="00260429"/>
+    <w:rsid w:val="00260F3E"/>
+    <w:rsid w:val="00261417"/>
+    <w:rsid w:val="00262F3F"/>
+    <w:rsid w:val="0026321F"/>
+    <w:rsid w:val="0026348C"/>
+    <w:rsid w:val="002634B5"/>
+    <w:rsid w:val="00263EDD"/>
+    <w:rsid w:val="00264E31"/>
+    <w:rsid w:val="00265331"/>
+    <w:rsid w:val="0026584B"/>
+    <w:rsid w:val="00265A75"/>
+    <w:rsid w:val="00265C26"/>
+    <w:rsid w:val="0026622D"/>
+    <w:rsid w:val="00266326"/>
+    <w:rsid w:val="00266575"/>
+    <w:rsid w:val="0026684B"/>
+    <w:rsid w:val="00266EDB"/>
+    <w:rsid w:val="00267EC0"/>
+    <w:rsid w:val="00272497"/>
+    <w:rsid w:val="00273094"/>
+    <w:rsid w:val="002730B6"/>
+    <w:rsid w:val="0027433E"/>
+    <w:rsid w:val="002751F5"/>
+    <w:rsid w:val="002755EA"/>
+    <w:rsid w:val="002755FD"/>
+    <w:rsid w:val="00275794"/>
+    <w:rsid w:val="002758F3"/>
+    <w:rsid w:val="0027605B"/>
+    <w:rsid w:val="002766D1"/>
+    <w:rsid w:val="00276BF4"/>
+    <w:rsid w:val="002802AF"/>
+    <w:rsid w:val="00280E55"/>
+    <w:rsid w:val="0028145C"/>
+    <w:rsid w:val="002816DC"/>
+    <w:rsid w:val="00282359"/>
+    <w:rsid w:val="00283B9F"/>
+    <w:rsid w:val="00284B06"/>
+    <w:rsid w:val="00284CF6"/>
+    <w:rsid w:val="00284DD4"/>
+    <w:rsid w:val="002852F4"/>
+    <w:rsid w:val="00285701"/>
+    <w:rsid w:val="002873CB"/>
+    <w:rsid w:val="00287BF9"/>
+    <w:rsid w:val="00291FCE"/>
+    <w:rsid w:val="00292528"/>
+    <w:rsid w:val="002936BD"/>
+    <w:rsid w:val="0029458B"/>
+    <w:rsid w:val="00295682"/>
+    <w:rsid w:val="00295BEE"/>
+    <w:rsid w:val="00296ADA"/>
+    <w:rsid w:val="00296F2D"/>
+    <w:rsid w:val="00297989"/>
+    <w:rsid w:val="00297C2B"/>
+    <w:rsid w:val="002A008E"/>
+    <w:rsid w:val="002A0B76"/>
+    <w:rsid w:val="002A0C35"/>
+    <w:rsid w:val="002A0D20"/>
+    <w:rsid w:val="002A0DAD"/>
+    <w:rsid w:val="002A1131"/>
+    <w:rsid w:val="002A1502"/>
+    <w:rsid w:val="002A4F5D"/>
+    <w:rsid w:val="002A564A"/>
+    <w:rsid w:val="002A5AF8"/>
+    <w:rsid w:val="002A5E05"/>
+    <w:rsid w:val="002A60BB"/>
+    <w:rsid w:val="002A63C8"/>
+    <w:rsid w:val="002A6A3F"/>
+    <w:rsid w:val="002A6C38"/>
+    <w:rsid w:val="002A72B8"/>
+    <w:rsid w:val="002B0074"/>
+    <w:rsid w:val="002B0EA6"/>
+    <w:rsid w:val="002B13B0"/>
+    <w:rsid w:val="002B13DD"/>
+    <w:rsid w:val="002B1DEC"/>
+    <w:rsid w:val="002B4B38"/>
+    <w:rsid w:val="002B56C9"/>
+    <w:rsid w:val="002B5B97"/>
+    <w:rsid w:val="002B5EC7"/>
+    <w:rsid w:val="002B5F83"/>
+    <w:rsid w:val="002B61B5"/>
+    <w:rsid w:val="002B702A"/>
+    <w:rsid w:val="002B7CEE"/>
+    <w:rsid w:val="002C1FCD"/>
+    <w:rsid w:val="002C35D0"/>
+    <w:rsid w:val="002C4ED6"/>
+    <w:rsid w:val="002C4F39"/>
+    <w:rsid w:val="002C55BC"/>
+    <w:rsid w:val="002C5A1B"/>
+    <w:rsid w:val="002C5A26"/>
+    <w:rsid w:val="002C5D81"/>
+    <w:rsid w:val="002C677C"/>
+    <w:rsid w:val="002C67B6"/>
+    <w:rsid w:val="002C6AAD"/>
+    <w:rsid w:val="002C6BC1"/>
+    <w:rsid w:val="002C7315"/>
+    <w:rsid w:val="002C78C5"/>
+    <w:rsid w:val="002C7B8C"/>
+    <w:rsid w:val="002C7BA6"/>
+    <w:rsid w:val="002C7CFF"/>
+    <w:rsid w:val="002C7E24"/>
+    <w:rsid w:val="002D0106"/>
+    <w:rsid w:val="002D08C0"/>
+    <w:rsid w:val="002D0A19"/>
+    <w:rsid w:val="002D19A7"/>
+    <w:rsid w:val="002D1A87"/>
+    <w:rsid w:val="002D25A7"/>
+    <w:rsid w:val="002D2DDF"/>
+    <w:rsid w:val="002D2EB7"/>
+    <w:rsid w:val="002D34BC"/>
+    <w:rsid w:val="002D4664"/>
+    <w:rsid w:val="002D4FF1"/>
+    <w:rsid w:val="002D55D3"/>
+    <w:rsid w:val="002D5C98"/>
+    <w:rsid w:val="002D644C"/>
+    <w:rsid w:val="002E04EB"/>
+    <w:rsid w:val="002E057E"/>
+    <w:rsid w:val="002E06B7"/>
+    <w:rsid w:val="002E177D"/>
+    <w:rsid w:val="002E239C"/>
+    <w:rsid w:val="002E264A"/>
+    <w:rsid w:val="002E27FA"/>
+    <w:rsid w:val="002E2817"/>
+    <w:rsid w:val="002E39A9"/>
+    <w:rsid w:val="002E3FAA"/>
+    <w:rsid w:val="002E5582"/>
+    <w:rsid w:val="002E56A0"/>
+    <w:rsid w:val="002E592E"/>
+    <w:rsid w:val="002E5A6E"/>
+    <w:rsid w:val="002E61D9"/>
+    <w:rsid w:val="002E63BE"/>
+    <w:rsid w:val="002E662F"/>
+    <w:rsid w:val="002E76C9"/>
+    <w:rsid w:val="002E7E44"/>
+    <w:rsid w:val="002F021F"/>
+    <w:rsid w:val="002F043D"/>
+    <w:rsid w:val="002F0680"/>
+    <w:rsid w:val="002F0901"/>
+    <w:rsid w:val="002F0E76"/>
+    <w:rsid w:val="002F0F4B"/>
+    <w:rsid w:val="002F123C"/>
+    <w:rsid w:val="002F224C"/>
+    <w:rsid w:val="002F314E"/>
+    <w:rsid w:val="002F3E2B"/>
+    <w:rsid w:val="002F53EA"/>
+    <w:rsid w:val="002F54CD"/>
+    <w:rsid w:val="002F5891"/>
+    <w:rsid w:val="002F6121"/>
+    <w:rsid w:val="002F6937"/>
+    <w:rsid w:val="002F6B8B"/>
+    <w:rsid w:val="00300AC6"/>
+    <w:rsid w:val="00301AAA"/>
+    <w:rsid w:val="00302737"/>
+    <w:rsid w:val="00302E11"/>
+    <w:rsid w:val="00302F10"/>
+    <w:rsid w:val="00304260"/>
+    <w:rsid w:val="0030496A"/>
+    <w:rsid w:val="0030558D"/>
+    <w:rsid w:val="003066C8"/>
+    <w:rsid w:val="003066E8"/>
+    <w:rsid w:val="0030696A"/>
+    <w:rsid w:val="0030697F"/>
+    <w:rsid w:val="00306CE5"/>
+    <w:rsid w:val="00306D14"/>
+    <w:rsid w:val="003070C7"/>
+    <w:rsid w:val="00307561"/>
+    <w:rsid w:val="00307BAF"/>
+    <w:rsid w:val="00307D66"/>
+    <w:rsid w:val="003105E6"/>
+    <w:rsid w:val="0031085E"/>
+    <w:rsid w:val="00310B32"/>
+    <w:rsid w:val="00311108"/>
+    <w:rsid w:val="00311A93"/>
+    <w:rsid w:val="00311CF4"/>
+    <w:rsid w:val="003137AC"/>
+    <w:rsid w:val="00314A9F"/>
+    <w:rsid w:val="0031513E"/>
+    <w:rsid w:val="00316F41"/>
+    <w:rsid w:val="0031703E"/>
+    <w:rsid w:val="0031719B"/>
+    <w:rsid w:val="00317705"/>
+    <w:rsid w:val="00317C9B"/>
+    <w:rsid w:val="00320955"/>
+    <w:rsid w:val="00320980"/>
+    <w:rsid w:val="00320E1F"/>
+    <w:rsid w:val="003210E7"/>
+    <w:rsid w:val="00321122"/>
+    <w:rsid w:val="00321A11"/>
+    <w:rsid w:val="00321B83"/>
+    <w:rsid w:val="00321B9F"/>
+    <w:rsid w:val="00322046"/>
+    <w:rsid w:val="00322F2E"/>
+    <w:rsid w:val="00323829"/>
+    <w:rsid w:val="003243D7"/>
+    <w:rsid w:val="00324A53"/>
+    <w:rsid w:val="0032553B"/>
+    <w:rsid w:val="003255EB"/>
+    <w:rsid w:val="00325831"/>
+    <w:rsid w:val="0033078B"/>
+    <w:rsid w:val="00330918"/>
+    <w:rsid w:val="00331240"/>
+    <w:rsid w:val="00331DD9"/>
+    <w:rsid w:val="003325CF"/>
+    <w:rsid w:val="003334D2"/>
+    <w:rsid w:val="00333720"/>
+    <w:rsid w:val="00333FA2"/>
+    <w:rsid w:val="00334467"/>
+    <w:rsid w:val="003349DA"/>
+    <w:rsid w:val="00334A20"/>
+    <w:rsid w:val="003370C6"/>
+    <w:rsid w:val="00337506"/>
+    <w:rsid w:val="0033797F"/>
+    <w:rsid w:val="00337E0F"/>
+    <w:rsid w:val="00337F72"/>
+    <w:rsid w:val="0034095D"/>
+    <w:rsid w:val="00340AC0"/>
+    <w:rsid w:val="00340E2A"/>
+    <w:rsid w:val="00342519"/>
+    <w:rsid w:val="003427E4"/>
+    <w:rsid w:val="0034290E"/>
+    <w:rsid w:val="003429E0"/>
+    <w:rsid w:val="00343030"/>
+    <w:rsid w:val="00343086"/>
+    <w:rsid w:val="003431E8"/>
+    <w:rsid w:val="003433F9"/>
+    <w:rsid w:val="00343ADA"/>
+    <w:rsid w:val="00343C2D"/>
+    <w:rsid w:val="00343EBA"/>
+    <w:rsid w:val="00344C8F"/>
+    <w:rsid w:val="0034656E"/>
+    <w:rsid w:val="003465FD"/>
+    <w:rsid w:val="00346A8E"/>
+    <w:rsid w:val="00346E52"/>
+    <w:rsid w:val="003470E2"/>
+    <w:rsid w:val="003471D1"/>
+    <w:rsid w:val="003472A5"/>
+    <w:rsid w:val="00347DFF"/>
+    <w:rsid w:val="00350355"/>
+    <w:rsid w:val="00350546"/>
+    <w:rsid w:val="00350D93"/>
+    <w:rsid w:val="003513B5"/>
+    <w:rsid w:val="0035151C"/>
+    <w:rsid w:val="00351686"/>
+    <w:rsid w:val="0035169E"/>
+    <w:rsid w:val="003516B5"/>
+    <w:rsid w:val="003519BB"/>
+    <w:rsid w:val="00351E69"/>
+    <w:rsid w:val="00352188"/>
+    <w:rsid w:val="003527F6"/>
+    <w:rsid w:val="00352B9B"/>
+    <w:rsid w:val="00353406"/>
+    <w:rsid w:val="00355188"/>
+    <w:rsid w:val="0035554D"/>
+    <w:rsid w:val="00355910"/>
+    <w:rsid w:val="00356541"/>
+    <w:rsid w:val="00356C21"/>
+    <w:rsid w:val="0035774E"/>
+    <w:rsid w:val="00357FE0"/>
+    <w:rsid w:val="0036074B"/>
+    <w:rsid w:val="00360F28"/>
+    <w:rsid w:val="0036156B"/>
+    <w:rsid w:val="00361818"/>
+    <w:rsid w:val="00361A64"/>
+    <w:rsid w:val="00361A72"/>
+    <w:rsid w:val="00361E89"/>
+    <w:rsid w:val="00362510"/>
+    <w:rsid w:val="0036276F"/>
+    <w:rsid w:val="00362EE9"/>
+    <w:rsid w:val="00363E24"/>
+    <w:rsid w:val="00364223"/>
+    <w:rsid w:val="003642F6"/>
+    <w:rsid w:val="00364BBD"/>
+    <w:rsid w:val="00364CCD"/>
+    <w:rsid w:val="003654F5"/>
+    <w:rsid w:val="00365538"/>
+    <w:rsid w:val="00365A47"/>
+    <w:rsid w:val="003669B7"/>
+    <w:rsid w:val="003672FE"/>
+    <w:rsid w:val="00370B7E"/>
+    <w:rsid w:val="00371048"/>
+    <w:rsid w:val="003711DA"/>
+    <w:rsid w:val="003713AC"/>
+    <w:rsid w:val="0037189C"/>
+    <w:rsid w:val="00372AAB"/>
+    <w:rsid w:val="00372D16"/>
+    <w:rsid w:val="00372D57"/>
+    <w:rsid w:val="003730BC"/>
+    <w:rsid w:val="003741F0"/>
+    <w:rsid w:val="00374B25"/>
+    <w:rsid w:val="00374E5D"/>
+    <w:rsid w:val="003753C7"/>
+    <w:rsid w:val="00375DA7"/>
+    <w:rsid w:val="003769E3"/>
+    <w:rsid w:val="0037766E"/>
+    <w:rsid w:val="0037791D"/>
+    <w:rsid w:val="003779D6"/>
+    <w:rsid w:val="00380466"/>
+    <w:rsid w:val="00381ABB"/>
+    <w:rsid w:val="00382E39"/>
+    <w:rsid w:val="00383730"/>
+    <w:rsid w:val="00383B52"/>
+    <w:rsid w:val="00384481"/>
+    <w:rsid w:val="003846B5"/>
+    <w:rsid w:val="00384A08"/>
+    <w:rsid w:val="00384CE7"/>
+    <w:rsid w:val="003865BD"/>
+    <w:rsid w:val="00386B73"/>
+    <w:rsid w:val="00386D4A"/>
+    <w:rsid w:val="0038757B"/>
+    <w:rsid w:val="003905FD"/>
+    <w:rsid w:val="003906B6"/>
+    <w:rsid w:val="00390F85"/>
+    <w:rsid w:val="00391324"/>
+    <w:rsid w:val="003918BA"/>
+    <w:rsid w:val="00392286"/>
+    <w:rsid w:val="00392D32"/>
+    <w:rsid w:val="00393B53"/>
+    <w:rsid w:val="00393E7E"/>
+    <w:rsid w:val="00394124"/>
+    <w:rsid w:val="0039471F"/>
+    <w:rsid w:val="00394992"/>
+    <w:rsid w:val="00394BDC"/>
+    <w:rsid w:val="0039556F"/>
+    <w:rsid w:val="003958D5"/>
+    <w:rsid w:val="003963CE"/>
+    <w:rsid w:val="0039687F"/>
+    <w:rsid w:val="00396929"/>
+    <w:rsid w:val="00396E03"/>
+    <w:rsid w:val="00396FD1"/>
+    <w:rsid w:val="0039729F"/>
+    <w:rsid w:val="003A0044"/>
+    <w:rsid w:val="003A0809"/>
+    <w:rsid w:val="003A0B7C"/>
+    <w:rsid w:val="003A146A"/>
+    <w:rsid w:val="003A1773"/>
+    <w:rsid w:val="003A1D9B"/>
+    <w:rsid w:val="003A2688"/>
+    <w:rsid w:val="003A38F2"/>
+    <w:rsid w:val="003A3B2F"/>
+    <w:rsid w:val="003A4E24"/>
+    <w:rsid w:val="003A50F6"/>
+    <w:rsid w:val="003A5E4B"/>
+    <w:rsid w:val="003A6047"/>
+    <w:rsid w:val="003A629D"/>
+    <w:rsid w:val="003A66D0"/>
+    <w:rsid w:val="003A6700"/>
+    <w:rsid w:val="003A6CBF"/>
+    <w:rsid w:val="003B096B"/>
+    <w:rsid w:val="003B0A49"/>
+    <w:rsid w:val="003B0FEC"/>
+    <w:rsid w:val="003B110B"/>
+    <w:rsid w:val="003B1A1C"/>
+    <w:rsid w:val="003B1E27"/>
+    <w:rsid w:val="003B2BC9"/>
+    <w:rsid w:val="003B3D7F"/>
+    <w:rsid w:val="003B41A5"/>
+    <w:rsid w:val="003B4344"/>
+    <w:rsid w:val="003B46F1"/>
+    <w:rsid w:val="003B4F88"/>
+    <w:rsid w:val="003B5BB4"/>
+    <w:rsid w:val="003B5F66"/>
+    <w:rsid w:val="003B6CA9"/>
+    <w:rsid w:val="003B6CAA"/>
+    <w:rsid w:val="003B6CE8"/>
+    <w:rsid w:val="003B6E0D"/>
+    <w:rsid w:val="003C1790"/>
+    <w:rsid w:val="003C1E55"/>
+    <w:rsid w:val="003C243B"/>
+    <w:rsid w:val="003C2495"/>
+    <w:rsid w:val="003C2D09"/>
+    <w:rsid w:val="003C3326"/>
+    <w:rsid w:val="003C3BAC"/>
+    <w:rsid w:val="003C4184"/>
+    <w:rsid w:val="003C419E"/>
+    <w:rsid w:val="003C4D9C"/>
+    <w:rsid w:val="003C4DDF"/>
+    <w:rsid w:val="003C57BD"/>
+    <w:rsid w:val="003C5CDE"/>
+    <w:rsid w:val="003C5EC8"/>
+    <w:rsid w:val="003C783C"/>
+    <w:rsid w:val="003C78A2"/>
+    <w:rsid w:val="003C7F9A"/>
+    <w:rsid w:val="003D0EB0"/>
+    <w:rsid w:val="003D1430"/>
+    <w:rsid w:val="003D1A33"/>
+    <w:rsid w:val="003D1AF6"/>
+    <w:rsid w:val="003D2A6A"/>
+    <w:rsid w:val="003D3BCE"/>
+    <w:rsid w:val="003D4516"/>
+    <w:rsid w:val="003D5A3A"/>
+    <w:rsid w:val="003D5AB5"/>
+    <w:rsid w:val="003D5BC1"/>
+    <w:rsid w:val="003D64BF"/>
+    <w:rsid w:val="003D67C5"/>
+    <w:rsid w:val="003D720B"/>
+    <w:rsid w:val="003E0537"/>
+    <w:rsid w:val="003E15BB"/>
+    <w:rsid w:val="003E1CF3"/>
+    <w:rsid w:val="003E1F42"/>
+    <w:rsid w:val="003E2196"/>
+    <w:rsid w:val="003E2759"/>
+    <w:rsid w:val="003E35D6"/>
+    <w:rsid w:val="003E3693"/>
+    <w:rsid w:val="003E3845"/>
+    <w:rsid w:val="003E3850"/>
+    <w:rsid w:val="003E38D4"/>
+    <w:rsid w:val="003E4C48"/>
+    <w:rsid w:val="003E5725"/>
+    <w:rsid w:val="003E57FB"/>
+    <w:rsid w:val="003E58EB"/>
+    <w:rsid w:val="003E5D2A"/>
+    <w:rsid w:val="003E60E6"/>
+    <w:rsid w:val="003E677D"/>
+    <w:rsid w:val="003E6926"/>
+    <w:rsid w:val="003E7142"/>
+    <w:rsid w:val="003E762A"/>
+    <w:rsid w:val="003E79A6"/>
+    <w:rsid w:val="003F0BEA"/>
+    <w:rsid w:val="003F11C2"/>
+    <w:rsid w:val="003F152A"/>
+    <w:rsid w:val="003F182D"/>
+    <w:rsid w:val="003F1E24"/>
+    <w:rsid w:val="003F223F"/>
+    <w:rsid w:val="003F266E"/>
+    <w:rsid w:val="003F2DD6"/>
+    <w:rsid w:val="003F3892"/>
+    <w:rsid w:val="003F38E3"/>
+    <w:rsid w:val="003F4856"/>
+    <w:rsid w:val="003F51A9"/>
+    <w:rsid w:val="003F5577"/>
+    <w:rsid w:val="003F77A9"/>
+    <w:rsid w:val="003F7BE9"/>
+    <w:rsid w:val="003F7C44"/>
+    <w:rsid w:val="0040044E"/>
+    <w:rsid w:val="0040096D"/>
+    <w:rsid w:val="00400B9C"/>
+    <w:rsid w:val="00400D6F"/>
+    <w:rsid w:val="00404B94"/>
+    <w:rsid w:val="00404D54"/>
+    <w:rsid w:val="00405CB9"/>
+    <w:rsid w:val="0040612D"/>
+    <w:rsid w:val="00406408"/>
+    <w:rsid w:val="004064DD"/>
+    <w:rsid w:val="00411FEE"/>
+    <w:rsid w:val="004128A0"/>
+    <w:rsid w:val="00412C3B"/>
+    <w:rsid w:val="00412D7B"/>
+    <w:rsid w:val="00412F42"/>
+    <w:rsid w:val="004135D6"/>
+    <w:rsid w:val="004146C0"/>
+    <w:rsid w:val="004149C5"/>
+    <w:rsid w:val="00414F77"/>
+    <w:rsid w:val="00415D4E"/>
+    <w:rsid w:val="00416098"/>
+    <w:rsid w:val="0041672A"/>
+    <w:rsid w:val="00417180"/>
+    <w:rsid w:val="00417440"/>
+    <w:rsid w:val="00417C45"/>
+    <w:rsid w:val="004202D9"/>
+    <w:rsid w:val="004203F0"/>
+    <w:rsid w:val="00420B09"/>
+    <w:rsid w:val="00420F34"/>
+    <w:rsid w:val="00421EC9"/>
+    <w:rsid w:val="0042204D"/>
+    <w:rsid w:val="00422950"/>
+    <w:rsid w:val="004232B8"/>
+    <w:rsid w:val="004232DE"/>
+    <w:rsid w:val="004247F0"/>
+    <w:rsid w:val="0042491F"/>
+    <w:rsid w:val="0042499C"/>
+    <w:rsid w:val="004255C2"/>
+    <w:rsid w:val="00425E6E"/>
+    <w:rsid w:val="0042622E"/>
+    <w:rsid w:val="0042631E"/>
+    <w:rsid w:val="004270A9"/>
+    <w:rsid w:val="00427206"/>
+    <w:rsid w:val="004279AD"/>
+    <w:rsid w:val="004279F4"/>
+    <w:rsid w:val="00427E14"/>
+    <w:rsid w:val="00427F30"/>
+    <w:rsid w:val="0043161A"/>
+    <w:rsid w:val="00431DBD"/>
+    <w:rsid w:val="004325DB"/>
+    <w:rsid w:val="00433BF5"/>
+    <w:rsid w:val="00434270"/>
+    <w:rsid w:val="00434EEA"/>
+    <w:rsid w:val="004350AE"/>
+    <w:rsid w:val="0043561C"/>
+    <w:rsid w:val="00435710"/>
+    <w:rsid w:val="004359CB"/>
+    <w:rsid w:val="00435E7F"/>
+    <w:rsid w:val="00436D7B"/>
+    <w:rsid w:val="0043744D"/>
+    <w:rsid w:val="00437609"/>
+    <w:rsid w:val="00437804"/>
+    <w:rsid w:val="00437CA6"/>
+    <w:rsid w:val="00437CA7"/>
+    <w:rsid w:val="00441899"/>
+    <w:rsid w:val="00441A5C"/>
+    <w:rsid w:val="00441C49"/>
+    <w:rsid w:val="00443895"/>
+    <w:rsid w:val="00444757"/>
+    <w:rsid w:val="00444BD6"/>
+    <w:rsid w:val="00444C82"/>
+    <w:rsid w:val="00444DA9"/>
+    <w:rsid w:val="00445652"/>
+    <w:rsid w:val="004458D2"/>
+    <w:rsid w:val="00445C0C"/>
+    <w:rsid w:val="00445D85"/>
+    <w:rsid w:val="0044600A"/>
+    <w:rsid w:val="0044616F"/>
+    <w:rsid w:val="00446B09"/>
+    <w:rsid w:val="00447489"/>
+    <w:rsid w:val="00450ECE"/>
+    <w:rsid w:val="00452532"/>
+    <w:rsid w:val="00452555"/>
+    <w:rsid w:val="00452967"/>
+    <w:rsid w:val="0045333B"/>
+    <w:rsid w:val="00453662"/>
+    <w:rsid w:val="00455745"/>
+    <w:rsid w:val="0045612D"/>
+    <w:rsid w:val="00456316"/>
+    <w:rsid w:val="004568E8"/>
+    <w:rsid w:val="00456D75"/>
+    <w:rsid w:val="0046022C"/>
+    <w:rsid w:val="004609D6"/>
+    <w:rsid w:val="00463B4E"/>
+    <w:rsid w:val="00463DCB"/>
+    <w:rsid w:val="004646C0"/>
+    <w:rsid w:val="00464E90"/>
+    <w:rsid w:val="004656C7"/>
+    <w:rsid w:val="00465E8D"/>
+    <w:rsid w:val="0046604A"/>
+    <w:rsid w:val="004660E8"/>
+    <w:rsid w:val="00466636"/>
+    <w:rsid w:val="00466856"/>
+    <w:rsid w:val="0046716D"/>
+    <w:rsid w:val="00470886"/>
+    <w:rsid w:val="00471079"/>
+    <w:rsid w:val="004719D6"/>
+    <w:rsid w:val="00471E3F"/>
+    <w:rsid w:val="0047242E"/>
+    <w:rsid w:val="00472570"/>
+    <w:rsid w:val="00473580"/>
+    <w:rsid w:val="00473EC5"/>
+    <w:rsid w:val="00476399"/>
+    <w:rsid w:val="004767E3"/>
+    <w:rsid w:val="00476D33"/>
+    <w:rsid w:val="00476E53"/>
+    <w:rsid w:val="00476E87"/>
+    <w:rsid w:val="00477943"/>
+    <w:rsid w:val="00477B90"/>
+    <w:rsid w:val="00477BB6"/>
+    <w:rsid w:val="00477CD6"/>
+    <w:rsid w:val="0048057B"/>
+    <w:rsid w:val="00480812"/>
+    <w:rsid w:val="00480E8F"/>
+    <w:rsid w:val="004811AB"/>
+    <w:rsid w:val="00481A23"/>
+    <w:rsid w:val="00481F33"/>
+    <w:rsid w:val="00482548"/>
+    <w:rsid w:val="0048270A"/>
+    <w:rsid w:val="0048295C"/>
+    <w:rsid w:val="00482B98"/>
+    <w:rsid w:val="00482C48"/>
+    <w:rsid w:val="0048309F"/>
+    <w:rsid w:val="004835EA"/>
+    <w:rsid w:val="00484A57"/>
+    <w:rsid w:val="00485354"/>
+    <w:rsid w:val="00486227"/>
+    <w:rsid w:val="0048691D"/>
+    <w:rsid w:val="00490150"/>
+    <w:rsid w:val="00490CF2"/>
+    <w:rsid w:val="0049182D"/>
+    <w:rsid w:val="004919C9"/>
+    <w:rsid w:val="00491D76"/>
+    <w:rsid w:val="00492594"/>
+    <w:rsid w:val="00492853"/>
+    <w:rsid w:val="004932C9"/>
+    <w:rsid w:val="0049388F"/>
+    <w:rsid w:val="004938DB"/>
+    <w:rsid w:val="0049419A"/>
+    <w:rsid w:val="00494511"/>
+    <w:rsid w:val="00495991"/>
+    <w:rsid w:val="00495D75"/>
+    <w:rsid w:val="00496054"/>
+    <w:rsid w:val="00496263"/>
+    <w:rsid w:val="00496433"/>
+    <w:rsid w:val="00496877"/>
+    <w:rsid w:val="00496897"/>
+    <w:rsid w:val="00497DDA"/>
+    <w:rsid w:val="004A02FA"/>
+    <w:rsid w:val="004A036E"/>
+    <w:rsid w:val="004A0C4C"/>
+    <w:rsid w:val="004A1103"/>
+    <w:rsid w:val="004A118D"/>
+    <w:rsid w:val="004A1DC3"/>
+    <w:rsid w:val="004A1E8C"/>
+    <w:rsid w:val="004A227C"/>
+    <w:rsid w:val="004A3F38"/>
+    <w:rsid w:val="004A6DD1"/>
+    <w:rsid w:val="004B00C9"/>
+    <w:rsid w:val="004B0E14"/>
+    <w:rsid w:val="004B1171"/>
+    <w:rsid w:val="004B161F"/>
+    <w:rsid w:val="004B1AC2"/>
+    <w:rsid w:val="004B24D1"/>
+    <w:rsid w:val="004B293B"/>
+    <w:rsid w:val="004B2D1A"/>
+    <w:rsid w:val="004B340C"/>
+    <w:rsid w:val="004B36F3"/>
+    <w:rsid w:val="004B37F4"/>
+    <w:rsid w:val="004B4216"/>
+    <w:rsid w:val="004B4539"/>
+    <w:rsid w:val="004B4993"/>
+    <w:rsid w:val="004B49FB"/>
+    <w:rsid w:val="004B4E37"/>
+    <w:rsid w:val="004B538A"/>
+    <w:rsid w:val="004B58F9"/>
+    <w:rsid w:val="004B668B"/>
+    <w:rsid w:val="004B6AB8"/>
+    <w:rsid w:val="004B7180"/>
+    <w:rsid w:val="004C00DC"/>
+    <w:rsid w:val="004C0F15"/>
+    <w:rsid w:val="004C1D7F"/>
+    <w:rsid w:val="004C330F"/>
+    <w:rsid w:val="004C3C23"/>
+    <w:rsid w:val="004C43CD"/>
+    <w:rsid w:val="004C456E"/>
+    <w:rsid w:val="004C4BB9"/>
+    <w:rsid w:val="004C5461"/>
+    <w:rsid w:val="004C5620"/>
+    <w:rsid w:val="004C6079"/>
+    <w:rsid w:val="004C623B"/>
+    <w:rsid w:val="004C6709"/>
+    <w:rsid w:val="004C6DF1"/>
+    <w:rsid w:val="004C6FC8"/>
+    <w:rsid w:val="004D0452"/>
+    <w:rsid w:val="004D0721"/>
+    <w:rsid w:val="004D095F"/>
+    <w:rsid w:val="004D0DCF"/>
+    <w:rsid w:val="004D110B"/>
+    <w:rsid w:val="004D16DC"/>
+    <w:rsid w:val="004D1E27"/>
+    <w:rsid w:val="004D234A"/>
+    <w:rsid w:val="004D2CA5"/>
+    <w:rsid w:val="004D2E5B"/>
+    <w:rsid w:val="004D4C00"/>
+    <w:rsid w:val="004D4EA9"/>
+    <w:rsid w:val="004D4EAC"/>
+    <w:rsid w:val="004D50C5"/>
+    <w:rsid w:val="004D5508"/>
+    <w:rsid w:val="004D5734"/>
+    <w:rsid w:val="004D655E"/>
+    <w:rsid w:val="004D76B2"/>
+    <w:rsid w:val="004E03CA"/>
+    <w:rsid w:val="004E0FE2"/>
+    <w:rsid w:val="004E1155"/>
+    <w:rsid w:val="004E1781"/>
+    <w:rsid w:val="004E193E"/>
+    <w:rsid w:val="004E26D6"/>
+    <w:rsid w:val="004E2D20"/>
+    <w:rsid w:val="004E2D90"/>
+    <w:rsid w:val="004E3704"/>
+    <w:rsid w:val="004E3737"/>
+    <w:rsid w:val="004E3B92"/>
+    <w:rsid w:val="004E3C5D"/>
+    <w:rsid w:val="004E407F"/>
+    <w:rsid w:val="004E42C8"/>
+    <w:rsid w:val="004E464A"/>
+    <w:rsid w:val="004E4D9C"/>
+    <w:rsid w:val="004E4DDB"/>
+    <w:rsid w:val="004E5D43"/>
+    <w:rsid w:val="004E6300"/>
+    <w:rsid w:val="004E6D80"/>
+    <w:rsid w:val="004E7EE7"/>
+    <w:rsid w:val="004F0D6A"/>
+    <w:rsid w:val="004F1547"/>
+    <w:rsid w:val="004F1D07"/>
+    <w:rsid w:val="004F27AB"/>
+    <w:rsid w:val="004F2E45"/>
+    <w:rsid w:val="004F2EAA"/>
+    <w:rsid w:val="004F31D9"/>
+    <w:rsid w:val="004F3918"/>
+    <w:rsid w:val="004F4B84"/>
+    <w:rsid w:val="004F5153"/>
+    <w:rsid w:val="004F59E8"/>
+    <w:rsid w:val="004F6572"/>
+    <w:rsid w:val="004F6770"/>
+    <w:rsid w:val="004F7D94"/>
+    <w:rsid w:val="00500F16"/>
+    <w:rsid w:val="005018DC"/>
+    <w:rsid w:val="00501D39"/>
+    <w:rsid w:val="0050263C"/>
+    <w:rsid w:val="00502802"/>
+    <w:rsid w:val="00502D92"/>
+    <w:rsid w:val="0050328D"/>
+    <w:rsid w:val="0050428B"/>
+    <w:rsid w:val="005048DE"/>
+    <w:rsid w:val="00505093"/>
+    <w:rsid w:val="00505973"/>
+    <w:rsid w:val="00505981"/>
+    <w:rsid w:val="00506A85"/>
+    <w:rsid w:val="00507670"/>
+    <w:rsid w:val="00510177"/>
+    <w:rsid w:val="0051123A"/>
+    <w:rsid w:val="005116A1"/>
+    <w:rsid w:val="00511ADB"/>
+    <w:rsid w:val="00511E00"/>
+    <w:rsid w:val="00512070"/>
+    <w:rsid w:val="00512346"/>
+    <w:rsid w:val="00512659"/>
+    <w:rsid w:val="00512A5B"/>
+    <w:rsid w:val="0051382E"/>
+    <w:rsid w:val="00514218"/>
+    <w:rsid w:val="005142EF"/>
+    <w:rsid w:val="005146E5"/>
+    <w:rsid w:val="005147E4"/>
+    <w:rsid w:val="00514BA1"/>
+    <w:rsid w:val="00514C91"/>
+    <w:rsid w:val="00515937"/>
+    <w:rsid w:val="00516F60"/>
+    <w:rsid w:val="0051755A"/>
+    <w:rsid w:val="00517D76"/>
+    <w:rsid w:val="0052028E"/>
+    <w:rsid w:val="005206CD"/>
+    <w:rsid w:val="005207A0"/>
+    <w:rsid w:val="00520F11"/>
+    <w:rsid w:val="005211B8"/>
+    <w:rsid w:val="0052123C"/>
+    <w:rsid w:val="00521D2D"/>
+    <w:rsid w:val="00522359"/>
+    <w:rsid w:val="00522EB9"/>
+    <w:rsid w:val="005230B8"/>
+    <w:rsid w:val="00523500"/>
+    <w:rsid w:val="005243D1"/>
+    <w:rsid w:val="00525190"/>
+    <w:rsid w:val="00525242"/>
+    <w:rsid w:val="0052577D"/>
+    <w:rsid w:val="00526D15"/>
+    <w:rsid w:val="005272F0"/>
+    <w:rsid w:val="00527B2D"/>
+    <w:rsid w:val="005301CB"/>
+    <w:rsid w:val="00530207"/>
+    <w:rsid w:val="00530615"/>
+    <w:rsid w:val="00530884"/>
+    <w:rsid w:val="00530999"/>
+    <w:rsid w:val="00531DA3"/>
+    <w:rsid w:val="00531E5E"/>
+    <w:rsid w:val="00531EDB"/>
+    <w:rsid w:val="005321FB"/>
+    <w:rsid w:val="00532815"/>
+    <w:rsid w:val="0053359C"/>
+    <w:rsid w:val="00533702"/>
+    <w:rsid w:val="00533E9A"/>
+    <w:rsid w:val="00534B12"/>
+    <w:rsid w:val="00534F03"/>
+    <w:rsid w:val="005358A0"/>
+    <w:rsid w:val="005361AB"/>
+    <w:rsid w:val="00536C4A"/>
+    <w:rsid w:val="0053719B"/>
+    <w:rsid w:val="005378CE"/>
+    <w:rsid w:val="00537A09"/>
+    <w:rsid w:val="00540895"/>
+    <w:rsid w:val="00540C41"/>
+    <w:rsid w:val="00540FD7"/>
+    <w:rsid w:val="00541880"/>
+    <w:rsid w:val="00541A11"/>
+    <w:rsid w:val="00543307"/>
+    <w:rsid w:val="00543344"/>
+    <w:rsid w:val="00543544"/>
+    <w:rsid w:val="0054355C"/>
+    <w:rsid w:val="00543A34"/>
+    <w:rsid w:val="00544699"/>
+    <w:rsid w:val="00544A4C"/>
+    <w:rsid w:val="00544F24"/>
+    <w:rsid w:val="005450C3"/>
+    <w:rsid w:val="005454FE"/>
+    <w:rsid w:val="00545721"/>
+    <w:rsid w:val="005457AF"/>
+    <w:rsid w:val="00545D4C"/>
+    <w:rsid w:val="00545FE8"/>
+    <w:rsid w:val="005472ED"/>
+    <w:rsid w:val="005474E3"/>
+    <w:rsid w:val="00550418"/>
+    <w:rsid w:val="005518A9"/>
+    <w:rsid w:val="00551EF7"/>
+    <w:rsid w:val="00552E86"/>
+    <w:rsid w:val="00553073"/>
+    <w:rsid w:val="00553AAD"/>
+    <w:rsid w:val="0055458E"/>
+    <w:rsid w:val="0055485D"/>
+    <w:rsid w:val="0055489F"/>
+    <w:rsid w:val="00554D60"/>
+    <w:rsid w:val="0055588A"/>
+    <w:rsid w:val="00555EC6"/>
+    <w:rsid w:val="00557543"/>
+    <w:rsid w:val="005600D6"/>
+    <w:rsid w:val="0056015B"/>
+    <w:rsid w:val="00560783"/>
+    <w:rsid w:val="0056101A"/>
+    <w:rsid w:val="00561DFA"/>
+    <w:rsid w:val="00562763"/>
+    <w:rsid w:val="00564383"/>
+    <w:rsid w:val="0056450B"/>
+    <w:rsid w:val="00564A04"/>
+    <w:rsid w:val="005652E6"/>
+    <w:rsid w:val="005663AA"/>
+    <w:rsid w:val="005664E7"/>
+    <w:rsid w:val="00566884"/>
+    <w:rsid w:val="00566B1B"/>
+    <w:rsid w:val="00566C7A"/>
+    <w:rsid w:val="00566F91"/>
+    <w:rsid w:val="00567647"/>
+    <w:rsid w:val="0057050A"/>
+    <w:rsid w:val="00570C6A"/>
+    <w:rsid w:val="00571152"/>
+    <w:rsid w:val="005712B3"/>
+    <w:rsid w:val="005716FB"/>
+    <w:rsid w:val="00571ED2"/>
+    <w:rsid w:val="0057204B"/>
+    <w:rsid w:val="00572123"/>
+    <w:rsid w:val="00572797"/>
+    <w:rsid w:val="00573094"/>
+    <w:rsid w:val="00573322"/>
+    <w:rsid w:val="005735AC"/>
+    <w:rsid w:val="0057494E"/>
+    <w:rsid w:val="00574B88"/>
+    <w:rsid w:val="0057567B"/>
+    <w:rsid w:val="00575702"/>
+    <w:rsid w:val="00577118"/>
+    <w:rsid w:val="005773E6"/>
+    <w:rsid w:val="00577959"/>
+    <w:rsid w:val="00577C04"/>
+    <w:rsid w:val="00577DCA"/>
+    <w:rsid w:val="0058010F"/>
+    <w:rsid w:val="005816F2"/>
+    <w:rsid w:val="00582165"/>
+    <w:rsid w:val="0058221F"/>
+    <w:rsid w:val="00582584"/>
+    <w:rsid w:val="005831BB"/>
+    <w:rsid w:val="005832E2"/>
+    <w:rsid w:val="00585250"/>
+    <w:rsid w:val="00585407"/>
+    <w:rsid w:val="00585543"/>
+    <w:rsid w:val="0058628B"/>
+    <w:rsid w:val="005865F1"/>
+    <w:rsid w:val="005868E2"/>
+    <w:rsid w:val="00587804"/>
+    <w:rsid w:val="00587AA4"/>
+    <w:rsid w:val="00587DE1"/>
+    <w:rsid w:val="00590246"/>
+    <w:rsid w:val="00590874"/>
+    <w:rsid w:val="00591481"/>
+    <w:rsid w:val="0059196E"/>
+    <w:rsid w:val="00591AA7"/>
+    <w:rsid w:val="00591DDA"/>
+    <w:rsid w:val="00592316"/>
+    <w:rsid w:val="00593B25"/>
+    <w:rsid w:val="00593EF0"/>
+    <w:rsid w:val="00594302"/>
+    <w:rsid w:val="00594593"/>
+    <w:rsid w:val="00595462"/>
+    <w:rsid w:val="00595618"/>
+    <w:rsid w:val="00595C7C"/>
+    <w:rsid w:val="00596179"/>
+    <w:rsid w:val="005963A8"/>
+    <w:rsid w:val="0059684A"/>
+    <w:rsid w:val="00596957"/>
+    <w:rsid w:val="00596A85"/>
+    <w:rsid w:val="005977FF"/>
+    <w:rsid w:val="00597E66"/>
+    <w:rsid w:val="005A05D8"/>
+    <w:rsid w:val="005A071A"/>
+    <w:rsid w:val="005A1111"/>
+    <w:rsid w:val="005A1875"/>
+    <w:rsid w:val="005A24C7"/>
+    <w:rsid w:val="005A319D"/>
+    <w:rsid w:val="005A376E"/>
+    <w:rsid w:val="005A3EA2"/>
+    <w:rsid w:val="005A4904"/>
+    <w:rsid w:val="005A4B33"/>
+    <w:rsid w:val="005A634F"/>
+    <w:rsid w:val="005A641A"/>
+    <w:rsid w:val="005A68CC"/>
+    <w:rsid w:val="005A6A5F"/>
+    <w:rsid w:val="005A752A"/>
+    <w:rsid w:val="005A7A5E"/>
+    <w:rsid w:val="005A7DAD"/>
+    <w:rsid w:val="005B0533"/>
+    <w:rsid w:val="005B0D3E"/>
+    <w:rsid w:val="005B12F1"/>
+    <w:rsid w:val="005B13D7"/>
+    <w:rsid w:val="005B1BC3"/>
+    <w:rsid w:val="005B28C8"/>
+    <w:rsid w:val="005B2BC0"/>
+    <w:rsid w:val="005B2D25"/>
+    <w:rsid w:val="005B38F1"/>
+    <w:rsid w:val="005B391F"/>
+    <w:rsid w:val="005B4533"/>
+    <w:rsid w:val="005B45DF"/>
+    <w:rsid w:val="005B479A"/>
+    <w:rsid w:val="005B520D"/>
+    <w:rsid w:val="005B5342"/>
+    <w:rsid w:val="005B6C9B"/>
+    <w:rsid w:val="005C006C"/>
+    <w:rsid w:val="005C225D"/>
+    <w:rsid w:val="005C23D9"/>
+    <w:rsid w:val="005C3A5B"/>
+    <w:rsid w:val="005C443B"/>
+    <w:rsid w:val="005C45E6"/>
+    <w:rsid w:val="005C4F49"/>
+    <w:rsid w:val="005C4F7B"/>
+    <w:rsid w:val="005C52BC"/>
+    <w:rsid w:val="005C5A11"/>
+    <w:rsid w:val="005C5C75"/>
+    <w:rsid w:val="005C5D4D"/>
+    <w:rsid w:val="005C627F"/>
+    <w:rsid w:val="005C6E3C"/>
+    <w:rsid w:val="005C76BA"/>
+    <w:rsid w:val="005C7AC4"/>
+    <w:rsid w:val="005D0F01"/>
+    <w:rsid w:val="005D0F56"/>
+    <w:rsid w:val="005D1332"/>
+    <w:rsid w:val="005D23A7"/>
+    <w:rsid w:val="005D2E1E"/>
+    <w:rsid w:val="005D4033"/>
+    <w:rsid w:val="005D47F1"/>
+    <w:rsid w:val="005D4F04"/>
+    <w:rsid w:val="005D4F16"/>
+    <w:rsid w:val="005D5680"/>
+    <w:rsid w:val="005D5737"/>
+    <w:rsid w:val="005D5AB1"/>
+    <w:rsid w:val="005D617E"/>
+    <w:rsid w:val="005D655B"/>
+    <w:rsid w:val="005D676B"/>
+    <w:rsid w:val="005D6AF0"/>
+    <w:rsid w:val="005D6EBF"/>
+    <w:rsid w:val="005D72C5"/>
+    <w:rsid w:val="005E01CE"/>
+    <w:rsid w:val="005E0723"/>
+    <w:rsid w:val="005E078D"/>
+    <w:rsid w:val="005E17FA"/>
+    <w:rsid w:val="005E2F1D"/>
+    <w:rsid w:val="005E30FA"/>
+    <w:rsid w:val="005E37E4"/>
+    <w:rsid w:val="005E42B4"/>
+    <w:rsid w:val="005E42EB"/>
+    <w:rsid w:val="005E4566"/>
+    <w:rsid w:val="005E4B16"/>
+    <w:rsid w:val="005E6510"/>
+    <w:rsid w:val="005E6DC4"/>
+    <w:rsid w:val="005E7370"/>
+    <w:rsid w:val="005E78C9"/>
+    <w:rsid w:val="005E7E70"/>
+    <w:rsid w:val="005F0070"/>
+    <w:rsid w:val="005F02E3"/>
+    <w:rsid w:val="005F0864"/>
+    <w:rsid w:val="005F1A5C"/>
+    <w:rsid w:val="005F254F"/>
+    <w:rsid w:val="005F3A83"/>
+    <w:rsid w:val="005F5053"/>
+    <w:rsid w:val="005F73A9"/>
+    <w:rsid w:val="00600421"/>
+    <w:rsid w:val="00600690"/>
+    <w:rsid w:val="0060152F"/>
+    <w:rsid w:val="006019A5"/>
+    <w:rsid w:val="00601D90"/>
+    <w:rsid w:val="006025BA"/>
+    <w:rsid w:val="00602C0F"/>
+    <w:rsid w:val="006035C4"/>
+    <w:rsid w:val="006040FE"/>
+    <w:rsid w:val="00604312"/>
+    <w:rsid w:val="00604398"/>
+    <w:rsid w:val="0060480E"/>
+    <w:rsid w:val="00604826"/>
+    <w:rsid w:val="006048F6"/>
+    <w:rsid w:val="00605280"/>
+    <w:rsid w:val="00606393"/>
+    <w:rsid w:val="00606662"/>
+    <w:rsid w:val="00607053"/>
+    <w:rsid w:val="006071FE"/>
+    <w:rsid w:val="00607F70"/>
+    <w:rsid w:val="0061015E"/>
+    <w:rsid w:val="006105D7"/>
+    <w:rsid w:val="00610774"/>
+    <w:rsid w:val="006119C1"/>
+    <w:rsid w:val="00611A99"/>
+    <w:rsid w:val="006130C7"/>
+    <w:rsid w:val="006132D4"/>
+    <w:rsid w:val="006136E4"/>
+    <w:rsid w:val="00614988"/>
+    <w:rsid w:val="0061570C"/>
+    <w:rsid w:val="00616FC9"/>
+    <w:rsid w:val="0061733C"/>
+    <w:rsid w:val="006173BD"/>
+    <w:rsid w:val="00617A5A"/>
+    <w:rsid w:val="00617ADC"/>
+    <w:rsid w:val="00620275"/>
+    <w:rsid w:val="00620585"/>
+    <w:rsid w:val="0062129D"/>
+    <w:rsid w:val="00621EB1"/>
+    <w:rsid w:val="00622600"/>
+    <w:rsid w:val="006226D5"/>
+    <w:rsid w:val="00622E97"/>
+    <w:rsid w:val="00623329"/>
+    <w:rsid w:val="0062339C"/>
+    <w:rsid w:val="006243BF"/>
+    <w:rsid w:val="00624444"/>
+    <w:rsid w:val="00624567"/>
+    <w:rsid w:val="00624900"/>
+    <w:rsid w:val="00624BB2"/>
+    <w:rsid w:val="00625438"/>
+    <w:rsid w:val="0062575C"/>
+    <w:rsid w:val="00625AAE"/>
+    <w:rsid w:val="00625B77"/>
+    <w:rsid w:val="00627995"/>
+    <w:rsid w:val="00627F0B"/>
+    <w:rsid w:val="006306F1"/>
+    <w:rsid w:val="00630A20"/>
+    <w:rsid w:val="00630F2C"/>
+    <w:rsid w:val="00631A30"/>
+    <w:rsid w:val="00631E18"/>
+    <w:rsid w:val="00632355"/>
+    <w:rsid w:val="00632466"/>
+    <w:rsid w:val="00632D31"/>
+    <w:rsid w:val="00632E83"/>
+    <w:rsid w:val="00633170"/>
+    <w:rsid w:val="00633BFC"/>
+    <w:rsid w:val="006341A8"/>
+    <w:rsid w:val="006346EB"/>
+    <w:rsid w:val="006348C3"/>
+    <w:rsid w:val="00635008"/>
+    <w:rsid w:val="006353C9"/>
+    <w:rsid w:val="00637373"/>
+    <w:rsid w:val="00637490"/>
+    <w:rsid w:val="006374F5"/>
+    <w:rsid w:val="00637665"/>
+    <w:rsid w:val="00640006"/>
+    <w:rsid w:val="0064051D"/>
+    <w:rsid w:val="0064119C"/>
+    <w:rsid w:val="006418C5"/>
+    <w:rsid w:val="006419FF"/>
+    <w:rsid w:val="00641B2E"/>
+    <w:rsid w:val="00642048"/>
+    <w:rsid w:val="00643458"/>
+    <w:rsid w:val="00644B17"/>
+    <w:rsid w:val="00645BD2"/>
+    <w:rsid w:val="0064621D"/>
+    <w:rsid w:val="00646724"/>
+    <w:rsid w:val="006475CA"/>
+    <w:rsid w:val="006508FB"/>
+    <w:rsid w:val="00651D6A"/>
+    <w:rsid w:val="00651E5A"/>
+    <w:rsid w:val="0065226A"/>
+    <w:rsid w:val="006528CA"/>
+    <w:rsid w:val="00652D84"/>
+    <w:rsid w:val="00653F1B"/>
+    <w:rsid w:val="0065470B"/>
+    <w:rsid w:val="0065489B"/>
+    <w:rsid w:val="00656109"/>
+    <w:rsid w:val="00656563"/>
+    <w:rsid w:val="00656C5A"/>
+    <w:rsid w:val="00656DB6"/>
+    <w:rsid w:val="00657297"/>
+    <w:rsid w:val="006572FD"/>
+    <w:rsid w:val="00660269"/>
+    <w:rsid w:val="0066155A"/>
+    <w:rsid w:val="00661827"/>
+    <w:rsid w:val="006622ED"/>
+    <w:rsid w:val="006623F3"/>
+    <w:rsid w:val="00662516"/>
+    <w:rsid w:val="00663384"/>
+    <w:rsid w:val="00663D3B"/>
+    <w:rsid w:val="00663EE5"/>
+    <w:rsid w:val="00666E1A"/>
+    <w:rsid w:val="00666E75"/>
+    <w:rsid w:val="006670F4"/>
+    <w:rsid w:val="00667A0A"/>
+    <w:rsid w:val="00667D30"/>
+    <w:rsid w:val="00670211"/>
+    <w:rsid w:val="00671127"/>
+    <w:rsid w:val="006713D9"/>
+    <w:rsid w:val="00671747"/>
+    <w:rsid w:val="00671B2C"/>
+    <w:rsid w:val="006730B0"/>
+    <w:rsid w:val="0067326E"/>
+    <w:rsid w:val="00673A3A"/>
+    <w:rsid w:val="00673E3B"/>
+    <w:rsid w:val="00674B42"/>
+    <w:rsid w:val="006752E2"/>
+    <w:rsid w:val="0067563F"/>
+    <w:rsid w:val="00675C69"/>
+    <w:rsid w:val="0067622D"/>
+    <w:rsid w:val="00676AF6"/>
+    <w:rsid w:val="00676C21"/>
+    <w:rsid w:val="00676DA0"/>
+    <w:rsid w:val="00677BBC"/>
+    <w:rsid w:val="00677C29"/>
+    <w:rsid w:val="0068129C"/>
+    <w:rsid w:val="0068212F"/>
+    <w:rsid w:val="00682659"/>
+    <w:rsid w:val="00684062"/>
+    <w:rsid w:val="0068486D"/>
+    <w:rsid w:val="00684AD5"/>
+    <w:rsid w:val="0068566A"/>
+    <w:rsid w:val="006864DE"/>
+    <w:rsid w:val="0068667E"/>
+    <w:rsid w:val="006867C1"/>
+    <w:rsid w:val="006874CF"/>
+    <w:rsid w:val="00687CD1"/>
+    <w:rsid w:val="00687F52"/>
+    <w:rsid w:val="00690120"/>
+    <w:rsid w:val="00690699"/>
+    <w:rsid w:val="00690C0E"/>
+    <w:rsid w:val="0069129E"/>
+    <w:rsid w:val="00691391"/>
+    <w:rsid w:val="00691829"/>
+    <w:rsid w:val="00691F04"/>
+    <w:rsid w:val="0069384B"/>
+    <w:rsid w:val="00693CB5"/>
+    <w:rsid w:val="006942CA"/>
+    <w:rsid w:val="00694F20"/>
+    <w:rsid w:val="00695240"/>
+    <w:rsid w:val="00695341"/>
+    <w:rsid w:val="00695CE6"/>
+    <w:rsid w:val="006976FE"/>
+    <w:rsid w:val="00697942"/>
+    <w:rsid w:val="00697B30"/>
+    <w:rsid w:val="006A0598"/>
+    <w:rsid w:val="006A0EF3"/>
+    <w:rsid w:val="006A10FC"/>
+    <w:rsid w:val="006A1679"/>
+    <w:rsid w:val="006A1ADD"/>
+    <w:rsid w:val="006A1FB5"/>
+    <w:rsid w:val="006A23EF"/>
+    <w:rsid w:val="006A2D01"/>
+    <w:rsid w:val="006A3AE3"/>
+    <w:rsid w:val="006A3C56"/>
+    <w:rsid w:val="006A4681"/>
+    <w:rsid w:val="006A4BA0"/>
+    <w:rsid w:val="006A4D63"/>
+    <w:rsid w:val="006A5015"/>
+    <w:rsid w:val="006A5925"/>
+    <w:rsid w:val="006A60AB"/>
+    <w:rsid w:val="006A6B7E"/>
+    <w:rsid w:val="006A7487"/>
+    <w:rsid w:val="006A7A73"/>
+    <w:rsid w:val="006A7EC6"/>
+    <w:rsid w:val="006B20AE"/>
+    <w:rsid w:val="006B21B0"/>
+    <w:rsid w:val="006B241B"/>
+    <w:rsid w:val="006B2BA6"/>
+    <w:rsid w:val="006B40DD"/>
+    <w:rsid w:val="006B4FB5"/>
+    <w:rsid w:val="006B50BD"/>
+    <w:rsid w:val="006B5E62"/>
+    <w:rsid w:val="006B6827"/>
+    <w:rsid w:val="006B69AD"/>
+    <w:rsid w:val="006B6A06"/>
+    <w:rsid w:val="006B72F0"/>
+    <w:rsid w:val="006C3D17"/>
+    <w:rsid w:val="006C3E62"/>
+    <w:rsid w:val="006C51E1"/>
+    <w:rsid w:val="006C580F"/>
+    <w:rsid w:val="006C5824"/>
+    <w:rsid w:val="006C5CE3"/>
+    <w:rsid w:val="006C5E7A"/>
+    <w:rsid w:val="006C60A3"/>
+    <w:rsid w:val="006C6D57"/>
+    <w:rsid w:val="006C78A0"/>
+    <w:rsid w:val="006C7D2E"/>
+    <w:rsid w:val="006C7FFD"/>
+    <w:rsid w:val="006D055A"/>
+    <w:rsid w:val="006D0E93"/>
+    <w:rsid w:val="006D17FF"/>
+    <w:rsid w:val="006D1919"/>
+    <w:rsid w:val="006D2447"/>
+    <w:rsid w:val="006D267A"/>
+    <w:rsid w:val="006D2940"/>
+    <w:rsid w:val="006D2947"/>
+    <w:rsid w:val="006D333C"/>
+    <w:rsid w:val="006D342F"/>
+    <w:rsid w:val="006D4BB3"/>
+    <w:rsid w:val="006D530C"/>
+    <w:rsid w:val="006D5759"/>
+    <w:rsid w:val="006D5D09"/>
+    <w:rsid w:val="006D6065"/>
+    <w:rsid w:val="006D6229"/>
+    <w:rsid w:val="006D6C4C"/>
+    <w:rsid w:val="006D6D52"/>
+    <w:rsid w:val="006D7A94"/>
+    <w:rsid w:val="006D7C48"/>
+    <w:rsid w:val="006E04A6"/>
+    <w:rsid w:val="006E0633"/>
+    <w:rsid w:val="006E0C40"/>
+    <w:rsid w:val="006E10C6"/>
+    <w:rsid w:val="006E23C7"/>
+    <w:rsid w:val="006E2D02"/>
+    <w:rsid w:val="006E3342"/>
+    <w:rsid w:val="006E3A65"/>
+    <w:rsid w:val="006E4556"/>
+    <w:rsid w:val="006E4B14"/>
+    <w:rsid w:val="006E5469"/>
+    <w:rsid w:val="006E5A5F"/>
+    <w:rsid w:val="006E7E95"/>
+    <w:rsid w:val="006F0228"/>
+    <w:rsid w:val="006F04FF"/>
+    <w:rsid w:val="006F0AFC"/>
+    <w:rsid w:val="006F0FC0"/>
+    <w:rsid w:val="006F2583"/>
+    <w:rsid w:val="006F30BB"/>
+    <w:rsid w:val="006F3569"/>
+    <w:rsid w:val="006F4321"/>
+    <w:rsid w:val="006F4778"/>
+    <w:rsid w:val="006F4820"/>
+    <w:rsid w:val="006F4D48"/>
+    <w:rsid w:val="006F51FE"/>
+    <w:rsid w:val="006F567B"/>
+    <w:rsid w:val="006F7F92"/>
+    <w:rsid w:val="00700225"/>
+    <w:rsid w:val="007009AE"/>
+    <w:rsid w:val="007025B4"/>
+    <w:rsid w:val="00702AE4"/>
+    <w:rsid w:val="007032D1"/>
+    <w:rsid w:val="00703773"/>
+    <w:rsid w:val="00703934"/>
+    <w:rsid w:val="00703FDA"/>
+    <w:rsid w:val="007044CD"/>
+    <w:rsid w:val="007046AB"/>
+    <w:rsid w:val="00704D4C"/>
+    <w:rsid w:val="00705098"/>
+    <w:rsid w:val="007052A0"/>
+    <w:rsid w:val="00705D4E"/>
+    <w:rsid w:val="00705F02"/>
+    <w:rsid w:val="007067B4"/>
+    <w:rsid w:val="00706A92"/>
+    <w:rsid w:val="00707BA3"/>
+    <w:rsid w:val="007101C5"/>
+    <w:rsid w:val="00711367"/>
+    <w:rsid w:val="0071261A"/>
+    <w:rsid w:val="00712D49"/>
+    <w:rsid w:val="00712D96"/>
+    <w:rsid w:val="00713953"/>
+    <w:rsid w:val="00713E8A"/>
+    <w:rsid w:val="00714562"/>
+    <w:rsid w:val="00714570"/>
+    <w:rsid w:val="00714AA3"/>
+    <w:rsid w:val="007156B0"/>
+    <w:rsid w:val="00716BF3"/>
+    <w:rsid w:val="00717CD0"/>
+    <w:rsid w:val="00717EDC"/>
+    <w:rsid w:val="007205DF"/>
+    <w:rsid w:val="00720998"/>
+    <w:rsid w:val="007217CA"/>
+    <w:rsid w:val="00721D66"/>
+    <w:rsid w:val="00721F17"/>
+    <w:rsid w:val="00722286"/>
+    <w:rsid w:val="007224D4"/>
+    <w:rsid w:val="00723653"/>
+    <w:rsid w:val="0072373E"/>
+    <w:rsid w:val="007237C4"/>
+    <w:rsid w:val="00724777"/>
+    <w:rsid w:val="00724ADC"/>
+    <w:rsid w:val="0072531C"/>
+    <w:rsid w:val="00725430"/>
+    <w:rsid w:val="00726340"/>
+    <w:rsid w:val="00726B04"/>
+    <w:rsid w:val="00726BC2"/>
+    <w:rsid w:val="00727D0A"/>
+    <w:rsid w:val="0073038C"/>
+    <w:rsid w:val="00730FC2"/>
+    <w:rsid w:val="00731051"/>
+    <w:rsid w:val="00731A80"/>
+    <w:rsid w:val="007323F2"/>
+    <w:rsid w:val="00732ACF"/>
+    <w:rsid w:val="00733230"/>
+    <w:rsid w:val="00733875"/>
+    <w:rsid w:val="00733D1A"/>
+    <w:rsid w:val="00734B86"/>
+    <w:rsid w:val="007350CC"/>
+    <w:rsid w:val="0073558A"/>
+    <w:rsid w:val="00735F50"/>
+    <w:rsid w:val="0073694E"/>
+    <w:rsid w:val="00737130"/>
+    <w:rsid w:val="0073731B"/>
+    <w:rsid w:val="00740330"/>
+    <w:rsid w:val="00740EB6"/>
+    <w:rsid w:val="0074103C"/>
+    <w:rsid w:val="00741687"/>
+    <w:rsid w:val="00741712"/>
+    <w:rsid w:val="00741B2D"/>
+    <w:rsid w:val="00742C51"/>
+    <w:rsid w:val="00743928"/>
+    <w:rsid w:val="0074452D"/>
+    <w:rsid w:val="00746577"/>
+    <w:rsid w:val="0074670F"/>
+    <w:rsid w:val="00746A4B"/>
+    <w:rsid w:val="00746C0D"/>
+    <w:rsid w:val="00746D84"/>
+    <w:rsid w:val="0074789C"/>
+    <w:rsid w:val="0075060C"/>
+    <w:rsid w:val="00751491"/>
+    <w:rsid w:val="0075172C"/>
+    <w:rsid w:val="00751B48"/>
+    <w:rsid w:val="00751C14"/>
+    <w:rsid w:val="007538AE"/>
+    <w:rsid w:val="00753D78"/>
+    <w:rsid w:val="007543C1"/>
+    <w:rsid w:val="007547DC"/>
+    <w:rsid w:val="00754AD1"/>
+    <w:rsid w:val="00754CA2"/>
+    <w:rsid w:val="00754D63"/>
+    <w:rsid w:val="00754EDF"/>
+    <w:rsid w:val="0075538F"/>
+    <w:rsid w:val="00755FE2"/>
+    <w:rsid w:val="007560A3"/>
+    <w:rsid w:val="00756205"/>
+    <w:rsid w:val="007563DF"/>
+    <w:rsid w:val="007567EF"/>
+    <w:rsid w:val="00757997"/>
+    <w:rsid w:val="007607C6"/>
+    <w:rsid w:val="00760B73"/>
+    <w:rsid w:val="00761296"/>
+    <w:rsid w:val="00761C1C"/>
+    <w:rsid w:val="00761EB0"/>
+    <w:rsid w:val="0076288F"/>
+    <w:rsid w:val="00762BA0"/>
+    <w:rsid w:val="00762DF2"/>
+    <w:rsid w:val="00762F68"/>
+    <w:rsid w:val="0076308B"/>
+    <w:rsid w:val="0076322F"/>
+    <w:rsid w:val="00763755"/>
+    <w:rsid w:val="00763B0B"/>
+    <w:rsid w:val="00766145"/>
+    <w:rsid w:val="007663B4"/>
+    <w:rsid w:val="0076703A"/>
+    <w:rsid w:val="007677B6"/>
+    <w:rsid w:val="00770495"/>
+    <w:rsid w:val="007705C4"/>
+    <w:rsid w:val="007710A3"/>
+    <w:rsid w:val="007714FC"/>
+    <w:rsid w:val="0077171B"/>
+    <w:rsid w:val="00771D68"/>
+    <w:rsid w:val="00771E16"/>
+    <w:rsid w:val="0077423E"/>
+    <w:rsid w:val="00775538"/>
+    <w:rsid w:val="00776001"/>
+    <w:rsid w:val="007762A4"/>
+    <w:rsid w:val="00777039"/>
+    <w:rsid w:val="0077718D"/>
+    <w:rsid w:val="007773B4"/>
+    <w:rsid w:val="00777D9E"/>
+    <w:rsid w:val="00780081"/>
+    <w:rsid w:val="00780EF5"/>
+    <w:rsid w:val="0078185D"/>
+    <w:rsid w:val="00781A8C"/>
+    <w:rsid w:val="00782343"/>
+    <w:rsid w:val="007829DD"/>
+    <w:rsid w:val="00783C1C"/>
+    <w:rsid w:val="00783C76"/>
+    <w:rsid w:val="0078449B"/>
+    <w:rsid w:val="007856F9"/>
+    <w:rsid w:val="007857FD"/>
+    <w:rsid w:val="0078597D"/>
+    <w:rsid w:val="00785EF4"/>
+    <w:rsid w:val="00785F26"/>
+    <w:rsid w:val="00785FA9"/>
+    <w:rsid w:val="00786507"/>
+    <w:rsid w:val="00786D1D"/>
+    <w:rsid w:val="00791145"/>
+    <w:rsid w:val="0079252C"/>
+    <w:rsid w:val="00792A58"/>
+    <w:rsid w:val="00793ADA"/>
+    <w:rsid w:val="0079461F"/>
+    <w:rsid w:val="00794853"/>
+    <w:rsid w:val="007949A0"/>
+    <w:rsid w:val="00794D4E"/>
+    <w:rsid w:val="007959C2"/>
+    <w:rsid w:val="0079623E"/>
+    <w:rsid w:val="007A0391"/>
+    <w:rsid w:val="007A0729"/>
+    <w:rsid w:val="007A0CED"/>
+    <w:rsid w:val="007A0E1E"/>
+    <w:rsid w:val="007A170C"/>
+    <w:rsid w:val="007A1E50"/>
+    <w:rsid w:val="007A2AD0"/>
+    <w:rsid w:val="007A2C2B"/>
+    <w:rsid w:val="007A2E61"/>
+    <w:rsid w:val="007A3766"/>
+    <w:rsid w:val="007A3A7D"/>
+    <w:rsid w:val="007A3AD0"/>
+    <w:rsid w:val="007A3B83"/>
+    <w:rsid w:val="007A494F"/>
+    <w:rsid w:val="007A4D26"/>
+    <w:rsid w:val="007A6A25"/>
+    <w:rsid w:val="007A6E44"/>
+    <w:rsid w:val="007B09BE"/>
+    <w:rsid w:val="007B0CA8"/>
+    <w:rsid w:val="007B0F52"/>
+    <w:rsid w:val="007B0FAF"/>
+    <w:rsid w:val="007B1141"/>
+    <w:rsid w:val="007B1A66"/>
+    <w:rsid w:val="007B1FDB"/>
+    <w:rsid w:val="007B3865"/>
+    <w:rsid w:val="007B4124"/>
+    <w:rsid w:val="007B4E06"/>
+    <w:rsid w:val="007B5650"/>
+    <w:rsid w:val="007B66DA"/>
+    <w:rsid w:val="007B6C3E"/>
+    <w:rsid w:val="007B7AFF"/>
+    <w:rsid w:val="007B7DE7"/>
+    <w:rsid w:val="007C004F"/>
+    <w:rsid w:val="007C01FC"/>
+    <w:rsid w:val="007C0441"/>
+    <w:rsid w:val="007C0484"/>
+    <w:rsid w:val="007C09BD"/>
+    <w:rsid w:val="007C1434"/>
+    <w:rsid w:val="007C1EB7"/>
+    <w:rsid w:val="007C20B6"/>
+    <w:rsid w:val="007C23CE"/>
+    <w:rsid w:val="007C2407"/>
+    <w:rsid w:val="007C2436"/>
+    <w:rsid w:val="007C2693"/>
+    <w:rsid w:val="007C2999"/>
+    <w:rsid w:val="007C2A0A"/>
+    <w:rsid w:val="007C2EC3"/>
+    <w:rsid w:val="007C2FCD"/>
+    <w:rsid w:val="007C33AA"/>
+    <w:rsid w:val="007C390D"/>
+    <w:rsid w:val="007C4122"/>
+    <w:rsid w:val="007C59A8"/>
+    <w:rsid w:val="007C5C8F"/>
+    <w:rsid w:val="007D0197"/>
+    <w:rsid w:val="007D01A8"/>
+    <w:rsid w:val="007D05F7"/>
+    <w:rsid w:val="007D0FF3"/>
+    <w:rsid w:val="007D10EA"/>
+    <w:rsid w:val="007D17C6"/>
+    <w:rsid w:val="007D1FC9"/>
+    <w:rsid w:val="007D20E0"/>
+    <w:rsid w:val="007D24B3"/>
+    <w:rsid w:val="007D2B4A"/>
+    <w:rsid w:val="007D2CD1"/>
+    <w:rsid w:val="007D2EB2"/>
+    <w:rsid w:val="007D35BB"/>
+    <w:rsid w:val="007D35FB"/>
+    <w:rsid w:val="007D375D"/>
+    <w:rsid w:val="007D3AEF"/>
+    <w:rsid w:val="007D3BCF"/>
+    <w:rsid w:val="007D3F88"/>
+    <w:rsid w:val="007D4306"/>
+    <w:rsid w:val="007D47B4"/>
+    <w:rsid w:val="007D55B3"/>
+    <w:rsid w:val="007D56DF"/>
+    <w:rsid w:val="007D5B22"/>
+    <w:rsid w:val="007D7371"/>
+    <w:rsid w:val="007E0999"/>
+    <w:rsid w:val="007E1616"/>
+    <w:rsid w:val="007E1617"/>
+    <w:rsid w:val="007E1F1E"/>
+    <w:rsid w:val="007E2C61"/>
+    <w:rsid w:val="007E372B"/>
+    <w:rsid w:val="007E3D64"/>
+    <w:rsid w:val="007E40FD"/>
+    <w:rsid w:val="007E41E4"/>
+    <w:rsid w:val="007E4C36"/>
+    <w:rsid w:val="007E5162"/>
+    <w:rsid w:val="007F2013"/>
+    <w:rsid w:val="007F2224"/>
+    <w:rsid w:val="007F26FF"/>
+    <w:rsid w:val="007F3262"/>
+    <w:rsid w:val="007F332A"/>
+    <w:rsid w:val="007F3465"/>
+    <w:rsid w:val="007F453F"/>
+    <w:rsid w:val="007F4689"/>
+    <w:rsid w:val="007F48FE"/>
+    <w:rsid w:val="007F4D92"/>
+    <w:rsid w:val="007F5980"/>
+    <w:rsid w:val="007F5BC1"/>
+    <w:rsid w:val="007F5FAD"/>
+    <w:rsid w:val="007F779C"/>
+    <w:rsid w:val="00800198"/>
+    <w:rsid w:val="0080039D"/>
+    <w:rsid w:val="00800565"/>
+    <w:rsid w:val="00800D6F"/>
+    <w:rsid w:val="008014D7"/>
+    <w:rsid w:val="00802028"/>
+    <w:rsid w:val="00802386"/>
+    <w:rsid w:val="00802AC3"/>
+    <w:rsid w:val="0080316B"/>
+    <w:rsid w:val="0080352E"/>
+    <w:rsid w:val="00803622"/>
+    <w:rsid w:val="00803E04"/>
+    <w:rsid w:val="0080419C"/>
+    <w:rsid w:val="0080458A"/>
+    <w:rsid w:val="008045A1"/>
+    <w:rsid w:val="00804830"/>
+    <w:rsid w:val="008051B4"/>
+    <w:rsid w:val="0080537E"/>
+    <w:rsid w:val="00805596"/>
+    <w:rsid w:val="00805AC2"/>
+    <w:rsid w:val="00805E04"/>
+    <w:rsid w:val="00805EB2"/>
+    <w:rsid w:val="00806BDE"/>
+    <w:rsid w:val="00807BD4"/>
+    <w:rsid w:val="008102B9"/>
+    <w:rsid w:val="0081129E"/>
+    <w:rsid w:val="0081277A"/>
+    <w:rsid w:val="008128DF"/>
+    <w:rsid w:val="0081310A"/>
+    <w:rsid w:val="008142A0"/>
+    <w:rsid w:val="00814E74"/>
+    <w:rsid w:val="00815064"/>
+    <w:rsid w:val="00815DC0"/>
+    <w:rsid w:val="00815EE6"/>
+    <w:rsid w:val="00816051"/>
+    <w:rsid w:val="008160FD"/>
+    <w:rsid w:val="008169C1"/>
+    <w:rsid w:val="00816A3B"/>
+    <w:rsid w:val="00817B88"/>
+    <w:rsid w:val="00817CB3"/>
+    <w:rsid w:val="00817CE0"/>
+    <w:rsid w:val="00820956"/>
+    <w:rsid w:val="00821769"/>
+    <w:rsid w:val="00821A88"/>
+    <w:rsid w:val="00822371"/>
+    <w:rsid w:val="00822766"/>
+    <w:rsid w:val="0082376A"/>
+    <w:rsid w:val="00824BD3"/>
+    <w:rsid w:val="00824E04"/>
+    <w:rsid w:val="00825261"/>
+    <w:rsid w:val="008256BE"/>
+    <w:rsid w:val="0082583A"/>
+    <w:rsid w:val="00825D64"/>
+    <w:rsid w:val="00826048"/>
+    <w:rsid w:val="008267CB"/>
+    <w:rsid w:val="00830A82"/>
+    <w:rsid w:val="00831760"/>
+    <w:rsid w:val="00831C68"/>
+    <w:rsid w:val="008323F2"/>
+    <w:rsid w:val="0083498A"/>
+    <w:rsid w:val="00834D95"/>
+    <w:rsid w:val="00834F22"/>
+    <w:rsid w:val="00834F6C"/>
+    <w:rsid w:val="0083586A"/>
+    <w:rsid w:val="00835B57"/>
+    <w:rsid w:val="008361D7"/>
+    <w:rsid w:val="008365C8"/>
+    <w:rsid w:val="00836D82"/>
+    <w:rsid w:val="008375D8"/>
+    <w:rsid w:val="00840D8B"/>
+    <w:rsid w:val="00840E86"/>
+    <w:rsid w:val="00841582"/>
+    <w:rsid w:val="00841EC7"/>
+    <w:rsid w:val="00841F71"/>
+    <w:rsid w:val="0084208F"/>
+    <w:rsid w:val="008438A9"/>
+    <w:rsid w:val="00844106"/>
+    <w:rsid w:val="008445B8"/>
+    <w:rsid w:val="008447AA"/>
+    <w:rsid w:val="00844A00"/>
+    <w:rsid w:val="00844D5D"/>
+    <w:rsid w:val="00846224"/>
+    <w:rsid w:val="00846F29"/>
+    <w:rsid w:val="008503FD"/>
+    <w:rsid w:val="008505B0"/>
+    <w:rsid w:val="00852F4E"/>
+    <w:rsid w:val="008530D2"/>
+    <w:rsid w:val="008536EE"/>
+    <w:rsid w:val="00853756"/>
+    <w:rsid w:val="00853C09"/>
+    <w:rsid w:val="008542A5"/>
+    <w:rsid w:val="008569C8"/>
+    <w:rsid w:val="0085730A"/>
+    <w:rsid w:val="008578E5"/>
+    <w:rsid w:val="0086064E"/>
+    <w:rsid w:val="0086069E"/>
+    <w:rsid w:val="0086226F"/>
+    <w:rsid w:val="00862570"/>
+    <w:rsid w:val="008637ED"/>
+    <w:rsid w:val="008647F6"/>
+    <w:rsid w:val="00864F9A"/>
+    <w:rsid w:val="00865760"/>
+    <w:rsid w:val="00866367"/>
+    <w:rsid w:val="00867812"/>
+    <w:rsid w:val="00870124"/>
+    <w:rsid w:val="0087062A"/>
+    <w:rsid w:val="00870924"/>
+    <w:rsid w:val="00871ADE"/>
+    <w:rsid w:val="00871ECF"/>
+    <w:rsid w:val="00872BB8"/>
+    <w:rsid w:val="0087326A"/>
+    <w:rsid w:val="008733AC"/>
+    <w:rsid w:val="00873CEF"/>
+    <w:rsid w:val="008741BD"/>
+    <w:rsid w:val="00874517"/>
+    <w:rsid w:val="00874FA8"/>
+    <w:rsid w:val="0087570F"/>
+    <w:rsid w:val="00875A9D"/>
+    <w:rsid w:val="00875BA8"/>
+    <w:rsid w:val="00876299"/>
+    <w:rsid w:val="00876315"/>
+    <w:rsid w:val="00877015"/>
+    <w:rsid w:val="0087783F"/>
+    <w:rsid w:val="00877DBA"/>
+    <w:rsid w:val="00880019"/>
+    <w:rsid w:val="00880732"/>
+    <w:rsid w:val="00881FB3"/>
+    <w:rsid w:val="00882359"/>
+    <w:rsid w:val="008825FE"/>
+    <w:rsid w:val="008840E6"/>
+    <w:rsid w:val="008841CB"/>
+    <w:rsid w:val="008844B5"/>
+    <w:rsid w:val="00884ACF"/>
+    <w:rsid w:val="00884BBF"/>
+    <w:rsid w:val="00884F60"/>
+    <w:rsid w:val="008852F5"/>
+    <w:rsid w:val="00885B51"/>
+    <w:rsid w:val="008860DA"/>
+    <w:rsid w:val="0088679F"/>
+    <w:rsid w:val="00886BA3"/>
+    <w:rsid w:val="00886E33"/>
+    <w:rsid w:val="0088717A"/>
+    <w:rsid w:val="00887195"/>
+    <w:rsid w:val="00887C61"/>
+    <w:rsid w:val="00890077"/>
+    <w:rsid w:val="008900A8"/>
+    <w:rsid w:val="00891500"/>
+    <w:rsid w:val="00891700"/>
+    <w:rsid w:val="00891B56"/>
+    <w:rsid w:val="00892D9B"/>
+    <w:rsid w:val="00892DFE"/>
+    <w:rsid w:val="008941FA"/>
+    <w:rsid w:val="00895057"/>
+    <w:rsid w:val="00896274"/>
+    <w:rsid w:val="00897F88"/>
+    <w:rsid w:val="008A0255"/>
+    <w:rsid w:val="008A0736"/>
+    <w:rsid w:val="008A09A4"/>
+    <w:rsid w:val="008A17FA"/>
+    <w:rsid w:val="008A20A9"/>
+    <w:rsid w:val="008A2A80"/>
+    <w:rsid w:val="008A3026"/>
+    <w:rsid w:val="008A305D"/>
+    <w:rsid w:val="008A31D0"/>
+    <w:rsid w:val="008A323E"/>
+    <w:rsid w:val="008A3399"/>
+    <w:rsid w:val="008A3F03"/>
+    <w:rsid w:val="008A5B42"/>
+    <w:rsid w:val="008A5F30"/>
+    <w:rsid w:val="008A623E"/>
+    <w:rsid w:val="008A6C8D"/>
+    <w:rsid w:val="008A7043"/>
+    <w:rsid w:val="008A7736"/>
+    <w:rsid w:val="008A7D87"/>
+    <w:rsid w:val="008A7DA5"/>
+    <w:rsid w:val="008A7E03"/>
+    <w:rsid w:val="008A7E44"/>
+    <w:rsid w:val="008B06D3"/>
+    <w:rsid w:val="008B0DF5"/>
+    <w:rsid w:val="008B16BF"/>
+    <w:rsid w:val="008B20AE"/>
+    <w:rsid w:val="008B38B0"/>
+    <w:rsid w:val="008B3AE3"/>
+    <w:rsid w:val="008B45F0"/>
+    <w:rsid w:val="008B463A"/>
+    <w:rsid w:val="008B4F97"/>
+    <w:rsid w:val="008B55A7"/>
+    <w:rsid w:val="008B5652"/>
+    <w:rsid w:val="008B5AE8"/>
+    <w:rsid w:val="008B5CC8"/>
+    <w:rsid w:val="008B5FBA"/>
+    <w:rsid w:val="008B6034"/>
+    <w:rsid w:val="008B66CA"/>
+    <w:rsid w:val="008B68D0"/>
+    <w:rsid w:val="008B7076"/>
+    <w:rsid w:val="008B7156"/>
+    <w:rsid w:val="008B719C"/>
+    <w:rsid w:val="008B71A9"/>
+    <w:rsid w:val="008C0540"/>
+    <w:rsid w:val="008C05B6"/>
+    <w:rsid w:val="008C0C4C"/>
+    <w:rsid w:val="008C0D19"/>
+    <w:rsid w:val="008C103F"/>
+    <w:rsid w:val="008C1EF1"/>
+    <w:rsid w:val="008C1FD9"/>
+    <w:rsid w:val="008C273E"/>
+    <w:rsid w:val="008C4734"/>
+    <w:rsid w:val="008C4FA7"/>
+    <w:rsid w:val="008C514D"/>
+    <w:rsid w:val="008C596F"/>
+    <w:rsid w:val="008D0159"/>
+    <w:rsid w:val="008D0A7B"/>
+    <w:rsid w:val="008D1F5C"/>
+    <w:rsid w:val="008D2285"/>
+    <w:rsid w:val="008D24CD"/>
+    <w:rsid w:val="008D2844"/>
+    <w:rsid w:val="008D29ED"/>
+    <w:rsid w:val="008D31E3"/>
+    <w:rsid w:val="008D340A"/>
+    <w:rsid w:val="008D3CAA"/>
+    <w:rsid w:val="008D463D"/>
+    <w:rsid w:val="008D5129"/>
+    <w:rsid w:val="008D52E9"/>
+    <w:rsid w:val="008D6E11"/>
+    <w:rsid w:val="008D71AA"/>
+    <w:rsid w:val="008D73DE"/>
+    <w:rsid w:val="008D7644"/>
+    <w:rsid w:val="008D782E"/>
+    <w:rsid w:val="008E05C0"/>
+    <w:rsid w:val="008E0C24"/>
+    <w:rsid w:val="008E1053"/>
+    <w:rsid w:val="008E1215"/>
+    <w:rsid w:val="008E1A95"/>
+    <w:rsid w:val="008E27EC"/>
+    <w:rsid w:val="008E2A47"/>
+    <w:rsid w:val="008E380B"/>
+    <w:rsid w:val="008E3FA6"/>
+    <w:rsid w:val="008E42E1"/>
+    <w:rsid w:val="008E43B3"/>
+    <w:rsid w:val="008E52BA"/>
+    <w:rsid w:val="008E5414"/>
+    <w:rsid w:val="008E5C46"/>
+    <w:rsid w:val="008E5E8E"/>
+    <w:rsid w:val="008E792E"/>
+    <w:rsid w:val="008E7934"/>
+    <w:rsid w:val="008E7AFD"/>
+    <w:rsid w:val="008F0648"/>
+    <w:rsid w:val="008F08F5"/>
+    <w:rsid w:val="008F0E9D"/>
+    <w:rsid w:val="008F17FE"/>
+    <w:rsid w:val="008F1B8A"/>
+    <w:rsid w:val="008F22B6"/>
+    <w:rsid w:val="008F295D"/>
+    <w:rsid w:val="008F2C85"/>
+    <w:rsid w:val="008F33E4"/>
+    <w:rsid w:val="008F37C6"/>
+    <w:rsid w:val="008F3ED7"/>
+    <w:rsid w:val="008F4322"/>
+    <w:rsid w:val="008F43E0"/>
+    <w:rsid w:val="008F4D42"/>
+    <w:rsid w:val="008F503C"/>
+    <w:rsid w:val="008F507B"/>
+    <w:rsid w:val="008F55AE"/>
+    <w:rsid w:val="008F58A1"/>
+    <w:rsid w:val="008F5FBD"/>
+    <w:rsid w:val="008F6AEC"/>
+    <w:rsid w:val="008F6B8C"/>
+    <w:rsid w:val="008F71F1"/>
+    <w:rsid w:val="008F7630"/>
+    <w:rsid w:val="009005C2"/>
+    <w:rsid w:val="009008EC"/>
+    <w:rsid w:val="00901428"/>
+    <w:rsid w:val="009015B0"/>
+    <w:rsid w:val="009015B5"/>
+    <w:rsid w:val="00901919"/>
+    <w:rsid w:val="00901EC2"/>
+    <w:rsid w:val="00902975"/>
+    <w:rsid w:val="00903153"/>
+    <w:rsid w:val="0090387E"/>
+    <w:rsid w:val="00903EC0"/>
+    <w:rsid w:val="00905099"/>
+    <w:rsid w:val="00905ECD"/>
+    <w:rsid w:val="00906092"/>
+    <w:rsid w:val="00906104"/>
+    <w:rsid w:val="00906D77"/>
+    <w:rsid w:val="00907726"/>
+    <w:rsid w:val="00907EDA"/>
+    <w:rsid w:val="00910023"/>
+    <w:rsid w:val="00910508"/>
+    <w:rsid w:val="00910F4D"/>
+    <w:rsid w:val="009121C9"/>
+    <w:rsid w:val="009130BD"/>
+    <w:rsid w:val="0091331D"/>
+    <w:rsid w:val="00913AF0"/>
+    <w:rsid w:val="00913CF9"/>
+    <w:rsid w:val="009140C6"/>
+    <w:rsid w:val="009141FD"/>
+    <w:rsid w:val="00914518"/>
+    <w:rsid w:val="00915FA1"/>
+    <w:rsid w:val="0091689F"/>
+    <w:rsid w:val="00917149"/>
+    <w:rsid w:val="00920080"/>
+    <w:rsid w:val="0092056D"/>
+    <w:rsid w:val="00921B9F"/>
+    <w:rsid w:val="00922C46"/>
+    <w:rsid w:val="00922ECB"/>
+    <w:rsid w:val="00923672"/>
+    <w:rsid w:val="0092377A"/>
+    <w:rsid w:val="00923CCA"/>
+    <w:rsid w:val="009241D1"/>
+    <w:rsid w:val="00924A64"/>
+    <w:rsid w:val="00924D6C"/>
+    <w:rsid w:val="00924E9F"/>
+    <w:rsid w:val="0092584B"/>
+    <w:rsid w:val="00926BAD"/>
+    <w:rsid w:val="0092749E"/>
+    <w:rsid w:val="00927C1F"/>
+    <w:rsid w:val="00927CA2"/>
+    <w:rsid w:val="00927D68"/>
+    <w:rsid w:val="0093056D"/>
+    <w:rsid w:val="00930D89"/>
+    <w:rsid w:val="00931278"/>
+    <w:rsid w:val="00931515"/>
+    <w:rsid w:val="00931604"/>
+    <w:rsid w:val="0093171A"/>
+    <w:rsid w:val="00931BE7"/>
+    <w:rsid w:val="0093244A"/>
+    <w:rsid w:val="00932A9C"/>
+    <w:rsid w:val="00932B63"/>
+    <w:rsid w:val="00933178"/>
+    <w:rsid w:val="00933E88"/>
+    <w:rsid w:val="0093401A"/>
+    <w:rsid w:val="00934307"/>
+    <w:rsid w:val="0093437A"/>
+    <w:rsid w:val="00935050"/>
+    <w:rsid w:val="00935755"/>
+    <w:rsid w:val="00935E1F"/>
+    <w:rsid w:val="00936274"/>
+    <w:rsid w:val="00936C34"/>
+    <w:rsid w:val="0093766E"/>
+    <w:rsid w:val="009379AA"/>
+    <w:rsid w:val="00937BBB"/>
+    <w:rsid w:val="009400D7"/>
+    <w:rsid w:val="00940ABA"/>
+    <w:rsid w:val="00940B56"/>
+    <w:rsid w:val="00940C95"/>
+    <w:rsid w:val="00941A58"/>
+    <w:rsid w:val="00941DAB"/>
+    <w:rsid w:val="00941E25"/>
+    <w:rsid w:val="00942293"/>
+    <w:rsid w:val="0094248B"/>
+    <w:rsid w:val="009436E2"/>
+    <w:rsid w:val="00943729"/>
+    <w:rsid w:val="0094380B"/>
+    <w:rsid w:val="009438C3"/>
+    <w:rsid w:val="00943F04"/>
+    <w:rsid w:val="00944812"/>
+    <w:rsid w:val="009449F3"/>
+    <w:rsid w:val="00944DB3"/>
+    <w:rsid w:val="00944EFB"/>
+    <w:rsid w:val="0094554E"/>
+    <w:rsid w:val="0094654E"/>
+    <w:rsid w:val="00946696"/>
+    <w:rsid w:val="00946A7C"/>
+    <w:rsid w:val="009471C6"/>
+    <w:rsid w:val="009476DA"/>
+    <w:rsid w:val="00947920"/>
+    <w:rsid w:val="0095014B"/>
+    <w:rsid w:val="009504BE"/>
+    <w:rsid w:val="00950628"/>
+    <w:rsid w:val="009516BB"/>
+    <w:rsid w:val="00952816"/>
+    <w:rsid w:val="00952E92"/>
+    <w:rsid w:val="009532C1"/>
+    <w:rsid w:val="00953429"/>
+    <w:rsid w:val="0095359A"/>
+    <w:rsid w:val="00953903"/>
+    <w:rsid w:val="00953BB0"/>
+    <w:rsid w:val="00954AF3"/>
+    <w:rsid w:val="00954D61"/>
+    <w:rsid w:val="00954FBE"/>
+    <w:rsid w:val="009568CA"/>
+    <w:rsid w:val="00956A3F"/>
+    <w:rsid w:val="00956DEF"/>
+    <w:rsid w:val="009575C7"/>
+    <w:rsid w:val="00957B9D"/>
+    <w:rsid w:val="00960136"/>
+    <w:rsid w:val="00960C02"/>
+    <w:rsid w:val="00960DBF"/>
+    <w:rsid w:val="0096118A"/>
+    <w:rsid w:val="009613C9"/>
+    <w:rsid w:val="0096152F"/>
+    <w:rsid w:val="00963002"/>
+    <w:rsid w:val="0096360A"/>
+    <w:rsid w:val="00963A32"/>
+    <w:rsid w:val="00963FEA"/>
+    <w:rsid w:val="00964A1F"/>
+    <w:rsid w:val="00964DF3"/>
+    <w:rsid w:val="009652AC"/>
+    <w:rsid w:val="009652E4"/>
+    <w:rsid w:val="0096625D"/>
+    <w:rsid w:val="009668C8"/>
+    <w:rsid w:val="009669BC"/>
+    <w:rsid w:val="00966A9D"/>
+    <w:rsid w:val="00966CBF"/>
+    <w:rsid w:val="00966F94"/>
+    <w:rsid w:val="009675EB"/>
+    <w:rsid w:val="00967A11"/>
+    <w:rsid w:val="0097029A"/>
+    <w:rsid w:val="009704FF"/>
+    <w:rsid w:val="00971399"/>
+    <w:rsid w:val="00971EE6"/>
+    <w:rsid w:val="00972A52"/>
+    <w:rsid w:val="00973A4D"/>
+    <w:rsid w:val="00974DDC"/>
+    <w:rsid w:val="00975D02"/>
+    <w:rsid w:val="00976061"/>
+    <w:rsid w:val="00976274"/>
+    <w:rsid w:val="009769E0"/>
+    <w:rsid w:val="00977D10"/>
+    <w:rsid w:val="00977FEA"/>
+    <w:rsid w:val="009808CA"/>
+    <w:rsid w:val="0098091B"/>
+    <w:rsid w:val="00980AA9"/>
+    <w:rsid w:val="00981CDD"/>
+    <w:rsid w:val="00982350"/>
+    <w:rsid w:val="00982D62"/>
+    <w:rsid w:val="00982F62"/>
+    <w:rsid w:val="00983806"/>
+    <w:rsid w:val="00983CAA"/>
+    <w:rsid w:val="00984182"/>
+    <w:rsid w:val="00985E60"/>
+    <w:rsid w:val="00985F79"/>
+    <w:rsid w:val="00985F7F"/>
+    <w:rsid w:val="009860F9"/>
+    <w:rsid w:val="0098637E"/>
+    <w:rsid w:val="009874C2"/>
+    <w:rsid w:val="00990A3A"/>
+    <w:rsid w:val="00990DF6"/>
+    <w:rsid w:val="00990E13"/>
+    <w:rsid w:val="0099105F"/>
+    <w:rsid w:val="00991DE6"/>
+    <w:rsid w:val="00992051"/>
+    <w:rsid w:val="00992718"/>
+    <w:rsid w:val="00994DE1"/>
+    <w:rsid w:val="009967FC"/>
+    <w:rsid w:val="00997209"/>
+    <w:rsid w:val="009A0317"/>
+    <w:rsid w:val="009A0910"/>
+    <w:rsid w:val="009A0DE5"/>
+    <w:rsid w:val="009A1B2E"/>
+    <w:rsid w:val="009A1E61"/>
+    <w:rsid w:val="009A2565"/>
+    <w:rsid w:val="009A27FA"/>
+    <w:rsid w:val="009A2AAF"/>
+    <w:rsid w:val="009A2D16"/>
+    <w:rsid w:val="009A35F3"/>
+    <w:rsid w:val="009A4C4B"/>
+    <w:rsid w:val="009A53B6"/>
+    <w:rsid w:val="009A5864"/>
+    <w:rsid w:val="009A58BB"/>
+    <w:rsid w:val="009A5AD2"/>
+    <w:rsid w:val="009A60D7"/>
+    <w:rsid w:val="009A63CD"/>
+    <w:rsid w:val="009A6906"/>
+    <w:rsid w:val="009A7280"/>
+    <w:rsid w:val="009A794C"/>
+    <w:rsid w:val="009B04C6"/>
+    <w:rsid w:val="009B0765"/>
+    <w:rsid w:val="009B08A4"/>
+    <w:rsid w:val="009B0936"/>
+    <w:rsid w:val="009B0DD1"/>
+    <w:rsid w:val="009B0EA6"/>
+    <w:rsid w:val="009B1B43"/>
+    <w:rsid w:val="009B1CE9"/>
+    <w:rsid w:val="009B2731"/>
+    <w:rsid w:val="009B2800"/>
+    <w:rsid w:val="009B38F7"/>
+    <w:rsid w:val="009B3F30"/>
+    <w:rsid w:val="009B465A"/>
+    <w:rsid w:val="009B478D"/>
+    <w:rsid w:val="009B47AC"/>
+    <w:rsid w:val="009B4E14"/>
+    <w:rsid w:val="009B53A3"/>
+    <w:rsid w:val="009B6232"/>
+    <w:rsid w:val="009B6387"/>
+    <w:rsid w:val="009B6650"/>
+    <w:rsid w:val="009B759B"/>
+    <w:rsid w:val="009C13B4"/>
+    <w:rsid w:val="009C165C"/>
+    <w:rsid w:val="009C1754"/>
+    <w:rsid w:val="009C1DA0"/>
+    <w:rsid w:val="009C2F82"/>
+    <w:rsid w:val="009C3351"/>
+    <w:rsid w:val="009C3789"/>
+    <w:rsid w:val="009C4242"/>
+    <w:rsid w:val="009C5491"/>
+    <w:rsid w:val="009C564A"/>
+    <w:rsid w:val="009C5BA8"/>
+    <w:rsid w:val="009C622E"/>
+    <w:rsid w:val="009C7B92"/>
+    <w:rsid w:val="009D0087"/>
+    <w:rsid w:val="009D0D26"/>
+    <w:rsid w:val="009D1348"/>
+    <w:rsid w:val="009D15A5"/>
+    <w:rsid w:val="009D15BC"/>
+    <w:rsid w:val="009D1F4B"/>
+    <w:rsid w:val="009D2FD9"/>
+    <w:rsid w:val="009D306D"/>
+    <w:rsid w:val="009D30B1"/>
+    <w:rsid w:val="009D32C3"/>
+    <w:rsid w:val="009D3B48"/>
+    <w:rsid w:val="009D3D25"/>
+    <w:rsid w:val="009D582E"/>
+    <w:rsid w:val="009D65D7"/>
+    <w:rsid w:val="009D66B3"/>
+    <w:rsid w:val="009E0428"/>
+    <w:rsid w:val="009E0BF7"/>
+    <w:rsid w:val="009E11F2"/>
+    <w:rsid w:val="009E1201"/>
+    <w:rsid w:val="009E1B0E"/>
+    <w:rsid w:val="009E1EBD"/>
+    <w:rsid w:val="009E2341"/>
+    <w:rsid w:val="009E36CB"/>
+    <w:rsid w:val="009E3839"/>
+    <w:rsid w:val="009E38EC"/>
+    <w:rsid w:val="009E3DA2"/>
+    <w:rsid w:val="009E4193"/>
+    <w:rsid w:val="009E43A2"/>
+    <w:rsid w:val="009E45FC"/>
+    <w:rsid w:val="009E55D6"/>
+    <w:rsid w:val="009E6814"/>
+    <w:rsid w:val="009E697D"/>
+    <w:rsid w:val="009E6FF2"/>
+    <w:rsid w:val="009E7E5A"/>
+    <w:rsid w:val="009F0872"/>
+    <w:rsid w:val="009F094F"/>
+    <w:rsid w:val="009F0C90"/>
+    <w:rsid w:val="009F1233"/>
+    <w:rsid w:val="009F1ECC"/>
+    <w:rsid w:val="009F3029"/>
+    <w:rsid w:val="009F3153"/>
+    <w:rsid w:val="009F338E"/>
+    <w:rsid w:val="009F38A1"/>
+    <w:rsid w:val="009F39FC"/>
+    <w:rsid w:val="009F3A40"/>
+    <w:rsid w:val="009F3BE6"/>
+    <w:rsid w:val="009F42E2"/>
+    <w:rsid w:val="009F477B"/>
+    <w:rsid w:val="009F5708"/>
+    <w:rsid w:val="009F5ADD"/>
+    <w:rsid w:val="009F66C7"/>
+    <w:rsid w:val="009F6DD8"/>
+    <w:rsid w:val="00A003F6"/>
+    <w:rsid w:val="00A004C7"/>
+    <w:rsid w:val="00A007E8"/>
+    <w:rsid w:val="00A00E6A"/>
+    <w:rsid w:val="00A014CB"/>
+    <w:rsid w:val="00A01A0B"/>
+    <w:rsid w:val="00A03E5D"/>
+    <w:rsid w:val="00A0427C"/>
+    <w:rsid w:val="00A05184"/>
+    <w:rsid w:val="00A05E62"/>
+    <w:rsid w:val="00A05F4A"/>
+    <w:rsid w:val="00A0706B"/>
+    <w:rsid w:val="00A074DC"/>
+    <w:rsid w:val="00A07997"/>
+    <w:rsid w:val="00A07E34"/>
+    <w:rsid w:val="00A10068"/>
+    <w:rsid w:val="00A1014E"/>
+    <w:rsid w:val="00A1021A"/>
+    <w:rsid w:val="00A1082F"/>
+    <w:rsid w:val="00A1120D"/>
+    <w:rsid w:val="00A117F0"/>
+    <w:rsid w:val="00A123FE"/>
+    <w:rsid w:val="00A12540"/>
+    <w:rsid w:val="00A13128"/>
+    <w:rsid w:val="00A13CF7"/>
+    <w:rsid w:val="00A1474F"/>
+    <w:rsid w:val="00A14AFE"/>
+    <w:rsid w:val="00A151B1"/>
+    <w:rsid w:val="00A1577C"/>
+    <w:rsid w:val="00A15BE6"/>
+    <w:rsid w:val="00A161B7"/>
+    <w:rsid w:val="00A16712"/>
+    <w:rsid w:val="00A16865"/>
+    <w:rsid w:val="00A16963"/>
+    <w:rsid w:val="00A17577"/>
+    <w:rsid w:val="00A1773D"/>
+    <w:rsid w:val="00A179C2"/>
+    <w:rsid w:val="00A207B0"/>
+    <w:rsid w:val="00A20AD0"/>
+    <w:rsid w:val="00A20D09"/>
+    <w:rsid w:val="00A2158A"/>
+    <w:rsid w:val="00A21E85"/>
+    <w:rsid w:val="00A21ED3"/>
+    <w:rsid w:val="00A2383B"/>
+    <w:rsid w:val="00A239D0"/>
+    <w:rsid w:val="00A24824"/>
+    <w:rsid w:val="00A26697"/>
+    <w:rsid w:val="00A267DD"/>
+    <w:rsid w:val="00A26834"/>
+    <w:rsid w:val="00A2691F"/>
+    <w:rsid w:val="00A26A4C"/>
+    <w:rsid w:val="00A26DC5"/>
+    <w:rsid w:val="00A26DDF"/>
+    <w:rsid w:val="00A272D1"/>
+    <w:rsid w:val="00A27845"/>
+    <w:rsid w:val="00A301AD"/>
+    <w:rsid w:val="00A30F7E"/>
+    <w:rsid w:val="00A31120"/>
+    <w:rsid w:val="00A322B0"/>
+    <w:rsid w:val="00A33105"/>
+    <w:rsid w:val="00A332DB"/>
+    <w:rsid w:val="00A3340B"/>
+    <w:rsid w:val="00A33997"/>
+    <w:rsid w:val="00A339AA"/>
+    <w:rsid w:val="00A33B82"/>
+    <w:rsid w:val="00A343B4"/>
+    <w:rsid w:val="00A3505F"/>
+    <w:rsid w:val="00A36350"/>
+    <w:rsid w:val="00A37457"/>
+    <w:rsid w:val="00A40052"/>
+    <w:rsid w:val="00A400D9"/>
+    <w:rsid w:val="00A40EAB"/>
+    <w:rsid w:val="00A4121E"/>
+    <w:rsid w:val="00A4122D"/>
+    <w:rsid w:val="00A41B2F"/>
+    <w:rsid w:val="00A42A06"/>
+    <w:rsid w:val="00A435B6"/>
+    <w:rsid w:val="00A4411B"/>
+    <w:rsid w:val="00A44234"/>
+    <w:rsid w:val="00A44834"/>
+    <w:rsid w:val="00A453D0"/>
+    <w:rsid w:val="00A45404"/>
+    <w:rsid w:val="00A45871"/>
+    <w:rsid w:val="00A45DA3"/>
+    <w:rsid w:val="00A467FA"/>
+    <w:rsid w:val="00A470FC"/>
+    <w:rsid w:val="00A4720C"/>
+    <w:rsid w:val="00A4796D"/>
+    <w:rsid w:val="00A502E4"/>
+    <w:rsid w:val="00A504BB"/>
+    <w:rsid w:val="00A50505"/>
+    <w:rsid w:val="00A50AAF"/>
+    <w:rsid w:val="00A523B6"/>
+    <w:rsid w:val="00A52B95"/>
+    <w:rsid w:val="00A52FFB"/>
+    <w:rsid w:val="00A53D60"/>
+    <w:rsid w:val="00A53E24"/>
+    <w:rsid w:val="00A544F6"/>
+    <w:rsid w:val="00A5555A"/>
+    <w:rsid w:val="00A55D09"/>
+    <w:rsid w:val="00A56CC0"/>
+    <w:rsid w:val="00A5744D"/>
+    <w:rsid w:val="00A60E85"/>
+    <w:rsid w:val="00A611BA"/>
+    <w:rsid w:val="00A618B9"/>
+    <w:rsid w:val="00A61C56"/>
+    <w:rsid w:val="00A622FD"/>
+    <w:rsid w:val="00A62796"/>
+    <w:rsid w:val="00A6291E"/>
+    <w:rsid w:val="00A6329B"/>
+    <w:rsid w:val="00A634C1"/>
+    <w:rsid w:val="00A636FC"/>
+    <w:rsid w:val="00A63ADA"/>
+    <w:rsid w:val="00A6413F"/>
+    <w:rsid w:val="00A64186"/>
+    <w:rsid w:val="00A660CB"/>
+    <w:rsid w:val="00A66A5B"/>
+    <w:rsid w:val="00A677DA"/>
+    <w:rsid w:val="00A67B75"/>
+    <w:rsid w:val="00A70AFA"/>
+    <w:rsid w:val="00A724C3"/>
+    <w:rsid w:val="00A732A3"/>
+    <w:rsid w:val="00A733F4"/>
+    <w:rsid w:val="00A74511"/>
+    <w:rsid w:val="00A747BD"/>
+    <w:rsid w:val="00A770CD"/>
+    <w:rsid w:val="00A77EA6"/>
+    <w:rsid w:val="00A80278"/>
+    <w:rsid w:val="00A804B6"/>
+    <w:rsid w:val="00A80718"/>
+    <w:rsid w:val="00A807CC"/>
+    <w:rsid w:val="00A80B67"/>
+    <w:rsid w:val="00A80B7B"/>
+    <w:rsid w:val="00A82B2F"/>
+    <w:rsid w:val="00A83E04"/>
+    <w:rsid w:val="00A84AB0"/>
+    <w:rsid w:val="00A8526E"/>
+    <w:rsid w:val="00A857DF"/>
+    <w:rsid w:val="00A85EED"/>
+    <w:rsid w:val="00A85FDA"/>
+    <w:rsid w:val="00A87734"/>
+    <w:rsid w:val="00A87897"/>
+    <w:rsid w:val="00A90448"/>
+    <w:rsid w:val="00A9061E"/>
+    <w:rsid w:val="00A91614"/>
+    <w:rsid w:val="00A91778"/>
+    <w:rsid w:val="00A91EEA"/>
+    <w:rsid w:val="00A92FAC"/>
+    <w:rsid w:val="00A934BB"/>
+    <w:rsid w:val="00A9421B"/>
+    <w:rsid w:val="00A942B4"/>
+    <w:rsid w:val="00A947A3"/>
+    <w:rsid w:val="00A95232"/>
+    <w:rsid w:val="00A96BEA"/>
+    <w:rsid w:val="00A96C40"/>
+    <w:rsid w:val="00A96E7B"/>
+    <w:rsid w:val="00AA0696"/>
+    <w:rsid w:val="00AA0C6B"/>
+    <w:rsid w:val="00AA1353"/>
+    <w:rsid w:val="00AA15FD"/>
+    <w:rsid w:val="00AA16F0"/>
+    <w:rsid w:val="00AA213B"/>
+    <w:rsid w:val="00AA2732"/>
+    <w:rsid w:val="00AA323B"/>
+    <w:rsid w:val="00AA38EA"/>
+    <w:rsid w:val="00AA40BA"/>
+    <w:rsid w:val="00AA524F"/>
+    <w:rsid w:val="00AA5360"/>
+    <w:rsid w:val="00AA643D"/>
+    <w:rsid w:val="00AA773C"/>
+    <w:rsid w:val="00AA7CAA"/>
+    <w:rsid w:val="00AA7F91"/>
+    <w:rsid w:val="00AB01DB"/>
+    <w:rsid w:val="00AB0DEA"/>
+    <w:rsid w:val="00AB1783"/>
+    <w:rsid w:val="00AB1DB8"/>
+    <w:rsid w:val="00AB2031"/>
+    <w:rsid w:val="00AB2F2A"/>
+    <w:rsid w:val="00AB30FA"/>
+    <w:rsid w:val="00AB3896"/>
+    <w:rsid w:val="00AB39C3"/>
+    <w:rsid w:val="00AB4568"/>
+    <w:rsid w:val="00AB4C09"/>
+    <w:rsid w:val="00AB7767"/>
+    <w:rsid w:val="00AC0374"/>
+    <w:rsid w:val="00AC0698"/>
+    <w:rsid w:val="00AC1AC4"/>
+    <w:rsid w:val="00AC25E1"/>
+    <w:rsid w:val="00AC2B53"/>
+    <w:rsid w:val="00AC2E51"/>
+    <w:rsid w:val="00AC2F50"/>
+    <w:rsid w:val="00AC31B2"/>
+    <w:rsid w:val="00AC326D"/>
+    <w:rsid w:val="00AC34B6"/>
+    <w:rsid w:val="00AC3DDB"/>
+    <w:rsid w:val="00AC41E0"/>
+    <w:rsid w:val="00AC43B3"/>
+    <w:rsid w:val="00AC45D3"/>
+    <w:rsid w:val="00AC74B4"/>
+    <w:rsid w:val="00AD02F4"/>
+    <w:rsid w:val="00AD03A1"/>
+    <w:rsid w:val="00AD288A"/>
+    <w:rsid w:val="00AD2895"/>
+    <w:rsid w:val="00AD2995"/>
+    <w:rsid w:val="00AD2B1F"/>
+    <w:rsid w:val="00AD3AB8"/>
+    <w:rsid w:val="00AD4990"/>
+    <w:rsid w:val="00AD4CBA"/>
+    <w:rsid w:val="00AD5308"/>
+    <w:rsid w:val="00AD54D9"/>
+    <w:rsid w:val="00AD58AF"/>
+    <w:rsid w:val="00AD5CC7"/>
+    <w:rsid w:val="00AD65F8"/>
+    <w:rsid w:val="00AD6AC3"/>
+    <w:rsid w:val="00AD6CA7"/>
+    <w:rsid w:val="00AD724D"/>
+    <w:rsid w:val="00AD75AD"/>
+    <w:rsid w:val="00AD7C2B"/>
+    <w:rsid w:val="00AE012A"/>
+    <w:rsid w:val="00AE083E"/>
+    <w:rsid w:val="00AE1387"/>
+    <w:rsid w:val="00AE18F5"/>
+    <w:rsid w:val="00AE194F"/>
+    <w:rsid w:val="00AE1F41"/>
+    <w:rsid w:val="00AE27B3"/>
+    <w:rsid w:val="00AE32C4"/>
+    <w:rsid w:val="00AE3368"/>
+    <w:rsid w:val="00AE3538"/>
+    <w:rsid w:val="00AE3D39"/>
+    <w:rsid w:val="00AE3FB4"/>
+    <w:rsid w:val="00AE48EE"/>
+    <w:rsid w:val="00AE4E02"/>
+    <w:rsid w:val="00AE50CB"/>
+    <w:rsid w:val="00AE5A63"/>
+    <w:rsid w:val="00AE71AF"/>
+    <w:rsid w:val="00AE7C43"/>
+    <w:rsid w:val="00AF00D9"/>
+    <w:rsid w:val="00AF0A2E"/>
+    <w:rsid w:val="00AF0D9C"/>
+    <w:rsid w:val="00AF0DC4"/>
+    <w:rsid w:val="00AF10E9"/>
+    <w:rsid w:val="00AF26A3"/>
+    <w:rsid w:val="00AF29EB"/>
+    <w:rsid w:val="00AF349A"/>
+    <w:rsid w:val="00AF37B9"/>
+    <w:rsid w:val="00AF3C50"/>
+    <w:rsid w:val="00AF422F"/>
+    <w:rsid w:val="00AF4A39"/>
+    <w:rsid w:val="00AF56EC"/>
+    <w:rsid w:val="00AF571E"/>
+    <w:rsid w:val="00AF65B0"/>
+    <w:rsid w:val="00AF7EA3"/>
+    <w:rsid w:val="00B0001A"/>
+    <w:rsid w:val="00B00104"/>
+    <w:rsid w:val="00B00FCA"/>
+    <w:rsid w:val="00B014D7"/>
+    <w:rsid w:val="00B01EE6"/>
+    <w:rsid w:val="00B029CF"/>
+    <w:rsid w:val="00B0341E"/>
+    <w:rsid w:val="00B03D1B"/>
+    <w:rsid w:val="00B042C7"/>
+    <w:rsid w:val="00B046BB"/>
+    <w:rsid w:val="00B04873"/>
+    <w:rsid w:val="00B053C8"/>
+    <w:rsid w:val="00B06C83"/>
+    <w:rsid w:val="00B10A11"/>
+    <w:rsid w:val="00B11187"/>
+    <w:rsid w:val="00B11E90"/>
+    <w:rsid w:val="00B135B5"/>
+    <w:rsid w:val="00B135B6"/>
+    <w:rsid w:val="00B13F0B"/>
+    <w:rsid w:val="00B15815"/>
+    <w:rsid w:val="00B16429"/>
+    <w:rsid w:val="00B16615"/>
+    <w:rsid w:val="00B168A5"/>
+    <w:rsid w:val="00B16FF3"/>
+    <w:rsid w:val="00B1705E"/>
+    <w:rsid w:val="00B1712E"/>
+    <w:rsid w:val="00B175FD"/>
+    <w:rsid w:val="00B17D81"/>
+    <w:rsid w:val="00B20C07"/>
+    <w:rsid w:val="00B21476"/>
+    <w:rsid w:val="00B21D7E"/>
+    <w:rsid w:val="00B21E58"/>
+    <w:rsid w:val="00B21EC5"/>
+    <w:rsid w:val="00B21ECB"/>
+    <w:rsid w:val="00B222AB"/>
+    <w:rsid w:val="00B22566"/>
+    <w:rsid w:val="00B22593"/>
+    <w:rsid w:val="00B226DF"/>
+    <w:rsid w:val="00B229BF"/>
+    <w:rsid w:val="00B22F2A"/>
+    <w:rsid w:val="00B235BD"/>
+    <w:rsid w:val="00B235E5"/>
+    <w:rsid w:val="00B2492B"/>
+    <w:rsid w:val="00B251A2"/>
+    <w:rsid w:val="00B25771"/>
+    <w:rsid w:val="00B267D3"/>
+    <w:rsid w:val="00B26F7C"/>
+    <w:rsid w:val="00B276CC"/>
+    <w:rsid w:val="00B277EB"/>
+    <w:rsid w:val="00B27A13"/>
+    <w:rsid w:val="00B27EBA"/>
+    <w:rsid w:val="00B27F3B"/>
+    <w:rsid w:val="00B30008"/>
+    <w:rsid w:val="00B31483"/>
+    <w:rsid w:val="00B32146"/>
+    <w:rsid w:val="00B3277D"/>
+    <w:rsid w:val="00B32D6D"/>
+    <w:rsid w:val="00B32E51"/>
+    <w:rsid w:val="00B33280"/>
+    <w:rsid w:val="00B33388"/>
+    <w:rsid w:val="00B341CE"/>
+    <w:rsid w:val="00B34251"/>
+    <w:rsid w:val="00B34AC8"/>
+    <w:rsid w:val="00B34FA5"/>
+    <w:rsid w:val="00B35514"/>
+    <w:rsid w:val="00B36130"/>
+    <w:rsid w:val="00B37442"/>
+    <w:rsid w:val="00B37CA3"/>
+    <w:rsid w:val="00B40063"/>
+    <w:rsid w:val="00B4011C"/>
+    <w:rsid w:val="00B415E0"/>
+    <w:rsid w:val="00B416BA"/>
+    <w:rsid w:val="00B4346D"/>
+    <w:rsid w:val="00B43DDF"/>
+    <w:rsid w:val="00B440AB"/>
+    <w:rsid w:val="00B44969"/>
+    <w:rsid w:val="00B44B4B"/>
+    <w:rsid w:val="00B45233"/>
+    <w:rsid w:val="00B4675E"/>
+    <w:rsid w:val="00B46D9E"/>
+    <w:rsid w:val="00B47992"/>
+    <w:rsid w:val="00B47DD5"/>
+    <w:rsid w:val="00B51337"/>
+    <w:rsid w:val="00B51497"/>
+    <w:rsid w:val="00B51D82"/>
+    <w:rsid w:val="00B51DBA"/>
+    <w:rsid w:val="00B5208C"/>
+    <w:rsid w:val="00B52319"/>
+    <w:rsid w:val="00B52628"/>
+    <w:rsid w:val="00B537E0"/>
+    <w:rsid w:val="00B538BF"/>
+    <w:rsid w:val="00B53B36"/>
+    <w:rsid w:val="00B54647"/>
+    <w:rsid w:val="00B5498B"/>
+    <w:rsid w:val="00B55AF7"/>
+    <w:rsid w:val="00B55F20"/>
+    <w:rsid w:val="00B56DF7"/>
+    <w:rsid w:val="00B57477"/>
+    <w:rsid w:val="00B57C66"/>
+    <w:rsid w:val="00B57DB6"/>
+    <w:rsid w:val="00B602F6"/>
+    <w:rsid w:val="00B6030D"/>
+    <w:rsid w:val="00B608AE"/>
+    <w:rsid w:val="00B60A71"/>
+    <w:rsid w:val="00B61B3D"/>
+    <w:rsid w:val="00B61C69"/>
+    <w:rsid w:val="00B61DD7"/>
+    <w:rsid w:val="00B61F49"/>
+    <w:rsid w:val="00B61FDB"/>
+    <w:rsid w:val="00B6210B"/>
+    <w:rsid w:val="00B62A72"/>
+    <w:rsid w:val="00B630E6"/>
+    <w:rsid w:val="00B633EB"/>
+    <w:rsid w:val="00B63456"/>
+    <w:rsid w:val="00B63786"/>
+    <w:rsid w:val="00B638A1"/>
+    <w:rsid w:val="00B6434D"/>
+    <w:rsid w:val="00B644A6"/>
+    <w:rsid w:val="00B64772"/>
+    <w:rsid w:val="00B64F8F"/>
+    <w:rsid w:val="00B651F5"/>
+    <w:rsid w:val="00B65B2C"/>
+    <w:rsid w:val="00B669E5"/>
+    <w:rsid w:val="00B66A56"/>
+    <w:rsid w:val="00B67EDF"/>
+    <w:rsid w:val="00B7026C"/>
+    <w:rsid w:val="00B70ACF"/>
+    <w:rsid w:val="00B70C53"/>
+    <w:rsid w:val="00B7138D"/>
+    <w:rsid w:val="00B7149E"/>
+    <w:rsid w:val="00B715D2"/>
+    <w:rsid w:val="00B71BCD"/>
+    <w:rsid w:val="00B71CB4"/>
+    <w:rsid w:val="00B71FBF"/>
+    <w:rsid w:val="00B72691"/>
+    <w:rsid w:val="00B728FE"/>
+    <w:rsid w:val="00B73C17"/>
+    <w:rsid w:val="00B7407F"/>
+    <w:rsid w:val="00B74708"/>
+    <w:rsid w:val="00B7531A"/>
+    <w:rsid w:val="00B76DE9"/>
+    <w:rsid w:val="00B77C50"/>
+    <w:rsid w:val="00B80785"/>
+    <w:rsid w:val="00B82F7D"/>
+    <w:rsid w:val="00B836E2"/>
+    <w:rsid w:val="00B83767"/>
+    <w:rsid w:val="00B83B76"/>
+    <w:rsid w:val="00B848F0"/>
+    <w:rsid w:val="00B854E5"/>
+    <w:rsid w:val="00B85A98"/>
+    <w:rsid w:val="00B8635B"/>
+    <w:rsid w:val="00B863A8"/>
+    <w:rsid w:val="00B8645C"/>
+    <w:rsid w:val="00B8721F"/>
+    <w:rsid w:val="00B87C73"/>
+    <w:rsid w:val="00B907BA"/>
+    <w:rsid w:val="00B909F7"/>
+    <w:rsid w:val="00B9197E"/>
+    <w:rsid w:val="00B9198E"/>
+    <w:rsid w:val="00B924A5"/>
+    <w:rsid w:val="00B929A6"/>
+    <w:rsid w:val="00B9367C"/>
+    <w:rsid w:val="00B9470D"/>
+    <w:rsid w:val="00B94710"/>
+    <w:rsid w:val="00B94DD0"/>
+    <w:rsid w:val="00B94EB3"/>
+    <w:rsid w:val="00B95196"/>
+    <w:rsid w:val="00B952B4"/>
+    <w:rsid w:val="00B95537"/>
+    <w:rsid w:val="00B955D5"/>
+    <w:rsid w:val="00B955E1"/>
+    <w:rsid w:val="00B9604A"/>
+    <w:rsid w:val="00B9614E"/>
+    <w:rsid w:val="00B963BC"/>
+    <w:rsid w:val="00B96B63"/>
+    <w:rsid w:val="00B96EAC"/>
+    <w:rsid w:val="00B97003"/>
+    <w:rsid w:val="00B9721B"/>
+    <w:rsid w:val="00B97B3E"/>
+    <w:rsid w:val="00B97E61"/>
+    <w:rsid w:val="00BA0653"/>
+    <w:rsid w:val="00BA0B83"/>
+    <w:rsid w:val="00BA13E3"/>
+    <w:rsid w:val="00BA160C"/>
+    <w:rsid w:val="00BA220E"/>
+    <w:rsid w:val="00BA230C"/>
+    <w:rsid w:val="00BA253B"/>
+    <w:rsid w:val="00BA3C84"/>
+    <w:rsid w:val="00BA43DE"/>
+    <w:rsid w:val="00BA48E9"/>
+    <w:rsid w:val="00BA57F7"/>
+    <w:rsid w:val="00BA5F85"/>
+    <w:rsid w:val="00BA6236"/>
+    <w:rsid w:val="00BA623C"/>
+    <w:rsid w:val="00BA7191"/>
+    <w:rsid w:val="00BA757B"/>
+    <w:rsid w:val="00BA7737"/>
+    <w:rsid w:val="00BA7E3D"/>
+    <w:rsid w:val="00BB003F"/>
+    <w:rsid w:val="00BB1737"/>
+    <w:rsid w:val="00BB193F"/>
+    <w:rsid w:val="00BB1E27"/>
+    <w:rsid w:val="00BB1FDA"/>
+    <w:rsid w:val="00BB206D"/>
+    <w:rsid w:val="00BB239D"/>
+    <w:rsid w:val="00BB243F"/>
+    <w:rsid w:val="00BB310C"/>
+    <w:rsid w:val="00BB4AF7"/>
+    <w:rsid w:val="00BB4DA2"/>
+    <w:rsid w:val="00BB52FA"/>
+    <w:rsid w:val="00BB54C5"/>
+    <w:rsid w:val="00BB7765"/>
+    <w:rsid w:val="00BB7FDE"/>
+    <w:rsid w:val="00BC0DE3"/>
+    <w:rsid w:val="00BC12B4"/>
+    <w:rsid w:val="00BC1DB7"/>
+    <w:rsid w:val="00BC2172"/>
+    <w:rsid w:val="00BC2371"/>
+    <w:rsid w:val="00BC24D8"/>
+    <w:rsid w:val="00BC3A0B"/>
+    <w:rsid w:val="00BC3B14"/>
+    <w:rsid w:val="00BC3DD6"/>
+    <w:rsid w:val="00BC4E47"/>
+    <w:rsid w:val="00BC729E"/>
+    <w:rsid w:val="00BC7F3A"/>
+    <w:rsid w:val="00BD0838"/>
+    <w:rsid w:val="00BD24CB"/>
+    <w:rsid w:val="00BD36A3"/>
+    <w:rsid w:val="00BD3E13"/>
+    <w:rsid w:val="00BD44DD"/>
+    <w:rsid w:val="00BD574C"/>
+    <w:rsid w:val="00BD60EA"/>
+    <w:rsid w:val="00BD6D50"/>
+    <w:rsid w:val="00BD7167"/>
+    <w:rsid w:val="00BD77C7"/>
+    <w:rsid w:val="00BE0154"/>
+    <w:rsid w:val="00BE0AC0"/>
+    <w:rsid w:val="00BE0C48"/>
+    <w:rsid w:val="00BE1692"/>
+    <w:rsid w:val="00BE23B8"/>
+    <w:rsid w:val="00BE2549"/>
+    <w:rsid w:val="00BE29FC"/>
+    <w:rsid w:val="00BE2DEC"/>
+    <w:rsid w:val="00BE4197"/>
+    <w:rsid w:val="00BE53E7"/>
+    <w:rsid w:val="00BE5F88"/>
+    <w:rsid w:val="00BE6608"/>
+    <w:rsid w:val="00BE6729"/>
+    <w:rsid w:val="00BE7515"/>
+    <w:rsid w:val="00BE76A0"/>
+    <w:rsid w:val="00BE7B95"/>
+    <w:rsid w:val="00BE7CFA"/>
+    <w:rsid w:val="00BF0A0E"/>
+    <w:rsid w:val="00BF2056"/>
+    <w:rsid w:val="00BF2136"/>
+    <w:rsid w:val="00BF27A9"/>
+    <w:rsid w:val="00BF326F"/>
+    <w:rsid w:val="00BF347D"/>
+    <w:rsid w:val="00BF3E3A"/>
+    <w:rsid w:val="00BF438E"/>
+    <w:rsid w:val="00BF4858"/>
+    <w:rsid w:val="00BF5265"/>
+    <w:rsid w:val="00BF53C7"/>
+    <w:rsid w:val="00BF5811"/>
+    <w:rsid w:val="00BF5945"/>
+    <w:rsid w:val="00C00295"/>
+    <w:rsid w:val="00C008B0"/>
+    <w:rsid w:val="00C01261"/>
+    <w:rsid w:val="00C0144D"/>
+    <w:rsid w:val="00C0181A"/>
+    <w:rsid w:val="00C02866"/>
+    <w:rsid w:val="00C03142"/>
+    <w:rsid w:val="00C031A7"/>
+    <w:rsid w:val="00C03437"/>
+    <w:rsid w:val="00C03615"/>
+    <w:rsid w:val="00C03616"/>
+    <w:rsid w:val="00C038FF"/>
+    <w:rsid w:val="00C041A0"/>
+    <w:rsid w:val="00C04B12"/>
+    <w:rsid w:val="00C051C5"/>
+    <w:rsid w:val="00C051DC"/>
+    <w:rsid w:val="00C05ADD"/>
+    <w:rsid w:val="00C05BF2"/>
+    <w:rsid w:val="00C05DC2"/>
+    <w:rsid w:val="00C06745"/>
+    <w:rsid w:val="00C0760E"/>
+    <w:rsid w:val="00C07722"/>
+    <w:rsid w:val="00C07911"/>
+    <w:rsid w:val="00C07B74"/>
+    <w:rsid w:val="00C07B9C"/>
+    <w:rsid w:val="00C105BA"/>
+    <w:rsid w:val="00C122B5"/>
+    <w:rsid w:val="00C126F9"/>
+    <w:rsid w:val="00C12FE6"/>
+    <w:rsid w:val="00C1328C"/>
+    <w:rsid w:val="00C13C65"/>
+    <w:rsid w:val="00C149C4"/>
+    <w:rsid w:val="00C14C2E"/>
+    <w:rsid w:val="00C15557"/>
+    <w:rsid w:val="00C157B3"/>
+    <w:rsid w:val="00C15E98"/>
+    <w:rsid w:val="00C16D38"/>
+    <w:rsid w:val="00C17542"/>
+    <w:rsid w:val="00C17587"/>
+    <w:rsid w:val="00C17614"/>
+    <w:rsid w:val="00C178CE"/>
+    <w:rsid w:val="00C178D2"/>
+    <w:rsid w:val="00C17F9C"/>
+    <w:rsid w:val="00C201AF"/>
+    <w:rsid w:val="00C21B85"/>
+    <w:rsid w:val="00C21DF2"/>
+    <w:rsid w:val="00C2322A"/>
+    <w:rsid w:val="00C236DA"/>
+    <w:rsid w:val="00C23E61"/>
+    <w:rsid w:val="00C23F52"/>
+    <w:rsid w:val="00C2479C"/>
+    <w:rsid w:val="00C24EC1"/>
+    <w:rsid w:val="00C24F70"/>
+    <w:rsid w:val="00C25F39"/>
+    <w:rsid w:val="00C26CC0"/>
+    <w:rsid w:val="00C304FA"/>
+    <w:rsid w:val="00C32B2E"/>
+    <w:rsid w:val="00C34B30"/>
+    <w:rsid w:val="00C34F8D"/>
+    <w:rsid w:val="00C3538F"/>
+    <w:rsid w:val="00C35897"/>
+    <w:rsid w:val="00C359C6"/>
+    <w:rsid w:val="00C35C53"/>
+    <w:rsid w:val="00C360AB"/>
+    <w:rsid w:val="00C362EA"/>
+    <w:rsid w:val="00C36453"/>
+    <w:rsid w:val="00C3731A"/>
+    <w:rsid w:val="00C3758D"/>
+    <w:rsid w:val="00C37C66"/>
+    <w:rsid w:val="00C4084B"/>
+    <w:rsid w:val="00C40F8D"/>
+    <w:rsid w:val="00C41559"/>
+    <w:rsid w:val="00C41943"/>
+    <w:rsid w:val="00C41B11"/>
+    <w:rsid w:val="00C41B25"/>
+    <w:rsid w:val="00C42684"/>
+    <w:rsid w:val="00C43516"/>
+    <w:rsid w:val="00C441C1"/>
+    <w:rsid w:val="00C44486"/>
+    <w:rsid w:val="00C47B04"/>
+    <w:rsid w:val="00C50114"/>
+    <w:rsid w:val="00C50AE6"/>
+    <w:rsid w:val="00C510DE"/>
+    <w:rsid w:val="00C5163A"/>
+    <w:rsid w:val="00C51951"/>
+    <w:rsid w:val="00C519EA"/>
+    <w:rsid w:val="00C51B31"/>
+    <w:rsid w:val="00C51D55"/>
+    <w:rsid w:val="00C51D5E"/>
+    <w:rsid w:val="00C53064"/>
+    <w:rsid w:val="00C5329E"/>
+    <w:rsid w:val="00C535B9"/>
+    <w:rsid w:val="00C53891"/>
+    <w:rsid w:val="00C5402D"/>
+    <w:rsid w:val="00C542A1"/>
+    <w:rsid w:val="00C54383"/>
+    <w:rsid w:val="00C5446B"/>
+    <w:rsid w:val="00C54E8B"/>
+    <w:rsid w:val="00C55CA2"/>
+    <w:rsid w:val="00C5672E"/>
+    <w:rsid w:val="00C56F92"/>
+    <w:rsid w:val="00C57B25"/>
+    <w:rsid w:val="00C57F66"/>
+    <w:rsid w:val="00C60F2C"/>
+    <w:rsid w:val="00C6100A"/>
+    <w:rsid w:val="00C61090"/>
+    <w:rsid w:val="00C636A1"/>
+    <w:rsid w:val="00C64D23"/>
+    <w:rsid w:val="00C65AB6"/>
+    <w:rsid w:val="00C65D05"/>
+    <w:rsid w:val="00C65D68"/>
+    <w:rsid w:val="00C66949"/>
+    <w:rsid w:val="00C66E1C"/>
+    <w:rsid w:val="00C6758D"/>
+    <w:rsid w:val="00C70BFD"/>
+    <w:rsid w:val="00C70ED5"/>
+    <w:rsid w:val="00C718BC"/>
+    <w:rsid w:val="00C71EB8"/>
+    <w:rsid w:val="00C722DC"/>
+    <w:rsid w:val="00C72A8E"/>
+    <w:rsid w:val="00C72FE0"/>
+    <w:rsid w:val="00C73BEC"/>
+    <w:rsid w:val="00C741D9"/>
+    <w:rsid w:val="00C74AD4"/>
+    <w:rsid w:val="00C7509D"/>
+    <w:rsid w:val="00C75677"/>
+    <w:rsid w:val="00C759A0"/>
+    <w:rsid w:val="00C76086"/>
+    <w:rsid w:val="00C763E2"/>
+    <w:rsid w:val="00C76533"/>
+    <w:rsid w:val="00C76618"/>
+    <w:rsid w:val="00C766E1"/>
+    <w:rsid w:val="00C76ECD"/>
+    <w:rsid w:val="00C76FDF"/>
+    <w:rsid w:val="00C76FFC"/>
+    <w:rsid w:val="00C7779A"/>
+    <w:rsid w:val="00C80206"/>
+    <w:rsid w:val="00C80B50"/>
+    <w:rsid w:val="00C80BEE"/>
+    <w:rsid w:val="00C81070"/>
+    <w:rsid w:val="00C81AF1"/>
+    <w:rsid w:val="00C822B2"/>
+    <w:rsid w:val="00C83D25"/>
+    <w:rsid w:val="00C84711"/>
+    <w:rsid w:val="00C863A5"/>
+    <w:rsid w:val="00C87780"/>
+    <w:rsid w:val="00C87BBA"/>
+    <w:rsid w:val="00C87F79"/>
+    <w:rsid w:val="00C9021C"/>
+    <w:rsid w:val="00C90D08"/>
+    <w:rsid w:val="00C90E42"/>
+    <w:rsid w:val="00C90E83"/>
+    <w:rsid w:val="00C90FDB"/>
+    <w:rsid w:val="00C91291"/>
+    <w:rsid w:val="00C916FE"/>
+    <w:rsid w:val="00C9174B"/>
+    <w:rsid w:val="00C918D1"/>
+    <w:rsid w:val="00C919E8"/>
+    <w:rsid w:val="00C91A33"/>
+    <w:rsid w:val="00C91DFC"/>
+    <w:rsid w:val="00C92315"/>
+    <w:rsid w:val="00C92C17"/>
+    <w:rsid w:val="00C92E7B"/>
+    <w:rsid w:val="00C94939"/>
+    <w:rsid w:val="00C955B5"/>
+    <w:rsid w:val="00C95BE1"/>
+    <w:rsid w:val="00C96772"/>
+    <w:rsid w:val="00C96B54"/>
+    <w:rsid w:val="00C96BF4"/>
+    <w:rsid w:val="00C976AF"/>
+    <w:rsid w:val="00CA29CF"/>
+    <w:rsid w:val="00CA3D48"/>
+    <w:rsid w:val="00CA3EFD"/>
+    <w:rsid w:val="00CA42BA"/>
+    <w:rsid w:val="00CA4787"/>
+    <w:rsid w:val="00CA577E"/>
+    <w:rsid w:val="00CA5B9B"/>
+    <w:rsid w:val="00CA6A87"/>
+    <w:rsid w:val="00CA6E1E"/>
+    <w:rsid w:val="00CA6E37"/>
+    <w:rsid w:val="00CA77C4"/>
+    <w:rsid w:val="00CA7993"/>
+    <w:rsid w:val="00CA7E18"/>
+    <w:rsid w:val="00CB009D"/>
+    <w:rsid w:val="00CB0340"/>
+    <w:rsid w:val="00CB084D"/>
+    <w:rsid w:val="00CB0A8C"/>
+    <w:rsid w:val="00CB0BA3"/>
+    <w:rsid w:val="00CB15B0"/>
+    <w:rsid w:val="00CB16EA"/>
+    <w:rsid w:val="00CB26D5"/>
+    <w:rsid w:val="00CB3955"/>
+    <w:rsid w:val="00CB3DB5"/>
+    <w:rsid w:val="00CB457C"/>
+    <w:rsid w:val="00CB4709"/>
+    <w:rsid w:val="00CB5645"/>
+    <w:rsid w:val="00CB5A8B"/>
+    <w:rsid w:val="00CB5AE6"/>
+    <w:rsid w:val="00CB5F43"/>
+    <w:rsid w:val="00CB64BD"/>
+    <w:rsid w:val="00CB6BBC"/>
+    <w:rsid w:val="00CB7868"/>
+    <w:rsid w:val="00CB7EB1"/>
+    <w:rsid w:val="00CC288D"/>
+    <w:rsid w:val="00CC2E23"/>
+    <w:rsid w:val="00CC34C8"/>
+    <w:rsid w:val="00CC3831"/>
+    <w:rsid w:val="00CC4026"/>
+    <w:rsid w:val="00CC5D82"/>
+    <w:rsid w:val="00CC66B0"/>
+    <w:rsid w:val="00CC6744"/>
+    <w:rsid w:val="00CC6AEF"/>
+    <w:rsid w:val="00CC6F91"/>
+    <w:rsid w:val="00CC7060"/>
+    <w:rsid w:val="00CC7A6D"/>
+    <w:rsid w:val="00CD0B19"/>
+    <w:rsid w:val="00CD109B"/>
+    <w:rsid w:val="00CD1BEC"/>
+    <w:rsid w:val="00CD1C7B"/>
+    <w:rsid w:val="00CD1F55"/>
+    <w:rsid w:val="00CD204F"/>
+    <w:rsid w:val="00CD216C"/>
+    <w:rsid w:val="00CD2BB6"/>
+    <w:rsid w:val="00CD3BFC"/>
+    <w:rsid w:val="00CD3D5C"/>
+    <w:rsid w:val="00CD4094"/>
+    <w:rsid w:val="00CD427D"/>
+    <w:rsid w:val="00CD4714"/>
+    <w:rsid w:val="00CD49D9"/>
+    <w:rsid w:val="00CD4D48"/>
+    <w:rsid w:val="00CD5252"/>
+    <w:rsid w:val="00CD578B"/>
+    <w:rsid w:val="00CD57E9"/>
+    <w:rsid w:val="00CD629F"/>
+    <w:rsid w:val="00CD62E1"/>
+    <w:rsid w:val="00CD65CF"/>
+    <w:rsid w:val="00CD70B0"/>
+    <w:rsid w:val="00CD71E9"/>
+    <w:rsid w:val="00CD7598"/>
+    <w:rsid w:val="00CD7B78"/>
+    <w:rsid w:val="00CE0544"/>
+    <w:rsid w:val="00CE1A3B"/>
+    <w:rsid w:val="00CE1B58"/>
+    <w:rsid w:val="00CE1D8D"/>
+    <w:rsid w:val="00CE274C"/>
+    <w:rsid w:val="00CE32C1"/>
+    <w:rsid w:val="00CE3385"/>
+    <w:rsid w:val="00CE43D6"/>
+    <w:rsid w:val="00CE49AB"/>
+    <w:rsid w:val="00CE4CEC"/>
+    <w:rsid w:val="00CE58CC"/>
+    <w:rsid w:val="00CE5A02"/>
+    <w:rsid w:val="00CE5EBC"/>
+    <w:rsid w:val="00CE6579"/>
+    <w:rsid w:val="00CE65F0"/>
+    <w:rsid w:val="00CE768B"/>
+    <w:rsid w:val="00CF0536"/>
+    <w:rsid w:val="00CF073C"/>
+    <w:rsid w:val="00CF0F38"/>
+    <w:rsid w:val="00CF1477"/>
+    <w:rsid w:val="00CF29B1"/>
+    <w:rsid w:val="00CF4027"/>
+    <w:rsid w:val="00CF4C4B"/>
+    <w:rsid w:val="00CF50EF"/>
+    <w:rsid w:val="00CF5222"/>
+    <w:rsid w:val="00CF5523"/>
+    <w:rsid w:val="00CF5554"/>
+    <w:rsid w:val="00CF568E"/>
+    <w:rsid w:val="00CF59BE"/>
+    <w:rsid w:val="00CF75B8"/>
+    <w:rsid w:val="00D01007"/>
+    <w:rsid w:val="00D0139B"/>
+    <w:rsid w:val="00D034C5"/>
+    <w:rsid w:val="00D03996"/>
+    <w:rsid w:val="00D03B7D"/>
+    <w:rsid w:val="00D03ECD"/>
+    <w:rsid w:val="00D0535E"/>
+    <w:rsid w:val="00D05CA2"/>
+    <w:rsid w:val="00D05D8A"/>
+    <w:rsid w:val="00D05DAA"/>
+    <w:rsid w:val="00D0690E"/>
+    <w:rsid w:val="00D078AD"/>
+    <w:rsid w:val="00D07E29"/>
+    <w:rsid w:val="00D07EC0"/>
+    <w:rsid w:val="00D11C2F"/>
+    <w:rsid w:val="00D12569"/>
+    <w:rsid w:val="00D12704"/>
+    <w:rsid w:val="00D13182"/>
+    <w:rsid w:val="00D13FBF"/>
+    <w:rsid w:val="00D14046"/>
+    <w:rsid w:val="00D14949"/>
+    <w:rsid w:val="00D1535F"/>
+    <w:rsid w:val="00D15CFC"/>
+    <w:rsid w:val="00D15F0D"/>
+    <w:rsid w:val="00D1694F"/>
+    <w:rsid w:val="00D16AED"/>
+    <w:rsid w:val="00D16D32"/>
+    <w:rsid w:val="00D17847"/>
+    <w:rsid w:val="00D178BC"/>
+    <w:rsid w:val="00D2034C"/>
+    <w:rsid w:val="00D203F1"/>
+    <w:rsid w:val="00D21253"/>
+    <w:rsid w:val="00D2167A"/>
+    <w:rsid w:val="00D230EB"/>
+    <w:rsid w:val="00D2392B"/>
+    <w:rsid w:val="00D23B78"/>
+    <w:rsid w:val="00D246C9"/>
+    <w:rsid w:val="00D26051"/>
+    <w:rsid w:val="00D26D42"/>
+    <w:rsid w:val="00D27642"/>
+    <w:rsid w:val="00D27DA8"/>
+    <w:rsid w:val="00D30B94"/>
+    <w:rsid w:val="00D314F6"/>
+    <w:rsid w:val="00D319F2"/>
+    <w:rsid w:val="00D31DB0"/>
+    <w:rsid w:val="00D327A5"/>
+    <w:rsid w:val="00D32AB2"/>
+    <w:rsid w:val="00D32B68"/>
+    <w:rsid w:val="00D3322A"/>
+    <w:rsid w:val="00D34753"/>
+    <w:rsid w:val="00D349E6"/>
+    <w:rsid w:val="00D3629F"/>
+    <w:rsid w:val="00D37471"/>
+    <w:rsid w:val="00D4037E"/>
+    <w:rsid w:val="00D41055"/>
+    <w:rsid w:val="00D4246C"/>
+    <w:rsid w:val="00D42BE4"/>
+    <w:rsid w:val="00D42D31"/>
+    <w:rsid w:val="00D42F4C"/>
+    <w:rsid w:val="00D435B0"/>
+    <w:rsid w:val="00D43856"/>
+    <w:rsid w:val="00D43AD1"/>
+    <w:rsid w:val="00D43DC5"/>
+    <w:rsid w:val="00D43E96"/>
+    <w:rsid w:val="00D44766"/>
+    <w:rsid w:val="00D46D86"/>
+    <w:rsid w:val="00D50548"/>
+    <w:rsid w:val="00D50A0C"/>
+    <w:rsid w:val="00D5156C"/>
+    <w:rsid w:val="00D5180B"/>
+    <w:rsid w:val="00D51F25"/>
+    <w:rsid w:val="00D5270A"/>
+    <w:rsid w:val="00D530C7"/>
+    <w:rsid w:val="00D5311D"/>
+    <w:rsid w:val="00D53291"/>
+    <w:rsid w:val="00D53AF3"/>
+    <w:rsid w:val="00D5551F"/>
+    <w:rsid w:val="00D558DB"/>
+    <w:rsid w:val="00D55BED"/>
+    <w:rsid w:val="00D55DA5"/>
+    <w:rsid w:val="00D56476"/>
+    <w:rsid w:val="00D5679F"/>
+    <w:rsid w:val="00D56837"/>
+    <w:rsid w:val="00D56C5E"/>
+    <w:rsid w:val="00D56E85"/>
+    <w:rsid w:val="00D57BF7"/>
+    <w:rsid w:val="00D57E5C"/>
+    <w:rsid w:val="00D606F5"/>
+    <w:rsid w:val="00D60A8F"/>
+    <w:rsid w:val="00D60B82"/>
+    <w:rsid w:val="00D61277"/>
+    <w:rsid w:val="00D6286C"/>
+    <w:rsid w:val="00D630D2"/>
+    <w:rsid w:val="00D6311A"/>
+    <w:rsid w:val="00D634A9"/>
+    <w:rsid w:val="00D639D4"/>
+    <w:rsid w:val="00D63AF4"/>
+    <w:rsid w:val="00D64C20"/>
+    <w:rsid w:val="00D64D8E"/>
+    <w:rsid w:val="00D65EEA"/>
+    <w:rsid w:val="00D66937"/>
+    <w:rsid w:val="00D67679"/>
+    <w:rsid w:val="00D6784A"/>
+    <w:rsid w:val="00D70089"/>
+    <w:rsid w:val="00D704C9"/>
+    <w:rsid w:val="00D709EB"/>
+    <w:rsid w:val="00D70D58"/>
+    <w:rsid w:val="00D71441"/>
+    <w:rsid w:val="00D71693"/>
+    <w:rsid w:val="00D72148"/>
+    <w:rsid w:val="00D72700"/>
+    <w:rsid w:val="00D7286A"/>
+    <w:rsid w:val="00D72A5B"/>
+    <w:rsid w:val="00D73AE7"/>
+    <w:rsid w:val="00D73BC8"/>
+    <w:rsid w:val="00D74311"/>
+    <w:rsid w:val="00D749A6"/>
+    <w:rsid w:val="00D74C89"/>
+    <w:rsid w:val="00D75892"/>
+    <w:rsid w:val="00D76151"/>
+    <w:rsid w:val="00D76455"/>
+    <w:rsid w:val="00D76DAF"/>
+    <w:rsid w:val="00D77E90"/>
+    <w:rsid w:val="00D77EB4"/>
+    <w:rsid w:val="00D805CE"/>
+    <w:rsid w:val="00D80802"/>
+    <w:rsid w:val="00D80D09"/>
+    <w:rsid w:val="00D8116D"/>
+    <w:rsid w:val="00D81A3B"/>
+    <w:rsid w:val="00D8336A"/>
+    <w:rsid w:val="00D833F7"/>
+    <w:rsid w:val="00D83E9C"/>
+    <w:rsid w:val="00D83EA5"/>
+    <w:rsid w:val="00D84183"/>
+    <w:rsid w:val="00D8443D"/>
+    <w:rsid w:val="00D844F5"/>
+    <w:rsid w:val="00D84908"/>
+    <w:rsid w:val="00D84F07"/>
+    <w:rsid w:val="00D84F6F"/>
+    <w:rsid w:val="00D852FA"/>
+    <w:rsid w:val="00D855C3"/>
+    <w:rsid w:val="00D86A3C"/>
+    <w:rsid w:val="00D8794D"/>
+    <w:rsid w:val="00D87AF5"/>
+    <w:rsid w:val="00D90B18"/>
+    <w:rsid w:val="00D91112"/>
+    <w:rsid w:val="00D91266"/>
+    <w:rsid w:val="00D91492"/>
+    <w:rsid w:val="00D91B50"/>
+    <w:rsid w:val="00D91F36"/>
+    <w:rsid w:val="00D92E1C"/>
+    <w:rsid w:val="00D9322C"/>
+    <w:rsid w:val="00D933D1"/>
+    <w:rsid w:val="00D94182"/>
+    <w:rsid w:val="00D9441B"/>
+    <w:rsid w:val="00D947CF"/>
+    <w:rsid w:val="00D95AD2"/>
+    <w:rsid w:val="00D97085"/>
+    <w:rsid w:val="00D9716B"/>
+    <w:rsid w:val="00D97471"/>
+    <w:rsid w:val="00D97CF4"/>
+    <w:rsid w:val="00DA0BE5"/>
+    <w:rsid w:val="00DA0DF9"/>
+    <w:rsid w:val="00DA16EC"/>
+    <w:rsid w:val="00DA1728"/>
+    <w:rsid w:val="00DA2899"/>
+    <w:rsid w:val="00DA3019"/>
+    <w:rsid w:val="00DA33B0"/>
+    <w:rsid w:val="00DA3D6F"/>
+    <w:rsid w:val="00DA3D94"/>
+    <w:rsid w:val="00DA43DB"/>
+    <w:rsid w:val="00DA5076"/>
+    <w:rsid w:val="00DA58CE"/>
+    <w:rsid w:val="00DA59CF"/>
+    <w:rsid w:val="00DA6089"/>
+    <w:rsid w:val="00DA616C"/>
+    <w:rsid w:val="00DA698F"/>
+    <w:rsid w:val="00DA6C36"/>
+    <w:rsid w:val="00DA6DDC"/>
+    <w:rsid w:val="00DA6FC4"/>
+    <w:rsid w:val="00DA7B4C"/>
+    <w:rsid w:val="00DA7BFA"/>
+    <w:rsid w:val="00DA7D21"/>
+    <w:rsid w:val="00DA7F36"/>
+    <w:rsid w:val="00DA7F72"/>
+    <w:rsid w:val="00DB012D"/>
+    <w:rsid w:val="00DB0447"/>
+    <w:rsid w:val="00DB0A35"/>
+    <w:rsid w:val="00DB1B55"/>
+    <w:rsid w:val="00DB1E2A"/>
+    <w:rsid w:val="00DB21CA"/>
+    <w:rsid w:val="00DB2658"/>
+    <w:rsid w:val="00DB27F4"/>
+    <w:rsid w:val="00DB37D7"/>
+    <w:rsid w:val="00DB3EB9"/>
+    <w:rsid w:val="00DB4A6B"/>
+    <w:rsid w:val="00DB4F9E"/>
+    <w:rsid w:val="00DB5262"/>
+    <w:rsid w:val="00DB5580"/>
+    <w:rsid w:val="00DB56D7"/>
+    <w:rsid w:val="00DB58B7"/>
+    <w:rsid w:val="00DB59AE"/>
+    <w:rsid w:val="00DB5B9B"/>
+    <w:rsid w:val="00DC0716"/>
+    <w:rsid w:val="00DC07C8"/>
+    <w:rsid w:val="00DC23A4"/>
+    <w:rsid w:val="00DC2548"/>
+    <w:rsid w:val="00DC37E7"/>
+    <w:rsid w:val="00DC4583"/>
+    <w:rsid w:val="00DC643E"/>
+    <w:rsid w:val="00DC69A8"/>
+    <w:rsid w:val="00DC6DE1"/>
+    <w:rsid w:val="00DC75F1"/>
+    <w:rsid w:val="00DC76A8"/>
+    <w:rsid w:val="00DD0A32"/>
+    <w:rsid w:val="00DD188C"/>
+    <w:rsid w:val="00DD19AC"/>
+    <w:rsid w:val="00DD3237"/>
+    <w:rsid w:val="00DD3AD5"/>
+    <w:rsid w:val="00DD3F9B"/>
+    <w:rsid w:val="00DD43D3"/>
+    <w:rsid w:val="00DD4500"/>
+    <w:rsid w:val="00DD4B71"/>
+    <w:rsid w:val="00DD4CA2"/>
+    <w:rsid w:val="00DD54BD"/>
+    <w:rsid w:val="00DD568E"/>
+    <w:rsid w:val="00DD5E32"/>
+    <w:rsid w:val="00DD609D"/>
+    <w:rsid w:val="00DD7868"/>
+    <w:rsid w:val="00DD78E9"/>
+    <w:rsid w:val="00DD7C8B"/>
+    <w:rsid w:val="00DD7F46"/>
+    <w:rsid w:val="00DE00BB"/>
+    <w:rsid w:val="00DE026A"/>
+    <w:rsid w:val="00DE0720"/>
+    <w:rsid w:val="00DE091A"/>
+    <w:rsid w:val="00DE0D26"/>
+    <w:rsid w:val="00DE0F85"/>
+    <w:rsid w:val="00DE1739"/>
+    <w:rsid w:val="00DE261F"/>
+    <w:rsid w:val="00DE2DE9"/>
+    <w:rsid w:val="00DE489C"/>
+    <w:rsid w:val="00DE4940"/>
+    <w:rsid w:val="00DE495A"/>
+    <w:rsid w:val="00DE50F8"/>
+    <w:rsid w:val="00DE55AD"/>
+    <w:rsid w:val="00DE5C62"/>
+    <w:rsid w:val="00DE60A0"/>
+    <w:rsid w:val="00DE6AB6"/>
+    <w:rsid w:val="00DE6D63"/>
+    <w:rsid w:val="00DE6FB5"/>
+    <w:rsid w:val="00DE711D"/>
+    <w:rsid w:val="00DE7EC9"/>
+    <w:rsid w:val="00DE7F8A"/>
+    <w:rsid w:val="00DF0863"/>
+    <w:rsid w:val="00DF0D42"/>
+    <w:rsid w:val="00DF1171"/>
+    <w:rsid w:val="00DF1563"/>
+    <w:rsid w:val="00DF1DB5"/>
+    <w:rsid w:val="00DF2175"/>
+    <w:rsid w:val="00DF265D"/>
+    <w:rsid w:val="00DF2DEF"/>
+    <w:rsid w:val="00DF2EAF"/>
+    <w:rsid w:val="00DF32F1"/>
+    <w:rsid w:val="00DF4086"/>
+    <w:rsid w:val="00DF42DE"/>
+    <w:rsid w:val="00DF4318"/>
+    <w:rsid w:val="00DF4E67"/>
+    <w:rsid w:val="00DF5345"/>
+    <w:rsid w:val="00DF5F85"/>
+    <w:rsid w:val="00DF664E"/>
+    <w:rsid w:val="00DF7A84"/>
+    <w:rsid w:val="00DF7FCE"/>
+    <w:rsid w:val="00E0039F"/>
+    <w:rsid w:val="00E00C70"/>
+    <w:rsid w:val="00E00FF2"/>
+    <w:rsid w:val="00E01AC3"/>
+    <w:rsid w:val="00E024B3"/>
+    <w:rsid w:val="00E029EE"/>
+    <w:rsid w:val="00E02B2E"/>
+    <w:rsid w:val="00E02B86"/>
+    <w:rsid w:val="00E02F22"/>
+    <w:rsid w:val="00E037BB"/>
+    <w:rsid w:val="00E0417C"/>
+    <w:rsid w:val="00E04B7E"/>
+    <w:rsid w:val="00E050C1"/>
+    <w:rsid w:val="00E05A06"/>
+    <w:rsid w:val="00E0618A"/>
+    <w:rsid w:val="00E06785"/>
+    <w:rsid w:val="00E06CFE"/>
+    <w:rsid w:val="00E078F1"/>
+    <w:rsid w:val="00E07B79"/>
+    <w:rsid w:val="00E07E83"/>
+    <w:rsid w:val="00E10032"/>
+    <w:rsid w:val="00E1068C"/>
+    <w:rsid w:val="00E10B1E"/>
+    <w:rsid w:val="00E1126E"/>
+    <w:rsid w:val="00E11B69"/>
+    <w:rsid w:val="00E11E5F"/>
+    <w:rsid w:val="00E12DF6"/>
+    <w:rsid w:val="00E1405A"/>
+    <w:rsid w:val="00E1416D"/>
+    <w:rsid w:val="00E1425C"/>
+    <w:rsid w:val="00E1438C"/>
+    <w:rsid w:val="00E149F0"/>
+    <w:rsid w:val="00E157CE"/>
+    <w:rsid w:val="00E15C8C"/>
+    <w:rsid w:val="00E15E9A"/>
+    <w:rsid w:val="00E16217"/>
+    <w:rsid w:val="00E1644D"/>
+    <w:rsid w:val="00E16B4A"/>
+    <w:rsid w:val="00E1711C"/>
+    <w:rsid w:val="00E20503"/>
+    <w:rsid w:val="00E21258"/>
+    <w:rsid w:val="00E2143E"/>
+    <w:rsid w:val="00E22076"/>
+    <w:rsid w:val="00E22F16"/>
+    <w:rsid w:val="00E23CE6"/>
+    <w:rsid w:val="00E23D9D"/>
+    <w:rsid w:val="00E24CC1"/>
+    <w:rsid w:val="00E25174"/>
+    <w:rsid w:val="00E25289"/>
+    <w:rsid w:val="00E2532C"/>
+    <w:rsid w:val="00E25420"/>
+    <w:rsid w:val="00E25B50"/>
+    <w:rsid w:val="00E25C7D"/>
+    <w:rsid w:val="00E25FFC"/>
+    <w:rsid w:val="00E2652D"/>
+    <w:rsid w:val="00E27836"/>
+    <w:rsid w:val="00E2794A"/>
+    <w:rsid w:val="00E27C04"/>
+    <w:rsid w:val="00E3028D"/>
+    <w:rsid w:val="00E317DF"/>
+    <w:rsid w:val="00E31D6C"/>
+    <w:rsid w:val="00E31EC0"/>
+    <w:rsid w:val="00E3233E"/>
+    <w:rsid w:val="00E33284"/>
+    <w:rsid w:val="00E333AA"/>
+    <w:rsid w:val="00E3417D"/>
+    <w:rsid w:val="00E345E8"/>
+    <w:rsid w:val="00E3464D"/>
+    <w:rsid w:val="00E3470F"/>
+    <w:rsid w:val="00E34F7A"/>
+    <w:rsid w:val="00E3679C"/>
+    <w:rsid w:val="00E36925"/>
+    <w:rsid w:val="00E3750F"/>
+    <w:rsid w:val="00E3765D"/>
+    <w:rsid w:val="00E3774E"/>
+    <w:rsid w:val="00E4011B"/>
+    <w:rsid w:val="00E40940"/>
+    <w:rsid w:val="00E409A6"/>
+    <w:rsid w:val="00E40ACB"/>
+    <w:rsid w:val="00E40C27"/>
+    <w:rsid w:val="00E4237E"/>
+    <w:rsid w:val="00E42A08"/>
+    <w:rsid w:val="00E4410B"/>
+    <w:rsid w:val="00E452D5"/>
+    <w:rsid w:val="00E45F45"/>
+    <w:rsid w:val="00E46A86"/>
+    <w:rsid w:val="00E4736E"/>
+    <w:rsid w:val="00E50410"/>
+    <w:rsid w:val="00E5063D"/>
+    <w:rsid w:val="00E51BD4"/>
+    <w:rsid w:val="00E524C1"/>
+    <w:rsid w:val="00E53070"/>
+    <w:rsid w:val="00E5307C"/>
+    <w:rsid w:val="00E53D52"/>
+    <w:rsid w:val="00E53DB3"/>
+    <w:rsid w:val="00E54E5F"/>
+    <w:rsid w:val="00E556BC"/>
+    <w:rsid w:val="00E558AA"/>
+    <w:rsid w:val="00E56326"/>
+    <w:rsid w:val="00E56937"/>
+    <w:rsid w:val="00E56C15"/>
+    <w:rsid w:val="00E57299"/>
+    <w:rsid w:val="00E57BCF"/>
+    <w:rsid w:val="00E60784"/>
+    <w:rsid w:val="00E6086B"/>
+    <w:rsid w:val="00E608BF"/>
+    <w:rsid w:val="00E611FC"/>
+    <w:rsid w:val="00E61950"/>
+    <w:rsid w:val="00E62998"/>
+    <w:rsid w:val="00E634BF"/>
+    <w:rsid w:val="00E6369E"/>
+    <w:rsid w:val="00E63844"/>
+    <w:rsid w:val="00E63FD1"/>
+    <w:rsid w:val="00E641B2"/>
+    <w:rsid w:val="00E64365"/>
+    <w:rsid w:val="00E6471F"/>
+    <w:rsid w:val="00E64CE9"/>
+    <w:rsid w:val="00E660BB"/>
+    <w:rsid w:val="00E6651F"/>
+    <w:rsid w:val="00E66D65"/>
+    <w:rsid w:val="00E67395"/>
+    <w:rsid w:val="00E67501"/>
+    <w:rsid w:val="00E675FA"/>
+    <w:rsid w:val="00E676F7"/>
+    <w:rsid w:val="00E70597"/>
+    <w:rsid w:val="00E712DD"/>
+    <w:rsid w:val="00E712F7"/>
+    <w:rsid w:val="00E71513"/>
+    <w:rsid w:val="00E715E8"/>
+    <w:rsid w:val="00E71A50"/>
+    <w:rsid w:val="00E72608"/>
+    <w:rsid w:val="00E727EA"/>
+    <w:rsid w:val="00E73169"/>
+    <w:rsid w:val="00E73A38"/>
+    <w:rsid w:val="00E73C6A"/>
+    <w:rsid w:val="00E73EF2"/>
+    <w:rsid w:val="00E7575B"/>
+    <w:rsid w:val="00E75D8E"/>
+    <w:rsid w:val="00E7745D"/>
+    <w:rsid w:val="00E804A0"/>
+    <w:rsid w:val="00E80735"/>
+    <w:rsid w:val="00E80770"/>
+    <w:rsid w:val="00E80EF1"/>
+    <w:rsid w:val="00E81296"/>
+    <w:rsid w:val="00E81885"/>
+    <w:rsid w:val="00E833D9"/>
+    <w:rsid w:val="00E83429"/>
+    <w:rsid w:val="00E8343D"/>
+    <w:rsid w:val="00E841DA"/>
+    <w:rsid w:val="00E8493C"/>
+    <w:rsid w:val="00E84AA6"/>
+    <w:rsid w:val="00E850FC"/>
+    <w:rsid w:val="00E85BB8"/>
+    <w:rsid w:val="00E86859"/>
+    <w:rsid w:val="00E86A28"/>
+    <w:rsid w:val="00E87309"/>
+    <w:rsid w:val="00E8738C"/>
+    <w:rsid w:val="00E875A3"/>
+    <w:rsid w:val="00E90356"/>
+    <w:rsid w:val="00E903F6"/>
+    <w:rsid w:val="00E90A0F"/>
+    <w:rsid w:val="00E91395"/>
+    <w:rsid w:val="00E91CCA"/>
+    <w:rsid w:val="00E926B4"/>
+    <w:rsid w:val="00E92770"/>
+    <w:rsid w:val="00E928D8"/>
+    <w:rsid w:val="00E937E3"/>
+    <w:rsid w:val="00E93847"/>
+    <w:rsid w:val="00E93D3D"/>
+    <w:rsid w:val="00E941B1"/>
+    <w:rsid w:val="00E943EA"/>
+    <w:rsid w:val="00E94ED5"/>
+    <w:rsid w:val="00E955D9"/>
+    <w:rsid w:val="00E95905"/>
+    <w:rsid w:val="00E973FB"/>
+    <w:rsid w:val="00E97C77"/>
+    <w:rsid w:val="00EA0388"/>
+    <w:rsid w:val="00EA16C5"/>
+    <w:rsid w:val="00EA28E0"/>
+    <w:rsid w:val="00EA2D79"/>
+    <w:rsid w:val="00EA3099"/>
+    <w:rsid w:val="00EA4287"/>
+    <w:rsid w:val="00EA4D1E"/>
+    <w:rsid w:val="00EA51EF"/>
+    <w:rsid w:val="00EA5B3C"/>
+    <w:rsid w:val="00EA5CE6"/>
+    <w:rsid w:val="00EA6735"/>
+    <w:rsid w:val="00EA6D23"/>
+    <w:rsid w:val="00EA72E7"/>
+    <w:rsid w:val="00EA7719"/>
+    <w:rsid w:val="00EA78D9"/>
+    <w:rsid w:val="00EB0528"/>
+    <w:rsid w:val="00EB0A91"/>
+    <w:rsid w:val="00EB0F91"/>
+    <w:rsid w:val="00EB1034"/>
+    <w:rsid w:val="00EB1BA7"/>
+    <w:rsid w:val="00EB1EB8"/>
+    <w:rsid w:val="00EB20DA"/>
+    <w:rsid w:val="00EB245B"/>
+    <w:rsid w:val="00EB25EC"/>
+    <w:rsid w:val="00EB29C9"/>
+    <w:rsid w:val="00EB2B0B"/>
+    <w:rsid w:val="00EB2FAA"/>
+    <w:rsid w:val="00EB3154"/>
+    <w:rsid w:val="00EB37C2"/>
+    <w:rsid w:val="00EB3B5C"/>
+    <w:rsid w:val="00EB3B89"/>
+    <w:rsid w:val="00EB3D28"/>
+    <w:rsid w:val="00EB3DD3"/>
+    <w:rsid w:val="00EB4C48"/>
+    <w:rsid w:val="00EB50DC"/>
+    <w:rsid w:val="00EB5101"/>
+    <w:rsid w:val="00EB5C31"/>
+    <w:rsid w:val="00EB5F54"/>
+    <w:rsid w:val="00EB6089"/>
+    <w:rsid w:val="00EB6335"/>
+    <w:rsid w:val="00EB7C99"/>
+    <w:rsid w:val="00EC01F3"/>
+    <w:rsid w:val="00EC0768"/>
+    <w:rsid w:val="00EC2160"/>
+    <w:rsid w:val="00EC266E"/>
+    <w:rsid w:val="00EC36F8"/>
+    <w:rsid w:val="00EC395F"/>
+    <w:rsid w:val="00EC3A4B"/>
+    <w:rsid w:val="00EC3EB8"/>
+    <w:rsid w:val="00EC568F"/>
+    <w:rsid w:val="00EC68DB"/>
+    <w:rsid w:val="00EC6D44"/>
+    <w:rsid w:val="00EC760B"/>
+    <w:rsid w:val="00EC777E"/>
+    <w:rsid w:val="00EC7F02"/>
+    <w:rsid w:val="00ED0A97"/>
+    <w:rsid w:val="00ED1BCE"/>
+    <w:rsid w:val="00ED24E4"/>
+    <w:rsid w:val="00ED2F63"/>
+    <w:rsid w:val="00ED2FDC"/>
+    <w:rsid w:val="00ED3403"/>
+    <w:rsid w:val="00ED43AD"/>
+    <w:rsid w:val="00ED4DF5"/>
+    <w:rsid w:val="00ED59D3"/>
+    <w:rsid w:val="00ED5ED2"/>
+    <w:rsid w:val="00ED6A01"/>
+    <w:rsid w:val="00ED6A21"/>
+    <w:rsid w:val="00ED755A"/>
+    <w:rsid w:val="00ED7B23"/>
+    <w:rsid w:val="00ED7CF9"/>
+    <w:rsid w:val="00ED7E42"/>
+    <w:rsid w:val="00EE0844"/>
+    <w:rsid w:val="00EE1369"/>
+    <w:rsid w:val="00EE192B"/>
+    <w:rsid w:val="00EE227C"/>
+    <w:rsid w:val="00EE2ACF"/>
+    <w:rsid w:val="00EE331C"/>
+    <w:rsid w:val="00EE44F8"/>
+    <w:rsid w:val="00EE642D"/>
+    <w:rsid w:val="00EE6848"/>
+    <w:rsid w:val="00EE6DBE"/>
+    <w:rsid w:val="00EE6DFC"/>
+    <w:rsid w:val="00EE7515"/>
+    <w:rsid w:val="00EE7566"/>
+    <w:rsid w:val="00EE78F9"/>
+    <w:rsid w:val="00EE7DF3"/>
+    <w:rsid w:val="00EE7E0E"/>
+    <w:rsid w:val="00EF0715"/>
+    <w:rsid w:val="00EF0BC9"/>
+    <w:rsid w:val="00EF10D7"/>
+    <w:rsid w:val="00EF1194"/>
+    <w:rsid w:val="00EF1786"/>
+    <w:rsid w:val="00EF213A"/>
+    <w:rsid w:val="00EF2334"/>
+    <w:rsid w:val="00EF2775"/>
+    <w:rsid w:val="00EF2996"/>
+    <w:rsid w:val="00EF30FD"/>
+    <w:rsid w:val="00EF360E"/>
+    <w:rsid w:val="00EF41DA"/>
+    <w:rsid w:val="00EF4517"/>
+    <w:rsid w:val="00EF4914"/>
+    <w:rsid w:val="00EF5475"/>
+    <w:rsid w:val="00EF6001"/>
+    <w:rsid w:val="00EF7612"/>
+    <w:rsid w:val="00EF76E4"/>
+    <w:rsid w:val="00F0014B"/>
+    <w:rsid w:val="00F00518"/>
+    <w:rsid w:val="00F00B39"/>
+    <w:rsid w:val="00F00CEB"/>
+    <w:rsid w:val="00F00FCC"/>
+    <w:rsid w:val="00F01003"/>
+    <w:rsid w:val="00F014D1"/>
+    <w:rsid w:val="00F01D36"/>
+    <w:rsid w:val="00F023AD"/>
+    <w:rsid w:val="00F026FE"/>
+    <w:rsid w:val="00F02837"/>
+    <w:rsid w:val="00F031DD"/>
+    <w:rsid w:val="00F04016"/>
+    <w:rsid w:val="00F04581"/>
+    <w:rsid w:val="00F05050"/>
+    <w:rsid w:val="00F05381"/>
+    <w:rsid w:val="00F05BF4"/>
+    <w:rsid w:val="00F05FB3"/>
+    <w:rsid w:val="00F066E8"/>
+    <w:rsid w:val="00F0719D"/>
+    <w:rsid w:val="00F07271"/>
+    <w:rsid w:val="00F07631"/>
+    <w:rsid w:val="00F1017C"/>
+    <w:rsid w:val="00F103CD"/>
+    <w:rsid w:val="00F105C7"/>
+    <w:rsid w:val="00F108BA"/>
+    <w:rsid w:val="00F11170"/>
+    <w:rsid w:val="00F11541"/>
+    <w:rsid w:val="00F11700"/>
+    <w:rsid w:val="00F1192C"/>
+    <w:rsid w:val="00F12F48"/>
+    <w:rsid w:val="00F134AC"/>
+    <w:rsid w:val="00F14015"/>
+    <w:rsid w:val="00F15797"/>
+    <w:rsid w:val="00F16988"/>
+    <w:rsid w:val="00F16C54"/>
+    <w:rsid w:val="00F16D31"/>
+    <w:rsid w:val="00F16EAB"/>
+    <w:rsid w:val="00F17219"/>
+    <w:rsid w:val="00F206EB"/>
+    <w:rsid w:val="00F207FF"/>
+    <w:rsid w:val="00F20830"/>
+    <w:rsid w:val="00F20A83"/>
+    <w:rsid w:val="00F20DCE"/>
+    <w:rsid w:val="00F20E72"/>
+    <w:rsid w:val="00F222E8"/>
+    <w:rsid w:val="00F224E1"/>
+    <w:rsid w:val="00F22A0F"/>
+    <w:rsid w:val="00F23189"/>
+    <w:rsid w:val="00F23525"/>
+    <w:rsid w:val="00F2386D"/>
+    <w:rsid w:val="00F2394B"/>
+    <w:rsid w:val="00F23B54"/>
+    <w:rsid w:val="00F24A18"/>
+    <w:rsid w:val="00F257CC"/>
+    <w:rsid w:val="00F2642A"/>
+    <w:rsid w:val="00F26562"/>
+    <w:rsid w:val="00F26D0F"/>
+    <w:rsid w:val="00F26F55"/>
+    <w:rsid w:val="00F27A9A"/>
+    <w:rsid w:val="00F27A9D"/>
+    <w:rsid w:val="00F27D6F"/>
+    <w:rsid w:val="00F27F65"/>
+    <w:rsid w:val="00F300D2"/>
+    <w:rsid w:val="00F30216"/>
+    <w:rsid w:val="00F3025D"/>
+    <w:rsid w:val="00F30D91"/>
+    <w:rsid w:val="00F31D9D"/>
+    <w:rsid w:val="00F32CD9"/>
+    <w:rsid w:val="00F332DF"/>
+    <w:rsid w:val="00F3410B"/>
+    <w:rsid w:val="00F35297"/>
+    <w:rsid w:val="00F35803"/>
+    <w:rsid w:val="00F35810"/>
+    <w:rsid w:val="00F35BF5"/>
+    <w:rsid w:val="00F362EB"/>
+    <w:rsid w:val="00F37010"/>
+    <w:rsid w:val="00F37A4B"/>
+    <w:rsid w:val="00F37AEC"/>
+    <w:rsid w:val="00F37B40"/>
+    <w:rsid w:val="00F400AF"/>
+    <w:rsid w:val="00F40330"/>
+    <w:rsid w:val="00F404C9"/>
+    <w:rsid w:val="00F40B14"/>
+    <w:rsid w:val="00F40B24"/>
+    <w:rsid w:val="00F40DF3"/>
+    <w:rsid w:val="00F4101E"/>
+    <w:rsid w:val="00F41136"/>
+    <w:rsid w:val="00F419DA"/>
+    <w:rsid w:val="00F41B62"/>
+    <w:rsid w:val="00F42B14"/>
+    <w:rsid w:val="00F43CF4"/>
+    <w:rsid w:val="00F456F0"/>
+    <w:rsid w:val="00F4636B"/>
+    <w:rsid w:val="00F47397"/>
+    <w:rsid w:val="00F47B14"/>
+    <w:rsid w:val="00F50D6A"/>
+    <w:rsid w:val="00F5144B"/>
+    <w:rsid w:val="00F51A7A"/>
+    <w:rsid w:val="00F51B05"/>
+    <w:rsid w:val="00F52255"/>
+    <w:rsid w:val="00F52736"/>
+    <w:rsid w:val="00F52E36"/>
+    <w:rsid w:val="00F5302A"/>
+    <w:rsid w:val="00F54BF6"/>
+    <w:rsid w:val="00F54E98"/>
+    <w:rsid w:val="00F5528D"/>
+    <w:rsid w:val="00F5539F"/>
+    <w:rsid w:val="00F56670"/>
+    <w:rsid w:val="00F57A87"/>
+    <w:rsid w:val="00F60C67"/>
+    <w:rsid w:val="00F617AD"/>
+    <w:rsid w:val="00F62061"/>
+    <w:rsid w:val="00F62207"/>
+    <w:rsid w:val="00F62369"/>
+    <w:rsid w:val="00F63813"/>
+    <w:rsid w:val="00F63F33"/>
+    <w:rsid w:val="00F65D55"/>
+    <w:rsid w:val="00F65FE8"/>
+    <w:rsid w:val="00F671E5"/>
+    <w:rsid w:val="00F67F73"/>
+    <w:rsid w:val="00F70BD0"/>
+    <w:rsid w:val="00F715C0"/>
+    <w:rsid w:val="00F716AF"/>
+    <w:rsid w:val="00F71C0F"/>
+    <w:rsid w:val="00F71C46"/>
+    <w:rsid w:val="00F7225F"/>
+    <w:rsid w:val="00F73896"/>
+    <w:rsid w:val="00F74E28"/>
+    <w:rsid w:val="00F7546A"/>
+    <w:rsid w:val="00F75942"/>
+    <w:rsid w:val="00F76823"/>
+    <w:rsid w:val="00F771A2"/>
+    <w:rsid w:val="00F7748F"/>
+    <w:rsid w:val="00F80F4C"/>
+    <w:rsid w:val="00F817CF"/>
+    <w:rsid w:val="00F81D16"/>
+    <w:rsid w:val="00F820D2"/>
+    <w:rsid w:val="00F82420"/>
+    <w:rsid w:val="00F82659"/>
+    <w:rsid w:val="00F83459"/>
+    <w:rsid w:val="00F8425C"/>
+    <w:rsid w:val="00F84A83"/>
+    <w:rsid w:val="00F84FB8"/>
+    <w:rsid w:val="00F8537D"/>
+    <w:rsid w:val="00F85DC2"/>
+    <w:rsid w:val="00F861C8"/>
+    <w:rsid w:val="00F877D4"/>
+    <w:rsid w:val="00F87E99"/>
+    <w:rsid w:val="00F90973"/>
+    <w:rsid w:val="00F917F7"/>
+    <w:rsid w:val="00F9180B"/>
+    <w:rsid w:val="00F925AB"/>
+    <w:rsid w:val="00F943DF"/>
+    <w:rsid w:val="00F944C4"/>
+    <w:rsid w:val="00F94B1F"/>
+    <w:rsid w:val="00F9518D"/>
+    <w:rsid w:val="00F95328"/>
+    <w:rsid w:val="00F958C4"/>
+    <w:rsid w:val="00F962BA"/>
+    <w:rsid w:val="00F963F3"/>
+    <w:rsid w:val="00F9695D"/>
+    <w:rsid w:val="00F9798F"/>
+    <w:rsid w:val="00F97E56"/>
+    <w:rsid w:val="00FA009A"/>
+    <w:rsid w:val="00FA0BB1"/>
+    <w:rsid w:val="00FA1B8F"/>
+    <w:rsid w:val="00FA3541"/>
+    <w:rsid w:val="00FA3905"/>
+    <w:rsid w:val="00FA3D63"/>
+    <w:rsid w:val="00FA422A"/>
+    <w:rsid w:val="00FA46B5"/>
+    <w:rsid w:val="00FA4999"/>
+    <w:rsid w:val="00FA5086"/>
+    <w:rsid w:val="00FA6DF4"/>
+    <w:rsid w:val="00FA6E52"/>
+    <w:rsid w:val="00FA72E7"/>
+    <w:rsid w:val="00FA7324"/>
+    <w:rsid w:val="00FA742E"/>
+    <w:rsid w:val="00FA74E2"/>
+    <w:rsid w:val="00FA7BA9"/>
+    <w:rsid w:val="00FB013F"/>
+    <w:rsid w:val="00FB0142"/>
+    <w:rsid w:val="00FB02C1"/>
+    <w:rsid w:val="00FB0C75"/>
+    <w:rsid w:val="00FB1E34"/>
+    <w:rsid w:val="00FB1F12"/>
+    <w:rsid w:val="00FB1FEE"/>
+    <w:rsid w:val="00FB23E2"/>
+    <w:rsid w:val="00FB2AA3"/>
+    <w:rsid w:val="00FB2E1E"/>
+    <w:rsid w:val="00FB38AC"/>
+    <w:rsid w:val="00FB42D9"/>
+    <w:rsid w:val="00FB4327"/>
+    <w:rsid w:val="00FB4C30"/>
+    <w:rsid w:val="00FB5112"/>
+    <w:rsid w:val="00FB5335"/>
+    <w:rsid w:val="00FB5CC2"/>
+    <w:rsid w:val="00FB678B"/>
+    <w:rsid w:val="00FB6C5B"/>
+    <w:rsid w:val="00FB6DC9"/>
+    <w:rsid w:val="00FB720A"/>
+    <w:rsid w:val="00FC03CF"/>
+    <w:rsid w:val="00FC1013"/>
+    <w:rsid w:val="00FC1583"/>
+    <w:rsid w:val="00FC1E1C"/>
+    <w:rsid w:val="00FC313B"/>
+    <w:rsid w:val="00FC34B0"/>
+    <w:rsid w:val="00FC376B"/>
+    <w:rsid w:val="00FC3BEE"/>
+    <w:rsid w:val="00FC40B6"/>
+    <w:rsid w:val="00FC485E"/>
+    <w:rsid w:val="00FC527F"/>
+    <w:rsid w:val="00FC5363"/>
+    <w:rsid w:val="00FC5593"/>
+    <w:rsid w:val="00FC695D"/>
+    <w:rsid w:val="00FC69F3"/>
+    <w:rsid w:val="00FC7A76"/>
+    <w:rsid w:val="00FD01F2"/>
+    <w:rsid w:val="00FD0A45"/>
+    <w:rsid w:val="00FD2267"/>
+    <w:rsid w:val="00FD2B45"/>
+    <w:rsid w:val="00FD2F56"/>
+    <w:rsid w:val="00FD3731"/>
+    <w:rsid w:val="00FD3855"/>
+    <w:rsid w:val="00FD43E8"/>
+    <w:rsid w:val="00FD4835"/>
+    <w:rsid w:val="00FD4B05"/>
+    <w:rsid w:val="00FD59AF"/>
+    <w:rsid w:val="00FD6BB1"/>
+    <w:rsid w:val="00FD6DCC"/>
+    <w:rsid w:val="00FD778B"/>
+    <w:rsid w:val="00FE0B70"/>
+    <w:rsid w:val="00FE0BAF"/>
+    <w:rsid w:val="00FE0F46"/>
+    <w:rsid w:val="00FE16B7"/>
+    <w:rsid w:val="00FE1A94"/>
+    <w:rsid w:val="00FE2EE4"/>
+    <w:rsid w:val="00FE3344"/>
+    <w:rsid w:val="00FE37C0"/>
+    <w:rsid w:val="00FE3907"/>
+    <w:rsid w:val="00FE3D5B"/>
+    <w:rsid w:val="00FE40AC"/>
+    <w:rsid w:val="00FE492D"/>
+    <w:rsid w:val="00FE5B51"/>
+    <w:rsid w:val="00FE5F88"/>
+    <w:rsid w:val="00FE65B1"/>
+    <w:rsid w:val="00FE6DE9"/>
+    <w:rsid w:val="00FE71AB"/>
+    <w:rsid w:val="00FE7B74"/>
+    <w:rsid w:val="00FF047F"/>
+    <w:rsid w:val="00FF0506"/>
+    <w:rsid w:val="00FF1130"/>
+    <w:rsid w:val="00FF16A8"/>
+    <w:rsid w:val="00FF175F"/>
+    <w:rsid w:val="00FF17E4"/>
+    <w:rsid w:val="00FF2AF9"/>
+    <w:rsid w:val="00FF3121"/>
+    <w:rsid w:val="00FF38BB"/>
+    <w:rsid w:val="00FF413E"/>
+    <w:rsid w:val="00FF461D"/>
+    <w:rsid w:val="00FF4EDD"/>
+    <w:rsid w:val="00FF5314"/>
+    <w:rsid w:val="00FF5484"/>
+    <w:rsid w:val="00FF5C5B"/>
+    <w:rsid w:val="00FF60DE"/>
+    <w:rsid w:val="00FF6C75"/>
+    <w:rsid w:val="00FF6C88"/>
+    <w:rsid w:val="00FF6CFE"/>
+    <w:rsid w:val="00FF7107"/>
+    <w:rsid w:val="00FF7289"/>
+    <w:rsid w:val="00FF7678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6580,178 +14528,410 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009B4EC0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00794D4E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B251A2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F08F5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F16D31"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16D31"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F16D31"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16D31"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00021C24"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00593EF0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00593EF0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00593EF0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00896274"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00896274"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F08F5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="009B4EC0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0048295C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00153A42"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB4C30"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FB4C30"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B251A2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00794D4E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BC729E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="009B4EC0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA6DDC"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...62 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6872,247 +15052,987 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009B4EC0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00794D4E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B251A2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008F08F5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F16D31"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16D31"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F16D31"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16D31"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00021C24"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00593EF0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00593EF0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00593EF0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00896274"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00896274"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F08F5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="009B4EC0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0048295C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00153A42"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB4C30"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FB4C30"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B251A2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00794D4E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BC729E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="009B4EC0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA6DDC"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...62 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1070424624">
+    <w:div w:id="205139064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1627003560">
+    <w:div w:id="241185418">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1823808086">
+    <w:div w:id="265583147">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2097625996">
+    <w:div w:id="270357855">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="282617521">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="301817212">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="326251947">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="903180670">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="359284297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="378210231">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="382363872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="412356658">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="444539959">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="507870560">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="584998252">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="599140396">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="686903628">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="742726905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="764496311">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="764687816">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="907033397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="907886858">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="942105921">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="992758276">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1018702892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1046174069">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1058162487">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1106847717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1142430458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1155994549">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1192109422">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1298484932">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1365594646">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1587151070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1666976223">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1724329514">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1736859111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744985171">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1812359215">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1817605904">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1912810182">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1936942045">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2025595396">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000246_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7356,74 +16276,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B3A23CF-1C47-4742-8458-E3D14CD8DEBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2905</Words>
-  <Characters>16561</Characters>
+  <Words>2400</Words>
+  <Characters>13685</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19428</CharactersWithSpaces>
+  <CharactersWithSpaces>16053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Бегалина Махаббат</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>