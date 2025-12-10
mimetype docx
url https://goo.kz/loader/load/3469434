--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,1987 +1,1671 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00293E14" w:rsidRDefault="00293E14" w:rsidP="00293E14">
-      <w:pPr>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...613 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работа классного руководителя с родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>трудных детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>          Неблагополучные условия семейного воспитания - это одна из основных причин отклонений в моральном облике и поведении учащихся. Поэтому улучшение этих условий играет важную роль в работе школы по перевоспитанию трудных учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Жизнь показывает, что в семьях, где родители педагогически правильно строят отношения с детьми, показывают им достойный пример собственными поступками, заботятся об их духовном развитии, практически исключена возможность формирования у детей антиобщественных взглядов, нарушения ими норм морали и права. Большинство родителей являются союзниками и помощниками школы, но в неблагополучных семьях они относятся к школе либо враждебно, либо безразлично. Сами они за помощью к учителям не приходят.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогам необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>настойчиво искать пути и средства воздействия на таких родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оздоровления обстановки в их семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>изменения отношения к детям и методам воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи классного руководителя в работе с «трудными» семьями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типы проблемных семей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семьи, в которых "трудные" родители. Это, например, одинокая мать, которой ребенок мешает устроить личную жизнь. Атмосфера, царящая в такой семье, – холодность, безразличие, отсутствие духовного контакта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи классного руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>расположить мать к себе, заручиться доверием; если она отнесется к этому настороженно, не спешить обижаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>попробовать посмотреть на себя глазами матери. Это поможет лучше понять ее и контролировать свое отношение к ней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заинтересовать судьбой подростка, пробудить ответственность за его будущее;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деликатно, тактично затронуть тему естественного желания матери устроить свою личную жизнь; пробудить потребность в душевных контактах с ребенком, совместном решении повседневных жизненных проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. семьи, в которых господствует безнадзорность. В таких семьях родители, как правило, употребляют алкоголь. Для родителей </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>характерны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> культурная ограниченность, бедность чувств, отсутствие духовных связей с детьми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи классного руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терпеливо доказывать родителям пагубное влияние на подростка того образа жизни, который они ведут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обратить внимание на испытываемые подростком переживания, боль, стыд, обиду за отца и мать;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выяснить, кто из родителей пользуется большим авторитетом в семье, кто может стать опорой в изменении условий жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>включить подростка в более широкое общение с окружающими людьми, морально поддержать, установить контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. семьи, характеризующиеся педагогической неграмотностью родителей. Родители не понимают детей, обнаруживают полное незнание методов педагогического воздействия, недооценивают значение семейного воспитания, подрывают авторитет школы и учителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>әдістерін толық білмеу, отбасылық тәрбиенің маңызын жете бағаламайды, мектеп пен мұғалімдердің беделін төмендетеді</w:t>
-[...866 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Задачи классного руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сформировать у родителей потребность в педагогических знаниях через проведение с ними консультаций, включение их в систематическую работу школы с родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пробудить интерес к самообразованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внушить мысль о том, что все дети нуждаются в образованных родителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. семьи, в которых приоритет отдается материальному благополучию над духовной жизнью. Дети в таких семьях растут эгоистами, излишне практичными потребителями. Родители эти качества поощряют</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи классного руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>изменить жизненную ориентацию родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заинтересовать подростка развитием внутреннего духовного мира;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при встречах с родителями дома и в школе использовать косвенное воздействие, опираясь на здоровые интересы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. семьи, в которых родители предъявляют к детям завышенные требования, часто граничащие с жестокостью. Детей часто наказывают физически, в результате чего они растут </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озлобленными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и жестокими</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи классного руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сформировать у родителей потребность в педагогических знаниях через проведение с ними консультаций, включение их в систематическую работу школы с родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пробудить интерес к самообразованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внушить мысль о том, что все дети нуждаются в образованных родителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Требования к работе с неблагополучными родителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цели воспитания в семье и школе обычно совпадают. Однако средства воспитания и требования к детям в школе и в семье (особенно неблагополучной) нередко не согласованы. В таких случаях родители и учителя по-разному понимают содержание методов воспитания, не одинаково оценивают значимость материальных и духовных стимулов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Для обеспечения единства требований родителей и педагогов к учащимся, изменения характера отношений между взрослыми и детьми в семье в лучшую сторону необходимо соблюдать следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-первых, неправильно видеть только в родителях причину всех наших трудностей в работе с трудными учениками. Негативные поступки детей огорчают любого отца и мать, хотя нередко именно они своими ошибочными действиями и вызывают их. Не следует резко критиковать применяемые родителями методы воспитания, постоянно предъявлять им претензии. Это лишь приводит к ненужным конфликтам между школой и семьей. Даже в неблагополучных родителях нужно уметь видеть своих помощников и союзников. Следовательно, главное в отношениях с ними - это тактичность, доброжелательность и терпение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во-вторых, чтобы знать, как именно работать с данной семьей надо всесторонне ее изучить, выявлять положительные и отрицательные особенности внутрисемейных отношений, определять реальные пути их оздоровления. Информацию такого рода дает посещение на дому, беседы с родителями и детьми. Многое можно узнать из сочинений учеников на такие темы, как “Моя семья”, “За что я уважаю своих родителей”, “Как я провожу свое свободное время”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В-третьих, действия педагогов по изучению семьи и обстановки в ней надо подчинить продуманному плану. Недостатки семейного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>преодолеть лишь в том случае, если меры воздействия на родителей выбраны в соответствии с их индивидуальными особенностями, осуществляются на протяжении достаточно длительного периода времени и в определенной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В-четвертых, когда меры педагогического воздействия не дают должных положительных результатов, школа должна обращаться в органы самоуправления и правоохранительные  органы с просьбой о применении мер, предусмотренных законодательством в отношении лиц, злостно уклоняющихся от исполнения своих родительских обязанностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Виды мер воздействия школы на родителей трудных детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повышение педагогической культуры родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   педагогическое руководство воспитанием детей в семье;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>привлечение родителей к воспитательной работе с детьми в школе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организация административно-правового воздействия на отцов и матерей, уклоняющихся или относящихся безответственно к выполнению своих родительских обязанностей по воспитанию детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Содержание работы с родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Практика показывает, что те родители, которые неправильно строят свои отношения с детьми, не умеют использовать приемы воспитательного воздействия, подают отрицательный личный пример, тем не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> считают себя ведущими в вопросах воспитания, не осознают своих ошибок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обычно педагогическое просвещение родителей трудных учеников в школах пытаются осуществлять в индивидуальных беседах или на родительских собраниях. Однако жизнь показывает, что большинство таких родителей не приходят в школу. В таких случаях, если гора не идет к Магомету, то Магомет идет к горе. Классному руководителю необходимо установить с родителями тесный контакт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Педагогическое руководство семейным воспитанием заключается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в указании родителям конкретных путей и средств оздоровления обстановки в семье,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>улучшения отношений с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В беседе с родителями классный руководитель обсуждает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>трудности, которые их сын или дочь испытывает в учебе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>методы воздействия на его сознание и поведение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вопросы его дружбы со сверстниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>характер отношения к труду, общественным обязанностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>взаимоотношения с самими родителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подсказать родителям наиболее подходящие в данном конкретном случае меры воздействия, практические шаги по нормализации положения педагог может лишь при условии, что он разобрался в ситуации, сложившейся в семье, достиг с родителями откровенности и взаимопонимания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В ряде случаев родителей, чей моральный облик не вызывает нареканий, но которые не умеют находить со своими детьми общего языка, имеет смысл привлекать к работе по организации и проведению воспитательных мероприятий в классе и школе. Чем активнее они участвуют в работе школы с детьми, тем лучше начинают понимать детей, острее ощущают необходимость повышения своей педагогической культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Меры общественного воздействия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меры, принимаемые советом школы или родительским комитетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в особо сложных случаях  школа может поставить вопрос о привлечении родителей к административной ответственности, вплоть до лишения родителей права на воспитание или лишения родительских прав и изъятия детей из семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...362 lines deleted...]
-    <w:sectPr w:rsidR="00A049B9" w:rsidRPr="00A049B9" w:rsidSect="004662FB">
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заключение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F82D67" w:rsidRPr="00F82D67" w:rsidRDefault="00F82D67" w:rsidP="00F82D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F82D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     В работе школы с родителями трудных учеников не всегда удается добиться желаемого результата. Но если последовательно и настойчиво использовать все вышеперечисленные меры воздействия, то улучшение обстановки в семье произойдет. А это самым положительным образом скажется на поведении трудных школьников в жизни и на улице, а также на качество их учебы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
+    <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00293E14"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00F50324"/>
+    <w:rsidRoot w:val="00F82D67"/>
+    <w:rsid w:val="00D74E75"/>
+    <w:rsid w:val="00E34FE8"/>
+    <w:rsid w:val="00F82D67"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2106,88 +1790,112 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004662FB"/>
+    <w:rsid w:val="00E34FE8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F82D67"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="569773222">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2439,69 +2147,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1275</Words>
-  <Characters>7269</Characters>
+  <Words>1350</Words>
+  <Characters>7696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8527</CharactersWithSpaces>
+  <CharactersWithSpaces>9028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>