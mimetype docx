--- v0 (2025-12-11)
+++ v1 (2025-12-18)
@@ -1,1291 +1,637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005A21F1" w:rsidRDefault="00B8774F">
-[...934 lines deleted...]
-    <w:sectPr w:rsidR="00867D2D" w:rsidRPr="00F073CC" w:rsidSect="005A21F1">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002209E5" w:rsidRPr="002209E5" w:rsidTr="002209E5">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4968" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002209E5" w:rsidRPr="002209E5" w:rsidRDefault="002209E5" w:rsidP="002209E5">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендации классным руководителям в работе с "трудными" подростками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002209E5" w:rsidRPr="002209E5" w:rsidTr="002209E5">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4968" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002209E5" w:rsidRPr="002209E5" w:rsidRDefault="002209E5" w:rsidP="002209E5">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кто-то, когда-то, должен ответить,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высветив правду, истину вскрыв,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Что же такое – трудные дети?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Вечный вопрос и больной как нарыв.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Вот он сидит перед нами, глядите,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Сжался пружиной, отчаялся он,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Словно стена без дверей и без окон.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Вот они, главные истины эти:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Поздно заметили… поздно учли</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ет! Не рождаются трудные дети!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Просто им вовремя не помогли.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">С. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Давидови</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002209E5" w:rsidRPr="002209E5" w:rsidRDefault="002209E5" w:rsidP="002209E5">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Особенности подросткового периода развития:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• ребенок стремится приобрести личную свободу и независимость;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• примеряет на себя различные интересы и жизненные цели;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">• вступает </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в первые</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> романтические отношения;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• привыкает ощущать себя в роли взрослого человека.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общаясь с подростком, помните:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• беседу с подростком нужно начинать с дружеского тона;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• в процессе общения с подростком проявляйте к нему искренний интерес;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• лучшим словом, располагающим подростка к общению, является его имя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• диалог с подростком надо начинать с тех вопросов, мнения по которым совпадают;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• в процессе общения старайтесь вести диалог на равных;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• старайтесь инициативу общения держать в своих руках;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• умейте смотреть на вещи глазами подростка.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Работая с «трудным» подростком, нужно:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1. Ясно сформулировать взрослеющему человеку его права и обязанности, ограничить круг видов деятельности (которые ему разрешены и доступны) и ответственность за них. Настаивать на соблюдении принятых «правил игры», самим соблюдать их в тех случаях, когда другой стороне этого не удается. Быть терпеливым и помнить, чтобы избавиться от нежелательных привычек, нужны долгие месяцы.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2. В конфликтных ситуациях не стараться одержать победу любой ценой – мы тоже имеем право менять взгляды, мы не гарантированы от ошибок, кое в чем можем и уступить.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3. Действовать только тактическим маневром и никогда – прямой атакой. Выслушивать все, не реагируя тотчас же, и только потом, выбрав подходящий момент, без раздражения высказать свое мнение, вносящее поправки </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услышанное. Вскрывать причины неправильных взглядов подростка, показывать, в чем ошибочность его рассуждений, и таким путем развивать и направлять его мыслительный процесс, обеспечивая необходимыми источниками.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4. Быть самокритичными, принципиальными, стараться настолько укрепить доверие молодого человека, чтобы он делился с нами своими возможными неприятностями.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5. Не ставить на подростке крест, ведь его обостренное самолюбие и социальная поза возникли именно вследствие предыдущих социальных сбоев, которые постоянно напоминают о себе и подпитывают нежелательное поведение.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>6. Не пытаться загнать подростка в угол, поставить в затруднительное положение. Не прибегать к физическому наказанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>7. Требуя что-то от подростка, нельзя торговаться</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>8. Стараться соблюдать принцип А.С. Макаренко: чем больше мы уважаем человека, тем выше наши требования к нему.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>9. Уметь смеяться. Раскрывать подросткам особенности их личности и приемлемые для них черты нашей личности.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002209E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10. В личных беседах усиливать целенаправленную жизненную ориентацию подростков и развивать их идеал Я.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
+    <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...235 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B8774F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F073CC"/>
+    <w:rsidRoot w:val="002209E5"/>
+    <w:rsid w:val="002209E5"/>
+    <w:rsid w:val="00D74E75"/>
+    <w:rsid w:val="00E34FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1428,102 +774,133 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A21F1"/>
+    <w:rsid w:val="00E34FE8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002209E5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00B8774F"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002209E5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="2066830115">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1770,69 +1147,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>440</Words>
-  <Characters>2510</Characters>
+  <Words>452</Words>
+  <Characters>2578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2945</CharactersWithSpaces>
+  <CharactersWithSpaces>3024</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>