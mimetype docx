--- v0 (2025-12-09)
+++ v1 (2026-01-15)
@@ -1,10081 +1,1290 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C070E2" w:rsidRPr="00FF1077" w:rsidRDefault="00FF1077" w:rsidP="00FF1077">
-      <w:pPr>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...12 lines deleted...]
-        <w:t>"</w:t>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работа с детьми "группы риска". Рекомендации для классных руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:467.75pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трудный подросток – это учащийся, у которого в течение длительного времени (более 3 месяцев) наблюдается одна или несколько проблем в социально-эмоциональной, учебной, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t>Тәуекел</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мотивационно-волевой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сферах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это проблемы в обучении; во взаимоотношении со сверстниками; во взаимоотношении с родителями; рисковое поведение, в том числе различного рода зависимости; комплексные проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Их проявлением может быть нарушение поведения (от замкнутости до агрессии); эмоциональное неблагополучие (плаксивость, вспышки гнева и т. д.); пропуск уроков и учебных дней без уважительной причины; нарушение общепринятых норм поведения (совершение противоправных действий).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важное условие предупреждения возникновения у подростка серьезных социально-эмоциональных проблем и попадания его в "группу риска" – правильно организованная </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t>тобындағы</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>досуговая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">" </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность, которая может включать в себя: посещение кружков и секций (как в школе, так и за ее пределами); внеклассную деятельность в школе; экскурсии; посещение выставок, музеев, театров и т. д.; туристические походы; участие в работе детских и подростковых общественных организаций и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алгоритм работы с учащимися «группы риска»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работа классного руководителя по выявлению «трудных» учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 1. Выяснить, кто из ребят относится к «группе риска, по какой причине.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 2. Выяснить в каких условиях и семьях проживают эти дети.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 3. Обратиться к школьному психологу для оформления запроса по работе с такими детьми (психолог должен дать рекомендации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 4. Составить карту учащегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 5. Определить формы работы с такими учащимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Каждому классному руководителю необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>составить план работы по профилактике безнадзорности и правонарушений, в который должны быть обязательно включены: индивидуальные и групповые профилактические беседы, игры, родительские собрания, посещения на дому, педагогические диагностики и т.д.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вести дневник классного руководителя, где на каждого ребенка выделена отдельная страница, на которой фиксируется вся работа, проводимая с ребенком и его родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если данная работа не приносит положительного результата, то встает вопрос о постановке ученика на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t>балалармен</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внутришкольный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактический учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение об этом принимает Совет профилактики школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Причинами постановки на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внутришкольный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактический учет могут быть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нарушение Устава школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>систематическое невыполнение домашнего задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отказ от работы на уроке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нарушение дисциплины на уроке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прогулы учебных занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>драки, грубость, сквернословие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>курение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>употребление спиртных напитков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершение правонарушений с доставкой несовершеннолетнего в органы милиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершение преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>систематическая порча государственного и личного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>издевательство над учащимися другой национальности, вероисповедания, цвета кожи, над маленькими или более слабыми учащимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>единичные случаи нарушения общественного порядка в школе, в результате которого возникла угроза жизни другого человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершение несовершеннолетними правонарушения, за которое установлена административная ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Постановка на учет возможна:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по заявлению классного руководителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по заявлению администрации школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в результате совершения несовершеннолетними деяния, за которое установлена административная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в результате совершения несовершеннолетними деяния, за которое установлена уголовная ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Предоставление документов для постановки на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление классного руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характеристика на учащегося</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акт посещения на дому</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информация о профилактической работе с несовершеннолетним</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выписка оценок за текущую четверть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родителям отправляется уведомление о приглашении их на заседание Совета профилактики. Если родители не явились, то вопрос все равно рассматривается на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Школьный Совет профилактики разрабатывает план профилактической работы с данным несовершеннолетним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если несовершеннолетний ставится на учет по неуспеваемости, то для него может быть разработано индивидуальное расписание дополнительных занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На учащегося заводится учетная карточка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Результаты работы Совета профилактики безнадзорности и правонарушений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Обо всех результатах контроля классный руководитель ставит в известность родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если в результате профилактической работы с несовершеннолетним и его семьей делается вывод о необходимости особой психологической помощи, председатель Совета профилактики обращается с запросом о психологической помощи в психологическую службу школы или района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если пишется заключение, что несовершеннолетнему необходимо всестороннее обследование, родителям предлагается обратиться в школьный консилиум с целью создания индивидуального маршрута </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF1077">
-[...7 lines deleted...]
-        <w:t>Сынып</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогического</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF1077">
-[...9864 lines deleted...]
-    <w:sectPr w:rsidR="00FF1077" w:rsidRPr="00FF1077" w:rsidSect="00C070E2">
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если родители отказываются письменно от помощи, предлагаемой школой, то школьный Совет выносит решение об обращении с ходатайством в Комиссию по делам несовершеннолетних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
+    <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00FF1077"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FF1077"/>
+    <w:rsidRoot w:val="003332DC"/>
+    <w:rsid w:val="003332DC"/>
+    <w:rsid w:val="00D74E75"/>
+    <w:rsid w:val="00E34FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -10218,88 +1427,129 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C070E2"/>
+    <w:rsid w:val="00E34FE8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003332DC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="003332DC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="309482508">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -10550,55 +1800,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3913</Characters>
+  <Pages>3</Pages>
+  <Words>733</Words>
+  <Characters>4182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4590</CharactersWithSpaces>
+  <CharactersWithSpaces>4906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>