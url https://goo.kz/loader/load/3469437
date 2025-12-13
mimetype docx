--- v0 (2025-12-10)
+++ v1 (2025-12-13)
@@ -1,6382 +1,10030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00A7264A" w:rsidRDefault="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Замана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауалнамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t> Класс __________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>1. Кто, на Ваш взгляд, должен осуществлять классное руководство в школе?</w:t>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыңызша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>Учитель-предметник;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>освобожденный классный руководитель (воспитатель);</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>босатылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>куратор параллели классов;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>параллелінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кураторы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>кто-то еще (укажите) _________________________________________</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біреу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>2. Если у Вас возникают затруднения, связанные с работой классного руководителя, к кому (чему) Вы обращаетесь за помощью, поддержкой?</w:t>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қиындықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетесіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>К другим учителям;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>к администрации школы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкімшілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>к методической литературе;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>к методистам;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдіскерлерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>к Интернету;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Интернетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>не обращаюсь за помощью.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>3. Насколько Вы удовлетворены работой со своим классом?</w:t>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныбыңызбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаншалықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>Получаю полное удовлетворение от своей работы классным руководителем;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшісінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанамын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (довольна), хочется сделать лучше, но необходима помощь;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішінара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> риза (риза), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істегіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>не получаю никакого морального удовлетворения.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>моральдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қанағаттанбаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Төменде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрлерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайсысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эпизодтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5610"/>
-        <w:gridCol w:w="2002"/>
-        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>түрлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үйелі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>түрде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>Эпизодически</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Эпизод</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжаттамасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Ведение классной документации</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әрекетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Контроль учебной деятельности учащихся</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сағаттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Проведение классных часов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диагностикалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Изучение, диагностика школьников</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Индивидуальная работа с отдельными школьниками</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектептің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс-шараларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>істерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қатысуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...38 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+    </w:tbl>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="7" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5610"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="976"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Посредническая работа с учителями-предметниками</w:t>
+              <w:t>Мектептің іс-шараларына, істерге қатысуын ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғалімдерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>делдалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Проведение родительских собраний</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жиналысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Индивидуальная работа с родителями (в т. ч. посещение на дому)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үйде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бару)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Организация дежурства в классе</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыныптағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезекшілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Организация дежурства по школе</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезекшілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Организация питания школьников</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тамақтануын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Организация классного самоуправления</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басқаруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Организация досуга в классе, классных праздников</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...32 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыныпта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақытты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мерекелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...3 lines deleted...]
-              <w:t>Другие требования (укажите какие)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidTr="00873B96">
+        <w:trPr>
+          <w:tblCellSpacing w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5589" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002F0EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F5991">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002F0EB8" w:rsidRPr="009F5991" w:rsidRDefault="002F0EB8" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="002F0EB8" w:rsidRDefault="002F0EB8" w:rsidP="002F0EB8">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>6. Из каких источников Вы узнаете о нововведениях в воспитательной работе?</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Сынып жетекшілігі бойынша қандай құжаттарды жүргізесіз (сынып журналынан, жеке істерден, тәрбие жұмысының жоспарынан басқа)? _____________________________________________________ .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Тәрбие жұмысындағы жаңашылдықтар туралы сіз қандай деректерден білесіз?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>методическая литература, монографии;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мерзімді басылымдар (қандай) _______________________ ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>в методкабинете;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік әдебиет, монографиялар;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>от своих коллег;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұл методкабинете;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>в Интернете;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз әріптестерінен;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>не интересуюсь этим вопросом.</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Онлайн;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...38 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен бұл сұрақты қызықтырмаймын.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>8. Какому виду деятельности Вы уделяете больше времени? Организаторская работа;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Сізге қандай мамандардың көмегі қажет және пайдалы болады? Мектеп әкімшілігі; басқа (көрсетіңіз)) ____________________________________________ .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>работа непосредственно с учениками;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Қандай қызмет түріне көп уақыт бөлесіз? Ұйымдастырушылық жұмыс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>работа с документами;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылармен тікелей жұмыс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> взрослыми (родители, администрация, учителя-предметники).</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттармен жұмыс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ересектермен жұмыс (ата-аналар, Әкімшілік, пән мұғалімдері).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Сынып жетекшісінде жанжалдар қаншалықты жиі болады? Бағаны таңдап, тиісті бағанға "+" белгісін қойыңыз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3058"/>
         <w:gridCol w:w="1112"/>
         <w:gridCol w:w="1126"/>
         <w:gridCol w:w="1126"/>
         <w:gridCol w:w="1133"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қақтығыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жиі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кейде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сирек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F5991">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Болмайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сыны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F5991">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>С родителями учеников</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқушылардың ата-анасымен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F5991">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>С отдельными учениками</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Басқа оқушылармен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F5991">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>С администрацией</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілікпен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009F5991">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>С учителями</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мұғалімдермен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>14. Какие профессиональные затруднения Вы испытываете в работе классного руководителя?</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13. Өткен оқу жылында Сіз үшін қандай мақсаттар мен міндеттер маңызды болды (жоспарда міндетті түрде жазылған жоқ)? ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>Диагностика (личности, классного коллектива, уровня воспитанности и т. д.);</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>14. Сынып жетекшісінің жұмысында қандай кәсіби қиындықтар бар?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>анализ и самоанализ;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диагностика (тұлға, сынып ұжымы, тәрбие деңгейі және т. б.));</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>планирование воспитательной работы;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талдау және өзін-өзі талдау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> работа;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбие жұмысын жоспарлау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>работа с родителями;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіптік бағдар беру жұмысы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> взаимодействие;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналармен жұмыс;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>самоуправление;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепішілік қарым-қатынас;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>новые педагогические технологии;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзін-өзі басқару;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>работа с трудными учащимися;</w:t>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаңа педагогикалық технологиялар;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қиын оқушылармен жұмыс;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқа (көрсетіңіз) ____________________________________________ .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00877CC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15. Сынып жетекшісі қызметінің қандай түрлерін жүйелі пайдаланасыз, қандай эпизодтық? Егер сіз қандай да бір пішінді пайдаланбасаңыз, сызықша қойыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5567"/>
-        <w:gridCol w:w="2002"/>
-        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="991"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>түрлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жүйелі түрде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Формы работы</w:t>
-[...69 lines deleted...]
-              <w:t>Эпизодически</w:t>
+              <w:t>Эпизод</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Организационный классный час</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұйымдастырылған сынып сағаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тақырыптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әңгіме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сыныппен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экскурсия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қызықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кездесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мерекелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әңгімелесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00873B96">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Диспуттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ікірталастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Зияткерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Іскерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ойындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тренин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Клуб</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тық тіл сөйлесу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Театрал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дық қойылымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жорықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алыс сапарлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00877CC2">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еатр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, концерт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ке бару </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="00877CC2" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00877CC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Спорт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ық ойындар мен сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00701870" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұжымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспарлау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00701870" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>абыр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>газеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығару</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00701870" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жағдайларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқиғаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...31 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidTr="009F5991">
+      <w:tr w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidTr="00877CC2">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00701870" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нысандар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қандай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> екенін белгілеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00701870">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+          <w:p w:rsidR="00877CC2" w:rsidRPr="009F5991" w:rsidRDefault="00877CC2" w:rsidP="00873B96">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F5991">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="009B5A65" w:rsidRPr="009B5A65" w:rsidRDefault="009B5A65" w:rsidP="009B5A65">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>16. Так ли уж необходимо школе МО классных руководителей?</w:t>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="009B5A65" w:rsidRPr="009B5A65" w:rsidRDefault="009B5A65" w:rsidP="009B5A65">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>Да, необходимо, помогает в работе;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Иә</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="009B5A65" w:rsidRPr="009B5A65" w:rsidRDefault="009B5A65" w:rsidP="009B5A65">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>пользы МО не приносит;</w:t>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МҰ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайдасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкелмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="009B5A65" w:rsidRPr="009B5A65" w:rsidRDefault="009B5A65" w:rsidP="009B5A65">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>МО необходимо, но нужно изменить его работу;</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МҰ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзгерту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="009B5A65" w:rsidRPr="009B5A65" w:rsidRDefault="009B5A65" w:rsidP="009B5A65">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>мне все равно.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бәр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
+    <w:p w:rsidR="00877CC2" w:rsidRPr="009B5A65" w:rsidRDefault="009B5A65" w:rsidP="009B5A65">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F5991">
-[...6 lines deleted...]
-        <w:t>17. Ваши предложения по вопросу организации МО классных руководителей:</w:t>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілерін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӘБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстарыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B5A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F5991" w:rsidRPr="009F5991" w:rsidRDefault="009F5991" w:rsidP="009F5991">
-[...60 lines deleted...]
-    <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
+    <w:sectPr w:rsidR="00877CC2" w:rsidRPr="009B5A65" w:rsidSect="00A7264A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="105"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="009F5991"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E34FE8"/>
+    <w:rsidRoot w:val="002F0EB8"/>
+    <w:rsid w:val="002F0EB8"/>
+    <w:rsid w:val="00701870"/>
+    <w:rsid w:val="00877CC2"/>
+    <w:rsid w:val="009B5A65"/>
+    <w:rsid w:val="00A7264A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6519,127 +10167,85 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E34FE8"/>
+    <w:rsid w:val="00A7264A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...25 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -6891,51 +10497,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3916</Characters>
+  <Pages>3</Pages>
+  <Words>626</Words>
+  <Characters>3569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4594</CharactersWithSpaces>
+  <CharactersWithSpaces>4187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>admin</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>