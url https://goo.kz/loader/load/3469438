--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,35 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="tmp" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
@@ -203,112 +202,112 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="3" orient="horz" pos="2115" userDrawn="1">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
+        <p15:guide id="3" orient="horz" pos="2092" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" orient="horz" pos="2341" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="5" pos="3817" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="81D9C0"/>
+    <a:srgbClr val="FFFF99"/>
+    <a:srgbClr val="FFFFCC"/>
     <a:srgbClr val="E5BEEC"/>
     <a:srgbClr val="DAA3E4"/>
     <a:srgbClr val="CEE9FE"/>
     <a:srgbClr val="D3ECFF"/>
     <a:srgbClr val="A4A3A4"/>
     <a:srgbClr val="CA5BCD"/>
     <a:srgbClr val="D2EAFC"/>
-    <a:srgbClr val="E9F6FE"/>
-[...1 lines deleted...]
-    <a:srgbClr val="E7F5FF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 — акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -656,79 +655,79 @@
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="20016" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="73" d="100"/>
           <a:sy n="73" d="100"/>
         </p:scale>
         <p:origin x="-126" y="-798"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="2115"/>
+        <p:guide orient="horz" pos="2092"/>
         <p:guide orient="horz" pos="2341"/>
         <p:guide pos="3817"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11300"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1">
         <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst>
@@ -3092,51 +3091,51 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{39F4932F-1610-4CF1-9DD5-ACB0FB956126}">
       <dgm:prSet phldrT="[Текст]" custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Онлайн байқау тестілеуі</a:t>
+            <a:t>Пробное онлайн тестирование</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F8657278-CBFA-4650-9150-E141D5CEC5C6}" type="parTrans" cxnId="{A439E7F4-B6D4-442A-9138-635D888563EE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4981354B-C866-49FF-97D9-4FDD50A86019}" type="sibTrans" cxnId="{A439E7F4-B6D4-442A-9138-635D888563EE}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
@@ -3146,90 +3145,90 @@
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{79C5A3C6-9E49-48A2-A2DA-34FA1607C2B6}">
       <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Төлем тәсілдері: </a:t>
+            <a:t>Способы оплаты: </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Касса 24 терминалдары</a:t>
+            <a:t>Терминалы Касса24</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Веб-бағдарламадағы </a:t>
+            <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ru-RU" b="0" i="0" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>«Жеке кабинет</a:t>
+            <a:t>«Личный кабинет</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>»</a:t>
+            <a:t>» веб-приложение</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E76C5943-0EA7-4757-AF38-7CB497B80316}" type="parTrans" cxnId="{CD99C642-6A69-41A1-BF93-52220FAE89C9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F6E067B1-B36B-4979-8BE3-5BFF5A97A647}" type="sibTrans" cxnId="{CD99C642-6A69-41A1-BF93-52220FAE89C9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
@@ -3239,51 +3238,51 @@
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5E9C248D-6709-4D8B-897F-68289A0590C2}">
       <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>Екінші деңгейдегі банктер</a:t>
+            <a:t>Банки второго уровня</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{7B046708-6EFE-475C-9FDE-B42EE64FB4F7}" type="parTrans" cxnId="{98F68D0F-7CE9-4688-8987-90257DE2FDC2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D176F906-AB8F-4F87-B83D-7C8EE23BF007}" type="sibTrans" cxnId="{98F68D0F-7CE9-4688-8987-90257DE2FDC2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
@@ -3293,51 +3292,51 @@
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{BDDF2699-9142-490D-AA5D-4E0955E3FD4E}">
       <dgm:prSet/>
       <dgm:spPr>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:lumMod val="40000"/>
             <a:lumOff val="60000"/>
           </a:schemeClr>
         </a:solidFill>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>1 тестілеудің құны – 260 теңге.</a:t>
+            <a:t>Стоимость 1 тестирования – 260 тг.</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F271647D-A72A-44E9-9A4A-BE58747FF4A8}" type="parTrans" cxnId="{0DA6C364-38E0-4CB5-89EA-0B6DA4A319C2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1F5C8D81-952A-43EB-94C9-28F2070BE0D2}" type="sibTrans" cxnId="{0DA6C364-38E0-4CB5-89EA-0B6DA4A319C2}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
@@ -3597,54 +3596,62 @@
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </dgm:style>
       </dgm:prSet>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>ҚР Білім және ғылым министрлігі</a:t>
+            <a:t>Министерство образования и науки РК</a:t>
           </a:r>
         </a:p>
         <a:p>
+          <a:r>
+            <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t> </a:t>
+          </a:r>
           <a:r>
             <a:rPr lang="en-US" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>www.edu.gov.kz</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F95AE977-B8B2-4B62-B311-4705446D2472}" type="parTrans" cxnId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}">
@@ -3670,72 +3677,52 @@
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}">
       <dgm:prSet phldrT="[Текст]">
         <dgm:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </dgm:style>
       </dgm:prSet>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-          <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-            <a:t> </a:t>
-[...15 lines deleted...]
-            <a:t> </a:t>
+            <a:t>Национальный центр тестирования </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>http://www.testcenter.kz</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" type="parTrans" cxnId="{3E7EF008-0BCA-410C-8805-E4558A633095}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
@@ -16636,349 +16623,296 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.tmp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride5.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1002">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Подзаголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="627148" y="234607"/>
             <a:ext cx="11153604" cy="1169189"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қазақстан Респубуликасы Білім және ғылым министрлігі</a:t>
+              <a:t>Министерство образования и науки Республики Казахстан</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ұлттық тестілеу орталығы</a:t>
+              <a:t>Национальный центр тестирования  </a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5538310" y="5770448"/>
             <a:ext cx="1439139" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Астана</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="429920" y="2511862"/>
-            <a:ext cx="11332160" cy="1169551"/>
+            <a:ext cx="11332160" cy="630942"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3500" b="1" dirty="0">
-[...10 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="3500" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...47 lines deleted...]
-              <a:t>(наурыз)</a:t>
+              <a:t>Об организации и проведении ЕНТ (март)</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3500" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="927305523"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -17196,707 +17130,385 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Подзаголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="519198" y="94927"/>
             <a:ext cx="11153604" cy="1288964"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ-ға өтініш қабылдау </a:t>
+              <a:t>При</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>е</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>(наурыз</a:t>
+              <a:t>м заявления на ЕНТ (март) </a:t>
             </a:r>
-            <a:r>
-[...21 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2019 жылдың </a:t>
+              <a:t>с 1 по 15 февраля 2019 года</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Блок-схема: перфолента 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="245327" y="2722032"/>
-            <a:ext cx="3685159" cy="3388837"/>
+            <a:off x="192198" y="2364059"/>
+            <a:ext cx="3685159" cy="3970775"/>
           </a:xfrm>
           <a:prstGeom prst="flowChartPunchedTape">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent5">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent6">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>11(12)-</a:t>
+              <a:t>Обучающиеся 11(12</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
-[...47 lines deleted...]
-              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өтініш</a:t>
+              <a:t>) классов </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>для подачи заявления и прохождения тестирования могут выбрать близлежащий ППЕНТ внутри области.</a:t>
             </a:r>
-            <a:r>
-[...228 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="139071" y="1299253"/>
             <a:ext cx="3791415" cy="892552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2600" dirty="0" err="1">
-[...48 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (ӨҚП): </a:t>
+              <a:t>Пункты приема заявления (ППЗ): </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>154</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2600" b="1" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 2" descr="C:\Users\l.erbosyn\Desktop\Без названия.jpg"/>
+          <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\l.erbosyn\Desktop\Без названия.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4378817" y="1564498"/>
-            <a:ext cx="7484637" cy="4546371"/>
+            <a:off x="4102511" y="1538868"/>
+            <a:ext cx="7895544" cy="4795967"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="190500" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="70000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
@@ -17957,164 +17569,128 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="727789" y="195289"/>
             <a:ext cx="11153604" cy="607600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ өткізу пункттері (наурыз)</a:t>
+              <a:t>Пункты проведения ЕНТ (март)</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1721663" y="802889"/>
             <a:ext cx="9106171" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" numCol="1" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0"/>
+              <a:t>По завершению приема заявлений на ЕНТ будут определены</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-              <a:t>ҰБТ-ға өтініштер қабылдау аяқталғаннан </a:t>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0"/>
+              <a:t>пункты проведения ЕНТ - </a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent6">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ҰБТ</a:t>
-[...33 lines deleted...]
-              <a:t>анықталатын болады</a:t>
+              <a:t>ППЕНТ  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 4" descr="http://t3.gstatic.com/images?q=tbn:ANd9GcTfnXXzszyEj-ZHd_YK1Ey0vJJ015_36-6eaobGU-hP48q4kgva"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="179881" y="3113864"/>
             <a:ext cx="2243608" cy="2346362"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -18135,54 +17711,54 @@
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="1047" name="Группа 1046"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2604886" y="2095730"/>
             <a:ext cx="6014458" cy="4448168"/>
             <a:chOff x="2604886" y="2095730"/>
             <a:chExt cx="4638546" cy="4385717"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="11" name="Picture 6" descr="http://t0.gstatic.com/images?q=tbn:ANd9GcSg52ijM_HJGbcyPxjrJYlejIPS8jyjGDmuzVf0Rb6L-hw8M-L6"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId4" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4561394" y="5625097"/>
               <a:ext cx="856349" cy="856349"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
@@ -18226,51 +17802,51 @@
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>ҰБТӨП (ӨҚП)</a:t>
+                <a:t>ППЕНТ (ППЗ)</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Скругленный прямоугольник 26"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2604886" y="3383797"/>
               <a:ext cx="1538698" cy="689548"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
@@ -18280,52 +17856,52 @@
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0"/>
-                <a:t>ҰБТӨП (ӨҚП)</a:t>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>ППЕНТ (ППЗ)</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Скругленный прямоугольник 27"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2604886" y="4587848"/>
               <a:ext cx="1538698" cy="689548"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
@@ -18336,102 +17912,102 @@
                   <a:lumOff val="40000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0"/>
-                <a:t>ҰБТӨП (ӨҚП)</a:t>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>ППЕНТ (ППЗ)</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="Скругленный прямоугольник 28"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2604886" y="5791899"/>
               <a:ext cx="1538698" cy="689548"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFF99"/>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="kk-KZ" dirty="0"/>
-                <a:t>ҰБТӨП (ӨҚП)</a:t>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>ППЕНТ (ППЗ)</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Скругленный прямоугольник 29"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5704734" y="3908160"/>
               <a:ext cx="1538698" cy="689548"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
@@ -18443,51 +18019,51 @@
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                <a:t>ҰБТӨП</a:t>
+                <a:t>ППЕНТ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="31" name="Прямая со стрелкой 30"/>
             <p:cNvCxnSpPr>
               <a:stCxn id="25" idx="3"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4143584" y="2586260"/>
               <a:ext cx="1477727" cy="1487085"/>
             </a:xfrm>
             <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
             <a:ln>
               <a:tailEnd type="triangle"/>
             </a:ln>
           </p:spPr>
@@ -18594,162 +18170,162 @@
           </p:spPr>
           <p:style>
             <a:lnRef idx="3">
               <a:schemeClr val="dk1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="dk1"/>
             </a:fillRef>
             <a:effectRef idx="2">
               <a:schemeClr val="dk1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="55" name="Picture 6" descr="http://t0.gstatic.com/images?q=tbn:ANd9GcSg52ijM_HJGbcyPxjrJYlejIPS8jyjGDmuzVf0Rb6L-hw8M-L6"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId4" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5417743" y="4814272"/>
               <a:ext cx="856349" cy="856349"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="56" name="Picture 6" descr="http://t0.gstatic.com/images?q=tbn:ANd9GcSg52ijM_HJGbcyPxjrJYlejIPS8jyjGDmuzVf0Rb6L-hw8M-L6"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId4" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5407101" y="2835247"/>
               <a:ext cx="856349" cy="856349"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="57" name="Picture 6" descr="http://t0.gstatic.com/images?q=tbn:ANd9GcSg52ijM_HJGbcyPxjrJYlejIPS8jyjGDmuzVf0Rb6L-hw8M-L6"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId4" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="4550752" y="2095730"/>
               <a:ext cx="856349" cy="856349"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
@@ -18839,61 +18415,74 @@
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0"/>
-              <a:t>ҰБТӨП-тер келіп </a:t>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
+              <a:t>ППЕНТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400"/>
+              <a:t>будут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" smtClean="0"/>
+              <a:t>определены внутри </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0"/>
-              <a:t>түскен өтініштердің санына байланысты облыс </a:t>
+              <a:t>области в зависимости от количества </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0"/>
-              <a:t>ішінде анықталатын болады</a:t>
+              <a:rPr lang="kk-KZ" sz="2400"/>
+              <a:t>поступивших </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" smtClean="0"/>
+              <a:t>заявлений</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
@@ -18904,51 +18493,51 @@
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="9346391"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1181392943"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
@@ -19142,1315 +18731,391 @@
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="kk-KZ" sz="3500" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="326157" y="1629088"/>
-            <a:ext cx="11601451" cy="4832092"/>
+            <a:off x="326157" y="1676386"/>
+            <a:ext cx="11601451" cy="5170646"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" indent="-457200" algn="just">
-[...1 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Нысан</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>1) Заявление </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>по форме </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>бойынша</a:t>
+              <a:rPr lang="kk-KZ" sz="2200" dirty="0"/>
+              <a:t>(</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>выдается</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>өтініш</a:t>
+              <a:rPr lang="kk-KZ" sz="2200" dirty="0"/>
+              <a:t> в ППЕНТ)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> (ҰБТӨП-те </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0" smtClean="0"/>
+              <a:t>    При </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>беріледі</a:t>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0"/>
+              <a:t>этом можно подать предварительное заявление через онлайн регистрацию.</a:t>
             </a:r>
-            <a:r>
-[...5 lines deleted...]
-            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0" smtClean="0">
-[...2 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>2) Две фотокарточки размером 3 x 4 сантиметра;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>3) Копия документа, удостоверяющего личность;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
               <a:t>    </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0" err="1" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Бұл</a:t>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0"/>
+              <a:t>При этом не достигшие шестнадцати лет и не имеющие документ, удостоверяющий личность, представляет копию свидетельства о рождении.</a:t>
             </a:r>
-            <a:r>
-[...103 lines deleted...]
-            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...382 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
               <a:t>4) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>Білім</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>Справка с </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>организации среднего образования, в которой он </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>алатын</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>обучается (в </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> орта </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>2-х экземплярах);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0" smtClean="0"/>
+              <a:t>    При </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>білім</a:t>
+              <a:rPr lang="ru-RU" sz="2200" i="1" dirty="0"/>
+              <a:t>этом один экземпляр остается у обучающегося.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>5) Квитанция об оплате за участие в тестировании</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> беру </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2200" i="1" dirty="0" smtClean="0"/>
+              <a:t>   Данное </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>ұйымынан</a:t>
+              <a:rPr lang="kk-KZ" sz="2200" i="1" dirty="0"/>
+              <a:t>тестирование проводится на платной </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="kk-KZ" sz="2200" i="1" dirty="0" smtClean="0"/>
+              <a:t>основе.</a:t>
             </a:r>
-            <a:r>
-[...270 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Подзаголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2184400" y="209462"/>
             <a:ext cx="7884966" cy="656896"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
-[...128 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>(</a:t>
-[...25 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>Сдаваемые документы при приеме заявления (март)</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="9" name="Группа 8"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="502726" y="0"/>
-[...2 lines deleted...]
-            <a:chExt cx="2026629" cy="1778372"/>
+            <a:off x="439662" y="209462"/>
+            <a:ext cx="2092957" cy="1606638"/>
+            <a:chOff x="-294097" y="1450354"/>
+            <a:chExt cx="2300312" cy="1832313"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="TextBox 9"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="-11629" y="1450354"/>
-              <a:ext cx="1813473" cy="371330"/>
+              <a:ext cx="2017844" cy="421210"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Білім алушы</a:t>
+                <a:t>Обучающийся</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="11" name="Picture 2" descr="Гифка для презентации студенческой"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId3" cstate="print">
+            <a:blip r:embed="rId3" cstate="email">
               <a:clrChange>
                 <a:clrFrom>
                   <a:srgbClr val="000000"/>
                 </a:clrFrom>
                 <a:clrTo>
                   <a:srgbClr val="000000">
                     <a:alpha val="0"/>
                   </a:srgbClr>
                 </a:clrTo>
               </a:clrChange>
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
-              <a:off x="-224785" y="1619030"/>
+              <a:off x="-294097" y="1672971"/>
               <a:ext cx="1810569" cy="1609696"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="12" name="Группа 11"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9955065" y="174961"/>
             <a:ext cx="1957536" cy="1602572"/>
             <a:chOff x="6156175" y="567020"/>
             <a:chExt cx="2613867" cy="2259104"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="13" name="Picture 4"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4" cstate="print">
+            <a:blip r:embed="rId4" cstate="email">
               <a:extLst>
                 <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                   <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                     <a14:imgLayer r:embed="rId5">
                       <a14:imgEffect>
                         <a14:artisticPhotocopy/>
                       </a14:imgEffect>
                     </a14:imgLayer>
                   </a14:imgProps>
                 </a:ext>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6156175" y="976360"/>
               <a:ext cx="2613867" cy="1849764"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:solidFill>
@@ -20467,69 +19132,69 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                 <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:schemeClr val="bg2"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="TextBox 13"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7088551" y="567020"/>
-              <a:ext cx="1283423" cy="520638"/>
+              <a:ext cx="1308251" cy="520638"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>ҰБТӨП</a:t>
+                <a:t>ППЕНТ</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="359836941"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
@@ -20564,203 +19229,116 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Подзаголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="561384" y="174480"/>
             <a:ext cx="11153604" cy="565473"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
-[...11 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> беру </a:t>
+              <a:t>Ф</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ұйымынан</a:t>
-[...51 lines deleted...]
-              <a:t>нысаны</a:t>
+              <a:t>орма справки с организации образования</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2"/>
+          <p:cNvPr id="2" name="Рисунок 1"/>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="52466" t="27586" r="17605" b="17026"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="2980017" y="763069"/>
-            <a:ext cx="5864445" cy="6101870"/>
+            <a:off x="3421445" y="851923"/>
+            <a:ext cx="5433481" cy="5862509"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="860910046"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
@@ -20773,54 +19351,54 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\2311_image1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3" cstate="print">
+          <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="282310" y="2216426"/>
             <a:ext cx="964930" cy="869129"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
@@ -21063,166 +19641,88 @@
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Georgia" pitchFamily="18" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Тестілеу</a:t>
-[...77 lines deleted...]
-              <a:t>туралы</a:t>
+              <a:t>Об оплате за тестирование</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 7" descr="C:\Users\a.khaidarova\Desktop\business-color_money-coins_icon-icons.com_53446.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId4" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="294996" y="935445"/>
             <a:ext cx="952244" cy="894164"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
@@ -21230,1052 +19730,453 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="TextBox 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1564347" y="1048612"/>
             <a:ext cx="5538980" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...48 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> - </a:t>
+              <a:t>Стоимость  проведения ЕНТ - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2242 тенге</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1564347" y="2108956"/>
             <a:ext cx="5810419" cy="1107996"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Төлемді</a:t>
+              <a:t>Оплату можно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>произвести во всех </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>кассах</a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қазақстан</a:t>
+              <a:t>банка второго уровня </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Республики </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...148 lines deleted...]
-              <a:t>болады</a:t>
+              <a:t>Казахстан</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1593991" y="3754613"/>
             <a:ext cx="5899629" cy="1107996"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just" fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Сондай-ақ</a:t>
+              <a:t>Также допускается оплата </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>через </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>терминалы АО «Народного Банка Казахстана</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...182 lines deleted...]
-              <a:t>етіледі</a:t>
+              <a:t>»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Рисунок 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="308888" y="3673580"/>
             <a:ext cx="938352" cy="850474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="TextBox 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1564347" y="5492066"/>
-            <a:ext cx="5929273" cy="430887"/>
+            <a:ext cx="5929273" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...89 lines deleted...]
-              <a:t>тағайындау</a:t>
+              <a:t>Назначение платежа «За комплексное тестирование»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17" name="Рисунок 16"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6"/>
+          <a:blip r:embed="rId6" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="354284" y="5292800"/>
             <a:ext cx="882065" cy="974857"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7903068" y="1980750"/>
             <a:ext cx="4288932" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Реквизиты Национального центра тестирования </a:t>
             </a:r>
-            <a:r>
-[...55 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Двойная стрелка влево/вправо 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7429149" y="1048612"/>
             <a:ext cx="171078" cy="5543697"/>
           </a:xfrm>
           <a:prstGeom prst="leftRightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent2"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent2"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="TextBox 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7691873" y="2887032"/>
             <a:ext cx="4537390" cy="2123658"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t>«</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>РГКП» Национальный центр тестирования " МОН РК</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>010011 г. Астана, Пр. Победы, 60</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>БИН </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>Ұлттық</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>000140001853</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>ИИК </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0">
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>KZ536010111000001515</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>БИК </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...78 lines deleted...]
-              <a:t>БИК HSBKKZKX КБЕ 16</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
+              <a:t>HSBKKZKX КБЕ 16</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3695504937"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -22307,848 +20208,377 @@
         <p:nvSpPr>
           <p:cNvPr id="31" name="Прямоугольник 30"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1020051" y="1217039"/>
             <a:ext cx="4364749" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>3 </a:t>
-[...39 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>3 обязательных предмета:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Прямоугольник 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1211145" y="1724870"/>
             <a:ext cx="3906955" cy="1446550"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қазақстан тарихы</a:t>
+              <a:t>История Казахстан</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Математическая грамотность</a:t>
             </a:r>
-            <a:r>
-[...15 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Оқу сауаттылығы</a:t>
+              <a:t>Грамотность чтения</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Прямоугольник 33"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5126149" y="2542169"/>
             <a:ext cx="6148340" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2 </a:t>
+              <a:t>2 профильных предмета (по </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>бейіндік</a:t>
+              <a:t>выбору):</a:t>
             </a:r>
-            <a:r>
-[...68 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Прямоугольник 36"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4455008" y="2973056"/>
-            <a:ext cx="7446432" cy="3477875"/>
+            <a:ext cx="7446432" cy="3816429"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Математика + Физика </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Математика + География  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...53 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Всемирная История + География  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>Биология + Химия </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Химия+Физика</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Биология + География </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...209 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>География + </a:t>
+              <a:t>Иностранный язык + Всемирная История </a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Шет</a:t>
+              <a:t>Казахский/Русский язык + Казахская/Русская литература </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>География + Иностранный язык </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Всемирная </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>История + Человек. Общество. Право</a:t>
             </a:r>
-            <a:r>
-[...98 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Подзаголовок 3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="747836" y="266342"/>
             <a:ext cx="11153604" cy="565473"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
@@ -23366,97 +20796,71 @@
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Georgia" pitchFamily="18" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Тестілеудің</a:t>
-[...25 lines deleted...]
-              <a:t>пәндері</a:t>
+              <a:t>Предметы тестирования</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1644303745"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -23464,553 +20868,581 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="TextBox 12"/>
+          <p:cNvPr id="2" name="TextBox 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3442751" y="131723"/>
+            <a:off x="3584420" y="131723"/>
             <a:ext cx="5023160" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Тестілеуді тапсыру тілі:</a:t>
+              <a:t>Язык сдачи тестирования:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="TextBox 17"/>
+          <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1608611" y="786232"/>
+            <a:off x="1750280" y="786232"/>
             <a:ext cx="2339471" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қазақ тілінде</a:t>
+              <a:t>На казахском</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="TextBox 18"/>
+          <p:cNvPr id="27" name="TextBox 26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5351757" y="786232"/>
+            <a:off x="5493426" y="786232"/>
             <a:ext cx="2338348" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr>
               <a:defRPr sz="2000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-              <a:t>Орыс тілінде</a:t>
+              <a:rPr lang="kk-KZ" dirty="0"/>
+              <a:t>На русском</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="TextBox 19"/>
+          <p:cNvPr id="35" name="TextBox 34"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8756671" y="750770"/>
-            <a:ext cx="2549310" cy="400110"/>
+            <a:off x="9109302" y="750770"/>
+            <a:ext cx="2338348" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="ru-RU"/>
             </a:defPPr>
             <a:lvl1pPr>
               <a:defRPr sz="2000" b="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-              <a:t>Ағылшын тілінде</a:t>
+              <a:rPr lang="kk-KZ" dirty="0"/>
+              <a:t>На английском</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="TextBox 20"/>
+          <p:cNvPr id="14" name="TextBox 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="509333" y="1264749"/>
+            <a:off x="651002" y="1264749"/>
             <a:ext cx="11214100" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ескерту: </a:t>
+              <a:t>Примечание: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тестілеуді «ағылшын» тілінде тапсыруды таңдаған түсушілер «Қазақстан тарихын» қалауы бойынша қазақ немесе орыс тілінде тапсырады!</a:t>
+              <a:t>поступающие, выбравшие сдачу тестирование на «английском» языке, «Историю Казахстана» сдают на казахском или русском языке по желанию!</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="TextBox 21"/>
+          <p:cNvPr id="38" name="TextBox 37"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2451406" y="2131083"/>
-            <a:ext cx="8666328" cy="461665"/>
+            <a:off x="3047016" y="2131083"/>
+            <a:ext cx="7673810" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Шығармашылық мамандықтарды таңдағандар үшін:</a:t>
+              <a:t>Для выбравших творческие специальности:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="TextBox 22"/>
+          <p:cNvPr id="15" name="TextBox 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="509333" y="2730768"/>
+            <a:off x="651002" y="2730768"/>
             <a:ext cx="11550904" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>таңдағандар ҰБТ-да келесі пәндерді тапсыра алады:</a:t>
+              <a:t>Выбравшие творческие специальности на ЕНТ могут сдать:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- екі пән (оқу сауаттылығы, Қазақстан тарихы);</a:t>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ва предмета (грамотность чтения, История Казахстана);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> бес пән (оқу сауаттылығы, Қазақстан тарихы, математикалық сауаттылық және таңдауы бойынша екі пән). </a:t>
+              <a:t> пять предметов</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (грамотность чтения, История Казахстана, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>математическая грамотность и два предмета по выбору). </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="TextBox 23"/>
+          <p:cNvPr id="39" name="TextBox 38"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="509333" y="4153322"/>
+            <a:off x="651002" y="4153322"/>
             <a:ext cx="11525504" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ескерту: </a:t>
+              <a:t>Примечание: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>шығармашылық мамандықты таңдаған және ҰБТ-ны бес пән бойынша тапсыратындар жауап парағының «Шығармашылық емтихан» б-секторын боямайды!  </a:t>
+              <a:t>выбравшие творческие специальности и сдающие ЕНТ по пяти предметам на листе ответов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>не закрашивают </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>6-сектор «Творческий экзамен»!  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvPr id="16" name="TextBox 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3742171" y="5465249"/>
+            <a:off x="3694848" y="5203639"/>
             <a:ext cx="4136926" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Тестілеу уақыты:</a:t>
+              <a:t>Время тестирования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="TextBox 25"/>
+          <p:cNvPr id="17" name="TextBox 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7097231" y="5519110"/>
-            <a:ext cx="2361672" cy="415498"/>
+            <a:off x="7652776" y="5265194"/>
+            <a:ext cx="2177071" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2100" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>3 </a:t>
+              <a:t>3 часа 50 минут</a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2100" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2636231" y="5261405"/>
+            <a:off x="2689341" y="4960323"/>
             <a:ext cx="1105940" cy="1105940"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -24068,188 +21500,147 @@
         <p:nvSpPr>
           <p:cNvPr id="56" name="TextBox 55"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1082764" y="3386925"/>
             <a:ext cx="1794961" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>20 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тапсырма</a:t>
+              <a:t>заданий</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Прямоугольник 56"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3289855" y="2771371"/>
-            <a:ext cx="2217357" cy="1631216"/>
+            <a:ext cx="2217357" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>берілген</a:t>
+              <a:t>с</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...15 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>нұсқасынан</a:t>
+              <a:t>выбором </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1-го правильного </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...48 lines deleted...]
-              <a:t>таңдау</a:t>
+              <a:t>ответа из пяти предложенных</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="58" name="Группа 57"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="6393691" y="2173834"/>
             <a:ext cx="5530990" cy="3841954"/>
             <a:chOff x="1645595" y="1909333"/>
             <a:chExt cx="1743076" cy="1553488"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="59" name="Дуга 58"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -24268,207 +21659,195 @@
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="60" name="Дуга 59"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2688127" y="1695477"/>
               <a:ext cx="486688" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="arc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 16983072"/>
                 <a:gd name="adj2" fmla="val 4530516"/>
               </a:avLst>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="61" name="Дуга 60"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="1859451" y="2762277"/>
               <a:ext cx="486688" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="arc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 16983072"/>
                 <a:gd name="adj2" fmla="val 4530516"/>
               </a:avLst>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="62" name="Дуга 61"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2688127" y="2762277"/>
               <a:ext cx="486688" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="arc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 16983072"/>
                 <a:gd name="adj2" fmla="val 4530516"/>
               </a:avLst>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="63" name="Прямая соединительная линия 62"/>
             <p:cNvCxnSpPr>
               <a:stCxn id="59" idx="0"/>
               <a:endCxn id="61" idx="0"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1683625" y="2055509"/>
               <a:ext cx="0" cy="1066800"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
@@ -24748,242 +22127,120 @@
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="TextBox 72"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2786468" y="279590"/>
-            <a:ext cx="7285726" cy="523220"/>
+            <a:off x="3843191" y="268416"/>
+            <a:ext cx="4997163" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ ТЕСТТЕРІНІҢ ҚҰРЫЛЫМЫ</a:t>
+              <a:t>СТРУКТУРА ТЕСТОВ ЕНТ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="TextBox 73"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="325187" y="1044010"/>
             <a:ext cx="5770813" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...109 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>По каждому предмету трех обязательных предметов:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="75" name="Группа 74"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="357101" y="2203004"/>
             <a:ext cx="5530990" cy="3841954"/>
             <a:chOff x="1645595" y="1909333"/>
             <a:chExt cx="1743076" cy="1553488"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="76" name="Дуга 75"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -25002,207 +22259,195 @@
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="77" name="Дуга 76"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2688127" y="1695477"/>
               <a:ext cx="486688" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="arc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 16983072"/>
                 <a:gd name="adj2" fmla="val 4530516"/>
               </a:avLst>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="78" name="Дуга 77"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="1859451" y="2762277"/>
               <a:ext cx="486688" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="arc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 16983072"/>
                 <a:gd name="adj2" fmla="val 4530516"/>
               </a:avLst>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="79" name="Дуга 78"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2688127" y="2762277"/>
               <a:ext cx="486688" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="arc">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 16983072"/>
                 <a:gd name="adj2" fmla="val 4530516"/>
               </a:avLst>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="80" name="Прямая соединительная линия 79"/>
             <p:cNvCxnSpPr>
               <a:stCxn id="76" idx="0"/>
               <a:endCxn id="78" idx="0"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1683625" y="2055509"/>
               <a:ext cx="0" cy="1066800"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="accent2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
@@ -25498,569 +22743,325 @@
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="88" name="TextBox 87"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6599713" y="1044010"/>
             <a:ext cx="5288568" cy="769441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...39 lines deleted...]
-              <a:t>әр</a:t>
+              <a:t>По каждому предмету двух </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>профильных предметов :</a:t>
             </a:r>
-            <a:r>
-[...38 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90" name="TextBox 89"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6599713" y="2533045"/>
-            <a:ext cx="2113606" cy="2554545"/>
+            <a:ext cx="2113606" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="2000" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>20 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>тапсырма</a:t>
+              <a:t>заданий</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>берілген</a:t>
+              <a:t> с выбором </a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> бес </a:t>
+              <a:t>1-го правильного ответа из пяти предложенных</a:t>
             </a:r>
-            <a:r>
-[...91 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="TextBox 92"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9064848" y="2463595"/>
-            <a:ext cx="2599264" cy="2246769"/>
+            <a:ext cx="2599264" cy="2554545"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="2000" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>10 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>тапсырма</a:t>
+              <a:t>заданий</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> с выбором одного или нескольких правильных ответов </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>берілген</a:t>
-[...63 lines deleted...]
-              <a:t>бір немесе бірнеше дұрыс жауапты таңдау</a:t>
+              <a:t>из множества предложенных</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="94" name="TextBox 93"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4461757" y="5656063"/>
             <a:ext cx="3935149" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Жоғары</a:t>
+              <a:t>Максимальный </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> балл: 140 </a:t>
+              <a:t>балл: 140 </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4763512" y="6088263"/>
-            <a:ext cx="1927131" cy="369332"/>
+            <a:ext cx="2545762" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Шекті</a:t>
+              <a:t>Проходной балл: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> балл: 50 </a:t>
+              <a:t>50 </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1653774867"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -26073,260 +23074,260 @@
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Схема 5"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1768464431"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1496243580"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="843648" y="772288"/>
           <a:ext cx="10863670" cy="5793403"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1028" name="Picture 4" descr="C:\Users\a.khaidarova\Desktop\kassa-24.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7140349" y="3726922"/>
             <a:ext cx="1152128" cy="843288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1031" name="Picture 7" descr="C:\Users\a.khaidarova\Desktop\business-color_money-coins_icon-icons.com_53446.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId9" cstate="print">
+          <a:blip r:embed="rId9" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7871026" y="2602967"/>
             <a:ext cx="781117" cy="707221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1027" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\2311_image1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId10" cstate="print">
+          <a:blip r:embed="rId10" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8830967" y="5535289"/>
             <a:ext cx="864096" cy="775471"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11">
+          <a:blip r:embed="rId11" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8521785" y="4128042"/>
             <a:ext cx="901700" cy="736601"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4226860" y="89997"/>
             <a:ext cx="3738279" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ-ға дайындық</a:t>
+              <a:t>Подготовка к ЕНТ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2332889177"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -26339,51 +23340,51 @@
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="12" name="Схема 11"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2403372570"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2629425950"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="480285" y="1374583"/>
           <a:ext cx="5078736" cy="5152635"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="TextBox 28"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2105651" y="115888"/>
             <a:ext cx="8067675" cy="954107"/>
           </a:xfrm>
@@ -26463,93 +23464,81 @@
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...4 lines deleted...]
-              <a:t>қатысушылары</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Информации </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>үшін</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>интернет-ресурсы</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...12 lines deleted...]
-              <a:t>ресурстар</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> для участников ЕНТ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="30" name="Схема 29"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2448399320"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1773063794"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6039352" y="1952422"/>
           <a:ext cx="5949447" cy="4702378"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId8" r:lo="rId9" r:qs="rId10" r:cs="rId11"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="TextBox 30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6564492" y="1354809"/>
             <a:ext cx="4408307" cy="400110"/>
           </a:xfrm>
@@ -26563,105 +23552,67 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...17 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:ln w="0" cmpd="sng">
                   <a:solidFill>
                     <a:schemeClr val="accent1">
                       <a:shade val="88000"/>
                       <a:satMod val="110000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:prstDash val="solid"/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="00B0F0"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>әлеуметтік </a:t>
-[...18 lines deleted...]
-              <a:t>желілерде</a:t>
+              <a:t>НЦТ в социальных сетях</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:ln w="0" cmpd="sng">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:shade val="88000"/>
                     <a:satMod val="110000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="00B0F0"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2094368304"/>
       </p:ext>
@@ -26699,51 +23650,51 @@
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Прямоугольник 5"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="727789" y="2736502"/>
-            <a:ext cx="11288200" cy="1569660"/>
+            <a:ext cx="11288200" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -26832,265 +23783,93 @@
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...2 lines deleted...]
-              <a:t>«ҰБТ – </a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+              <a:t>«ЕНТ – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...2 lines deleted...]
-              <a:t>жоғары</a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>одна из форм отборочных экзаменов для поступления в организаций высшего и (или) послевузовского образования</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...167 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>»</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>                                                                                                                                         </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" i="1" dirty="0">
-[...2 lines deleted...]
-              <a:t>«Білім туралы» ҚР Заңы</a:t>
+              <a:rPr lang="kk-KZ" i="1" dirty="0" smtClean="0"/>
+              <a:t>Закон </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" i="1" dirty="0">
-[...3 lines deleted...]
-          <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="kk-KZ" i="1" dirty="0"/>
+              <a:t>РК «Об образовании»</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Прямоугольник 5"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="727789" y="5211451"/>
             <a:ext cx="9773752" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -27249,73 +24028,73 @@
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="kk-KZ" sz="3500" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="828150" y="1646548"/>
-            <a:ext cx="5892895" cy="630942"/>
+            <a:ext cx="8388258" cy="630942"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3500" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="3500" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ұлттық бірыңғай тестілеу</a:t>
+              <a:t>Единое национальное тестирование</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3500" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="73960502"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
@@ -27345,51 +24124,51 @@
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Объект 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1879228" y="2868976"/>
+            <a:off x="2458783" y="2868976"/>
             <a:ext cx="8543925" cy="1323975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Georgia" pitchFamily="18" charset="0"/>
@@ -27593,77 +24372,60 @@
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:buFont typeface="Georgia" pitchFamily="18" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="4000" b="1" i="1" dirty="0" err="1">
-[...1 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="4000" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Назарларыңызға</a:t>
+              <a:t>Спасибо за внимание!</a:t>
             </a:r>
-            <a:r>
-[...19 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4000" b="1" i="1" dirty="0">
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1841773105"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -27869,107 +24631,195 @@
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="kk-KZ" sz="3500" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="26" name="Группа 25"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="2720436" y="2361217"/>
-[...2 lines deleted...]
-            <a:chExt cx="7068813" cy="2421483"/>
+            <a:off x="544189" y="2361217"/>
+            <a:ext cx="11103621" cy="4276576"/>
+            <a:chOff x="338411" y="2189748"/>
+            <a:chExt cx="11476491" cy="4668252"/>
           </a:xfrm>
         </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="11" name="Рисунок 10"/>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="email">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="9039748" y="2886992"/>
+              <a:ext cx="2775154" cy="2351126"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="13" name="Рисунок 12"/>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5" cstate="email">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4646654" y="4583027"/>
+              <a:ext cx="2898691" cy="2274973"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="15" name="Рисунок 14"/>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId6" cstate="email">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="338411" y="2886992"/>
+              <a:ext cx="2914650" cy="2409825"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="Стрелка углом 19"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2587739" y="2189748"/>
               <a:ext cx="1604445" cy="697244"/>
             </a:xfrm>
             <a:prstGeom prst="bentArrow">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Стрелка углом 24"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm flipH="1">
               <a:off x="8105091" y="2216415"/>
               <a:ext cx="1551461" cy="643910"/>
             </a:xfrm>
             <a:prstGeom prst="bentArrow">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
@@ -27979,347 +24829,241 @@
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="21" name="Стрелка вверх 20"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5961647" y="3709617"/>
               <a:ext cx="268705" cy="901614"/>
             </a:xfrm>
             <a:prstGeom prst="upArrow">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
-              <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-              </a:endParaRPr>
+              <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="TextBox 30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4158916" y="173681"/>
+            <a:off x="4158916" y="126383"/>
             <a:ext cx="3874168" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="3000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ЖОО-ға қабылдау</a:t>
+              <a:t>Зачисление в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>ВУЗ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Прямоугольник 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2889315" y="790159"/>
-            <a:ext cx="6552756" cy="430887"/>
+            <a:off x="2258675" y="742861"/>
+            <a:ext cx="7972054" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="2200" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>с представлением сертификата </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="2200" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>шектік балы бар ҰБТ сертификатын ұсыну</a:t>
+              <a:t>ЕНТ с пороговым баллом </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\l.erbosyn\Desktop\Без названия.jpg"/>
+          <p:cNvPr id="2050" name="Picture 2" descr="C:\Users\k.zhumahanova\Desktop\univer.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId7" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="528018" y="2972386"/>
-[...123 lines deleted...]
-            <a:ext cx="3692363" cy="2430284"/>
+            <a:off x="4497859" y="1408670"/>
+            <a:ext cx="3368126" cy="2226784"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2162624640"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
@@ -28723,813 +25467,325 @@
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:tabLst>
                 <a:tab pos="219273" algn="l"/>
               </a:tabLst>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
                 <a:sym typeface="Impact"/>
               </a:rPr>
-              <a:t>НОРМАТИВТІК-ҚҰҚЫҚТЫҚ АКТІЛЕР</a:t>
+              <a:t>НОРМАТИВНО-ПРАВОВЫЕ АКТЫ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="334735" y="871417"/>
             <a:ext cx="11465181" cy="846395"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E7F5FF"/>
           </a:solidFill>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...6 lines deleted...]
-              <a:t>Білім</a:t>
+              <a:t>Закон Республики Казахстан «Об образовании</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>»</a:t>
             </a:r>
-            <a:r>
-[...51 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Скругленный прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="334733" y="3029744"/>
             <a:ext cx="11465181" cy="1320230"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E7F5FF"/>
           </a:solidFill>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Типовые правила приема на обучение в организации образования, реализующие профессиональные учебные программы высшего образования</a:t>
             </a:r>
-            <a:r>
-[...177 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Скругленный прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400649" y="4541457"/>
             <a:ext cx="11421239" cy="1006728"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E7F5FF"/>
           </a:solidFill>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Правила проведения единого национального тестирования</a:t>
             </a:r>
-            <a:r>
-[...51 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Скругленный прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="334734" y="1870818"/>
             <a:ext cx="11465181" cy="963441"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E7F5FF"/>
           </a:solidFill>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Классификатор направлений подготовки кадров с высшим и послевузовским образованием</a:t>
             </a:r>
-            <a:r>
-[...142 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Скругленный прямоугольник 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="363409" y="5739668"/>
             <a:ext cx="11465181" cy="857075"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E7F5FF"/>
           </a:solidFill>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Перечень родственных специальностей</a:t>
             </a:r>
-            <a:r>
-[...23 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2887461148"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -29730,1275 +25986,370 @@
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="kk-KZ" sz="3500" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-12032" y="708788"/>
-            <a:ext cx="12192000" cy="5693866"/>
+            <a:off x="-12032" y="645724"/>
+            <a:ext cx="12192000" cy="6124754"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Орта </a:t>
-[...7 lines deleted...]
-              <a:t>мектептердің</a:t>
+              <a:t>Принимают </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>участие </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>11(12) </a:t>
-[...10 lines deleted...]
-              <a:t>сынып</a:t>
+              <a:t>обучающиеся 11(12) классов </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-                <a:solidFill>
-[...2 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>средних </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>білім</a:t>
+              <a:t>школ</a:t>
             </a:r>
-            <a:r>
-[...44 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-[...71 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>өз</a:t>
+              <a:t>Самостоятельная </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>регистрация</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>бетімен</a:t>
+              <a:t> обучающихся 11 (12) классов в пунктах проведения ЕНТ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Проводиться </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>4 раза в год </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>для поступления в ВУЗ на платной основе: январь; март; июнь-июль; август</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Для лиц, имеющих международные сертификаты, подтверждающие владение английским языком вводится </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>тіркеу</a:t>
+              <a:t>норма по освобождению от ЕНТ </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
-[...9 lines deleted...]
-            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>по предмету «Иностранный язык»  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ЖОО-</a:t>
-[...7 lines deleted...]
-              <a:t>ғ</a:t>
+              <a:t>Для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>а </a:t>
-[...74 lines deleted...]
-              <a:t>жылына</a:t>
+              <a:t>участия </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> 4 </a:t>
+              <a:t>в Конкурсе </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>рет</a:t>
+              <a:t>на присуждение гранта по прежнему требуется сдача </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>ЕНТ в июне-июле</a:t>
             </a:r>
-            <a:r>
-[...78 lines deleted...]
-            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+            <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Ағылшын</a:t>
-[...183 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Образовательные гранты будут присуждаться </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ-дан </a:t>
-[...288 lines deleted...]
-              <a:t>Білім</a:t>
+              <a:t>по группам образовательных </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>программ </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>беру </a:t>
+              <a:t>(перечень определяется Правилами проведения ЕНТ)</a:t>
             </a:r>
-            <a:r>
-[...181 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Заголовок 9"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1332588" y="-40076"/>
             <a:ext cx="8988479" cy="862839"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
@@ -31132,142 +26483,92 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="4400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="1828800" algn="ctr" rtl="0" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="4400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
+              <a:tabLst>
+                <a:tab pos="219273" algn="l"/>
+              </a:tabLst>
+              <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...11 lines deleted...]
-            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Нововведения текущего года</a:t>
             </a:r>
-            <a:r>
-[...50 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+              <a:sym typeface="Impact"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2505329900"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -31652,132 +26953,62 @@
                 </a:solidFill>
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:tabLst>
                 <a:tab pos="219273" algn="l"/>
               </a:tabLst>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0" err="1">
-[...12 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
                 <a:sym typeface="Impact"/>
               </a:rPr>
-              <a:t> беру </a:t>
-[...55 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>Порядок присуждения образовательного гранта:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="7" name="Группа 6"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="189474" y="906940"/>
             <a:ext cx="4331368" cy="5791618"/>
             <a:chOff x="150224" y="708346"/>
             <a:chExt cx="4770692" cy="5502614"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Скругленный прямоугольник 15"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -31793,255 +27024,179 @@
             </a:solidFill>
             <a:ln w="28575">
               <a:noFill/>
               <a:prstDash val="dash"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent6"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent6"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>3. </a:t>
-[...9 lines deleted...]
-                <a:t>Білім</a:t>
+                <a:t>3. Группа </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> беру </a:t>
+                <a:t>образовательных программ</a:t>
               </a:r>
-              <a:r>
-[...35 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="Скругленный прямоугольник 16"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="171906" y="4950960"/>
               <a:ext cx="2138157" cy="1260000"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="E1F2CE"/>
             </a:solidFill>
             <a:ln w="28575">
               <a:noFill/>
               <a:prstDash val="dash"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent6"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent6"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>4. </a:t>
-[...9 lines deleted...]
-                <a:t>Білім</a:t>
+                <a:t>4</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> беру </a:t>
+                <a:t>. Образовательных программ</a:t>
               </a:r>
-              <a:r>
-[...15 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Выгнутая вверх стрелка 22"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="1925631" y="1717251"/>
               <a:ext cx="1193816" cy="424951"/>
             </a:xfrm>
             <a:prstGeom prst="curvedDownArrow">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Скругленный прямоугольник 10"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="171906" y="708346"/>
               <a:ext cx="2138157" cy="1260000"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent4">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln w="28575">
@@ -32053,81 +27208,51 @@
             <a:lnRef idx="2">
               <a:schemeClr val="accent6"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent6"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>1. </a:t>
-[...29 lines deleted...]
-                <a:t>облысы</a:t>
+                <a:t>1. Область образования</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Скругленный прямоугольник 13"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="150224" y="2081292"/>
               <a:ext cx="2159839" cy="1260000"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
@@ -32146,81 +27271,61 @@
             <a:lnRef idx="2">
               <a:schemeClr val="accent6"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent6"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>2. </a:t>
+                <a:t>2</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="1169C2"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Білім</a:t>
-[...19 lines deleted...]
-                <a:t>бағыты</a:t>
+                <a:t>. Направление образования</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Выгнутая вверх стрелка 14"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="1929478" y="3396077"/>
               <a:ext cx="1193816" cy="424951"/>
             </a:xfrm>
             <a:prstGeom prst="curvedDownArrow">
               <a:avLst/>
             </a:prstGeom>
@@ -32232,102 +27337,98 @@
             </a:solidFill>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Выгнутая вверх стрелка 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="1964129" y="5074903"/>
               <a:ext cx="1193816" cy="424951"/>
             </a:xfrm>
             <a:prstGeom prst="curvedDownArrow">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="ru-RU">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="Выноска 1 (граница и черта) 4"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3214836" y="3650590"/>
               <a:ext cx="1706080" cy="1109741"/>
             </a:xfrm>
             <a:prstGeom prst="accentBorderCallout1">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 18750"/>
                 <a:gd name="adj2" fmla="val -8333"/>
                 <a:gd name="adj3" fmla="val 65880"/>
                 <a:gd name="adj4" fmla="val -51732"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="E5BEEC"/>
@@ -32336,136 +27437,69 @@
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent5"/>
             </a:lnRef>
             <a:fillRef idx="2">
               <a:schemeClr val="accent5"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent5"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" b="1" i="1" dirty="0">
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Грант </a:t>
+                <a:t>Грант выделяется </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1400" b="1" i="1" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="C00000"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>нақты</a:t>
+                <a:t>на конкретную образовательную программу </a:t>
               </a:r>
-              <a:r>
-[...65 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Группа 1"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4907065" y="934696"/>
             <a:ext cx="6963289" cy="5779656"/>
             <a:chOff x="4907065" y="934696"/>
             <a:chExt cx="6963289" cy="5779656"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="38" name="TextBox 37"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
@@ -32609,54 +27643,51 @@
                   <a:schemeClr val="tx1">
                     <a:hueOff val="0"/>
                     <a:satOff val="0"/>
                     <a:lumOff val="0"/>
                     <a:alphaOff val="0"/>
                   </a:schemeClr>
                 </a:fontRef>
               </p:style>
               <p:txBody>
                 <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="337063" tIns="307898" rIns="337063" bIns="307897" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr lvl="0" algn="ctr" defTabSz="800100">
                     <a:lnSpc>
                       <a:spcPct val="90000"/>
                     </a:lnSpc>
                     <a:spcBef>
                       <a:spcPct val="0"/>
                     </a:spcBef>
                     <a:spcAft>
                       <a:spcPct val="35000"/>
                     </a:spcAft>
                   </a:pPr>
-                  <a:endParaRPr lang="ru-RU" sz="1800" kern="1200">
-[...2 lines deleted...]
-                  </a:endParaRPr>
+                  <a:endParaRPr lang="ru-RU" sz="1800" kern="1200"/>
                 </a:p>
               </p:txBody>
             </p:sp>
             <p:sp>
               <p:nvSpPr>
                 <p:cNvPr id="19" name="Полилиния 18"/>
                 <p:cNvSpPr/>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="7519101" y="3072057"/>
                   <a:ext cx="711974" cy="663919"/>
                 </a:xfrm>
                 <a:custGeom>
                   <a:avLst/>
                   <a:gdLst>
                     <a:gd name="connsiteX0" fmla="*/ 0 w 696850"/>
                     <a:gd name="connsiteY0" fmla="*/ 663919 h 663919"/>
                     <a:gd name="connsiteX1" fmla="*/ 348425 w 696850"/>
                     <a:gd name="connsiteY1" fmla="*/ 663919 h 663919"/>
                     <a:gd name="connsiteX2" fmla="*/ 348425 w 696850"/>
                     <a:gd name="connsiteY2" fmla="*/ 0 h 663919"/>
                     <a:gd name="connsiteX3" fmla="*/ 696850 w 696850"/>
                     <a:gd name="connsiteY3" fmla="*/ 0 h 663919"/>
@@ -32715,54 +27746,51 @@
                   <a:schemeClr val="tx1">
                     <a:hueOff val="0"/>
                     <a:satOff val="0"/>
                     <a:lumOff val="0"/>
                     <a:alphaOff val="0"/>
                   </a:schemeClr>
                 </a:fontRef>
               </p:style>
               <p:txBody>
                 <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="337063" tIns="307898" rIns="337063" bIns="307897" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr lvl="0" algn="ctr" defTabSz="800100">
                     <a:lnSpc>
                       <a:spcPct val="90000"/>
                     </a:lnSpc>
                     <a:spcBef>
                       <a:spcPct val="0"/>
                     </a:spcBef>
                     <a:spcAft>
                       <a:spcPct val="35000"/>
                     </a:spcAft>
                   </a:pPr>
-                  <a:endParaRPr lang="ru-RU" sz="1800" kern="1200">
-[...2 lines deleted...]
-                  </a:endParaRPr>
+                  <a:endParaRPr lang="ru-RU" sz="1800" kern="1200"/>
                 </a:p>
               </p:txBody>
             </p:sp>
             <p:grpSp>
               <p:nvGrpSpPr>
                 <p:cNvPr id="36" name="Группа 35"/>
                 <p:cNvGrpSpPr/>
                 <p:nvPr/>
               </p:nvGrpSpPr>
               <p:grpSpPr>
                 <a:xfrm>
                   <a:off x="5800238" y="1018789"/>
                   <a:ext cx="5990709" cy="5590902"/>
                   <a:chOff x="5800238" y="1018789"/>
                   <a:chExt cx="5990709" cy="5590902"/>
                 </a:xfrm>
               </p:grpSpPr>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="9" name="Полилиния 8"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm>
@@ -32841,54 +27869,51 @@
                     <a:schemeClr val="tx1">
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="308372" tIns="943126" rIns="308371" bIns="943126" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr lvl="0" algn="ctr" defTabSz="800100">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
-                    <a:endParaRPr lang="ru-RU" sz="1800" kern="1200">
-[...2 lines deleted...]
-                    </a:endParaRPr>
+                    <a:endParaRPr lang="ru-RU" sz="1800" kern="1200"/>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="22" name="Полилиния 21"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm>
                     <a:off x="7519101" y="1744218"/>
                     <a:ext cx="711974" cy="1991759"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 696850"/>
                       <a:gd name="connsiteY0" fmla="*/ 1991759 h 1991759"/>
                       <a:gd name="connsiteX1" fmla="*/ 348425 w 696850"/>
                       <a:gd name="connsiteY1" fmla="*/ 1991759 h 1991759"/>
                       <a:gd name="connsiteX2" fmla="*/ 348425 w 696850"/>
                       <a:gd name="connsiteY2" fmla="*/ 0 h 1991759"/>
                       <a:gd name="connsiteX3" fmla="*/ 696850 w 696850"/>
                       <a:gd name="connsiteY3" fmla="*/ 0 h 1991759"/>
@@ -32947,54 +27972,51 @@
                     <a:schemeClr val="tx1">
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="308372" tIns="943126" rIns="308371" bIns="943126" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr lvl="0" algn="ctr" defTabSz="800100">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
-                    <a:endParaRPr lang="ru-RU" sz="1800" kern="1200">
-[...2 lines deleted...]
-                    </a:endParaRPr>
+                    <a:endParaRPr lang="ru-RU" sz="1800" kern="1200"/>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="26" name="Полилиния 25"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm rot="16200000">
                     <a:off x="4424396" y="3518478"/>
                     <a:ext cx="5590902" cy="591524"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 5590902"/>
                       <a:gd name="connsiteY0" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX1" fmla="*/ 5590902 w 5590902"/>
                       <a:gd name="connsiteY1" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX2" fmla="*/ 5590902 w 5590902"/>
                       <a:gd name="connsiteY2" fmla="*/ 1062271 h 1062271"/>
                       <a:gd name="connsiteX3" fmla="*/ 0 w 5590902"/>
                       <a:gd name="connsiteY3" fmla="*/ 1062271 h 1062271"/>
@@ -33080,116 +28102,54 @@
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="13969" tIns="13969" rIns="13970" bIns="13970" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr lvl="0" algn="ctr" defTabSz="977900">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="ru-RU" dirty="0" err="1">
-[...3 lines deleted...]
-                      <a:t>Жаратылыстану-ғылыми</a:t>
+                      <a:rPr lang="ru-RU" b="0" i="0" kern="1200" dirty="0" smtClean="0"/>
+                      <a:t>Подготовка учителей по естественнонаучным предметам</a:t>
                     </a:r>
-                    <a:r>
-[...58 lines deleted...]
-                    </a:endParaRPr>
+                    <a:endParaRPr lang="ru-RU" kern="1200" dirty="0"/>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="27" name="Полилиния 26"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm>
                     <a:off x="8231076" y="1213082"/>
                     <a:ext cx="3559871" cy="1062271"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY0" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX1" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY1" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX2" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY2" fmla="*/ 1062271 h 1062271"/>
                       <a:gd name="connsiteX3" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY3" fmla="*/ 1062271 h 1062271"/>
@@ -33266,115 +28226,61 @@
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="11430" tIns="11430" rIns="11430" bIns="11430" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr lvl="0" algn="ctr" defTabSz="800100">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="ru-RU" dirty="0">
+                      <a:rPr lang="ru-RU" sz="1800" b="0" i="0" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:srgbClr val="C00000"/>
                         </a:solidFill>
-                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:rPr>
-                      <a:t>Математика </a:t>
-[...49 lines deleted...]
-                      <a:t>дайындау</a:t>
+                      <a:t>Подготовка учителей математики</a:t>
                     </a:r>
                     <a:endParaRPr lang="ru-RU" sz="1800" kern="1200" dirty="0">
                       <a:solidFill>
                         <a:srgbClr val="C00000"/>
                       </a:solidFill>
-                      <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                      <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     </a:endParaRPr>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="28" name="Полилиния 27"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm>
                     <a:off x="8231076" y="2540921"/>
                     <a:ext cx="3559871" cy="1062271"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY0" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX1" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY1" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX2" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY2" fmla="*/ 1062271 h 1062271"/>
                       <a:gd name="connsiteX3" fmla="*/ 0 w 3484250"/>
@@ -33452,116 +28358,57 @@
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="11430" tIns="11430" rIns="11430" bIns="11430" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr algn="ctr" defTabSz="800100">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                      <a:rPr lang="ru-RU" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="C00000"/>
                         </a:solidFill>
-                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:rPr>
-                      <a:t>Физика </a:t>
+                      <a:t>Подготовка учителей физики</a:t>
                     </a:r>
-                    <a:r>
-[...55 lines deleted...]
-                    </a:endParaRPr>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="29" name="Полилиния 28"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm>
                     <a:off x="8231076" y="3868761"/>
                     <a:ext cx="3559871" cy="1062271"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY0" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX1" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY1" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX2" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY2" fmla="*/ 1062271 h 1062271"/>
                       <a:gd name="connsiteX3" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY3" fmla="*/ 1062271 h 1062271"/>
@@ -33638,116 +28485,57 @@
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="11430" tIns="11430" rIns="11430" bIns="11430" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr algn="ctr" defTabSz="800100">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="ru-RU" dirty="0" smtClean="0">
-[...38 lines deleted...]
-                    <a:r>
                       <a:rPr lang="ru-RU" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="C00000"/>
                         </a:solidFill>
-                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:rPr>
-                      <a:t> </a:t>
+                      <a:t>Подготовка учителей химии</a:t>
                     </a:r>
-                    <a:r>
-[...15 lines deleted...]
-                    </a:endParaRPr>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="30" name="Полилиния 29"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm>
                     <a:off x="8231076" y="5196600"/>
                     <a:ext cx="3559871" cy="1062271"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY0" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX1" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY1" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX2" fmla="*/ 3484250 w 3484250"/>
                       <a:gd name="connsiteY2" fmla="*/ 1062271 h 1062271"/>
                       <a:gd name="connsiteX3" fmla="*/ 0 w 3484250"/>
                       <a:gd name="connsiteY3" fmla="*/ 1062271 h 1062271"/>
@@ -33828,61 +28616,57 @@
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="11430" tIns="11430" rIns="11430" bIns="11430" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr algn="ctr" defTabSz="800100">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="kk-KZ" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="C00000"/>
                         </a:solidFill>
-                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:rPr>
                       <a:t>...</a:t>
                     </a:r>
                     <a:endParaRPr lang="ru-RU" dirty="0">
                       <a:solidFill>
                         <a:srgbClr val="C00000"/>
                       </a:solidFill>
-                      <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                      <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     </a:endParaRPr>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:sp>
                 <p:nvSpPr>
                   <p:cNvPr id="32" name="Полилиния 31"/>
                   <p:cNvSpPr/>
                   <p:nvPr/>
                 </p:nvSpPr>
                 <p:spPr>
                   <a:xfrm rot="16200000">
                     <a:off x="3300549" y="3518478"/>
                     <a:ext cx="5590902" cy="591524"/>
                   </a:xfrm>
                   <a:custGeom>
                     <a:avLst/>
                     <a:gdLst>
                       <a:gd name="connsiteX0" fmla="*/ 0 w 5590902"/>
                       <a:gd name="connsiteY0" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX1" fmla="*/ 5590902 w 5590902"/>
                       <a:gd name="connsiteY1" fmla="*/ 0 h 1062271"/>
                       <a:gd name="connsiteX2" fmla="*/ 5590902 w 5590902"/>
                       <a:gd name="connsiteY2" fmla="*/ 1062271 h 1062271"/>
                       <a:gd name="connsiteX3" fmla="*/ 0 w 5590902"/>
@@ -33969,74 +28753,54 @@
                       <a:hueOff val="0"/>
                       <a:satOff val="0"/>
                       <a:lumOff val="0"/>
                       <a:alphaOff val="0"/>
                     </a:schemeClr>
                   </a:fontRef>
                 </p:style>
                 <p:txBody>
                   <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="13969" tIns="13969" rIns="13970" bIns="13970" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr lvl="0" algn="ctr" defTabSz="977900">
                       <a:lnSpc>
                         <a:spcPct val="90000"/>
                       </a:lnSpc>
                       <a:spcBef>
                         <a:spcPct val="0"/>
                       </a:spcBef>
                       <a:spcAft>
                         <a:spcPct val="35000"/>
                       </a:spcAft>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="ru-RU" dirty="0" err="1">
-[...3 lines deleted...]
-                      <a:t>Педагогикалық</a:t>
+                      <a:rPr lang="ru-RU" b="0" i="0" kern="1200" dirty="0" smtClean="0"/>
+                      <a:t>Педагогические науки</a:t>
                     </a:r>
-                    <a:r>
-[...16 lines deleted...]
-                    </a:endParaRPr>
+                    <a:endParaRPr lang="ru-RU" kern="1200" dirty="0"/>
                   </a:p>
                 </p:txBody>
               </p:sp>
               <p:cxnSp>
                 <p:nvCxnSpPr>
                   <p:cNvPr id="35" name="Прямая со стрелкой 34"/>
                   <p:cNvCxnSpPr/>
                   <p:nvPr/>
                 </p:nvCxnSpPr>
                 <p:spPr>
                   <a:xfrm>
                     <a:off x="6453051" y="3769995"/>
                     <a:ext cx="436082" cy="0"/>
                   </a:xfrm>
                   <a:prstGeom prst="straightConnector1">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln w="38100">
                     <a:tailEnd type="triangle"/>
                   </a:ln>
                 </p:spPr>
                 <p:style>
                   <a:lnRef idx="1">
                     <a:schemeClr val="accent1"/>
                   </a:lnRef>
@@ -34383,120 +29147,107 @@
           </a:solidFill>
           <a:ln w="28575">
             <a:noFill/>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent6"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent6"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="1169C2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>:</a:t>
+              <a:t>П р и м е р:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1169C2"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4728519" y="955588"/>
             <a:ext cx="7250120" cy="5852984"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3945225415"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -34528,1526 +29279,817 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Подзаголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="603419" y="84221"/>
             <a:ext cx="11153604" cy="576228"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr" fontAlgn="base">
+              <a:tabLst>
+                <a:tab pos="219273" algn="l"/>
+              </a:tabLst>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="3000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ өткізу мерзімдері</a:t>
+              <a:t>Сроки ЕНТ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="20" name="Таблица 19"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1874634401"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2409537034"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="98258" y="660449"/>
-          <a:ext cx="11995484" cy="6148966"/>
+          <a:ext cx="11995484" cy="6190515"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="7710743"/>
                 <a:gridCol w="2252653"/>
                 <a:gridCol w="2032088"/>
               </a:tblGrid>
               <a:tr h="786268">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="3500" b="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ҰБТ</a:t>
+                        <a:t>ЕНТ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="3500" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" b="1" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Өтініштерді</a:t>
-[...43 lines deleted...]
-                        <a:t>мерзімдері</a:t>
+                        <a:t>Сроки приема заявлений</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" b="1" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Тестілеу</a:t>
-[...21 lines deleted...]
-                        <a:t>мерзімдері</a:t>
+                        <a:t>Сроки проведения</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="1567679">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> -</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>  </a:t>
-[...7 lines deleted...]
-                        <a:t>ақылы</a:t>
+                        <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>для обучающихся 11 (12) классов, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>бөлімге</a:t>
+                        <a:t>поступающих на платное </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...63 lines deleted...]
-                        <a:t>;</a:t>
+                        <a:t>отделение;</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750" algn="l" fontAlgn="ctr">
                         <a:buFontTx/>
                         <a:buChar char="-"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...127 lines deleted...]
-                        <a:t>;</a:t>
+                        <a:t>для лиц, зачисленных в ВУЗ до завершения 1 академического периода;</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750" algn="l" fontAlgn="ctr">
                         <a:buFontTx/>
                         <a:buChar char="-"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>для</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="kk-KZ" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>мамандықтан</a:t>
-[...79 lines deleted...]
-                        <a:t>үшін</a:t>
+                        <a:t> студентов переводящихся с творческих специальностей на другие</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1-15 </a:t>
-[...7 lines deleted...]
-                        <a:t>желтоқсан</a:t>
+                        <a:t>1-15 декабря</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>15-20 </a:t>
-[...7 lines deleted...]
-                        <a:t>қаңтар</a:t>
+                        <a:t>15-20 января</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="1090243">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>-</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ақылы</a:t>
+                        <a:t>для обучающихся 11 (12) классов, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>поступающих на платное </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...71 lines deleted...]
-                        <a:t>үшін</a:t>
+                        <a:t>отделение</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1-15 </a:t>
-[...7 lines deleted...]
-                        <a:t>ақпан</a:t>
+                        <a:t>1-15 февраля</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>24-29 </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>наурыз</a:t>
+                        <a:t>марта</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="1090243">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>-</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ағымдағы</a:t>
+                        <a:t>для </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>выпускников школ и </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
-[...119 lines deleted...]
-                        <a:t>үшін</a:t>
+                        <a:t>колледжей текущего года и прошлых лет</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>10 </a:t>
-[...34 lines deleted...]
-                        <a:t>мамыр</a:t>
+                        <a:t>10 марта - 10 мая</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>20 </a:t>
-[...34 lines deleted...]
-                        <a:t>шілде</a:t>
+                        <a:t>20 июня - 5 июля</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="786268">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>-</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>шетелде</a:t>
+                        <a:t>для </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>лиц, окончивших </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>организации </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>білім</a:t>
+                        <a:t>образования за </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> беру </a:t>
-[...55 lines deleted...]
-                        <a:t>үшін</a:t>
+                        <a:t>рубежом</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>10 </a:t>
-[...31 lines deleted...]
-                        <a:t>маусым</a:t>
+                        <a:t>10 мая - 5 июня</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="786268">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="285750" indent="-285750" algn="l" fontAlgn="ctr">
-[...2 lines deleted...]
-                      </a:pPr>
+                      <a:pPr algn="l" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>ақылы</a:t>
+                        <a:t>-</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="1800" i="1" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="C00000"/>
+                          </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> бөлімге түсетін барлық тұлғалар үшін</a:t>
+                        <a:t> </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0" smtClean="0">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>для всех поступающих </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>на платное </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" i="1" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>отд</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>еление</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
                         <a:effectLst/>
-                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
+                        <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>25 </a:t>
+                        <a:t>25 июля - 3 августа</a:t>
                       </a:r>
-                      <a:r>
-[...31 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr" fontAlgn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" u="none" strike="noStrike" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>17-20 </a:t>
-[...7 lines deleted...]
-                        <a:t>тамыз</a:t>
+                        <a:t>17-20 августа</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="5305" marR="5305" marT="5305" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1577452517"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -36103,517 +30145,283 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId5">
                     <a14:imgEffect>
                       <a14:colorTemperature colorTemp="4700"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:saturation sat="124000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1572863" y="663807"/>
-            <a:ext cx="8772696" cy="1279937"/>
+            <a:off x="-2" y="313854"/>
+            <a:ext cx="12192001" cy="1335232"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="573240" y="0"/>
-            <a:ext cx="10982884" cy="553998"/>
+            <a:off x="2640930" y="0"/>
+            <a:ext cx="6910139" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" fontAlgn="base">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="300"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:buClr>
               <a:buSzPct val="130000"/>
               <a:tabLst>
                 <a:tab pos="219273" algn="l"/>
               </a:tabLst>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Қаңтар</a:t>
-[...76 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Сдача </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ҰБТ </a:t>
+              <a:t>ЕНТ </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3000" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="3000" b="1" i="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>тапсыру</a:t>
+              <a:t>в январе и марте</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="3000" b="1" i="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="14" name="Группа 13"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="9466" y="1536795"/>
-[...2 lines deleted...]
-            <a:chExt cx="12120594" cy="5265561"/>
+            <a:off x="-11084" y="1536795"/>
+            <a:ext cx="12141144" cy="5224952"/>
+            <a:chOff x="50418" y="1633048"/>
+            <a:chExt cx="12141144" cy="5224952"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="4" name="Блок-схема: перфолента 3"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="70968" y="1689695"/>
+              <a:off x="50418" y="1649086"/>
               <a:ext cx="2148187" cy="5208914"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartPunchedTape">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
+              <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:endParaRPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="FF0000"/>
+                    <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Маусым</a:t>
+                <a:t>Н</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="FF0000"/>
+                    <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...9 lines deleted...]
-                <a:t>айында</a:t>
+                <a:t>е лишает </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>возможности сдать основное ЕНТ в </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="002060"/>
+                    <a:srgbClr val="FF0000"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>негізгі</a:t>
+                <a:t>июне</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> ҰБТ </a:t>
+                <a:t> и участвовать в </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="002060"/>
+                    <a:srgbClr val="FF0000"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>тапсыру</a:t>
+                <a:t>конкурсе</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>және</a:t>
+                <a:t>на присуждение образовательных </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>грантов</a:t>
               </a:r>
-              <a:r>
-[...135 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="Овал 4"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="255746" y="1863393"/>
               <a:ext cx="757991" cy="757990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
           <p:style>
@@ -36621,413 +30429,195 @@
               <a:schemeClr val="lt1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="3500" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="95000"/>
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>1</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Блок-схема: перфолента 9"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2297985" y="1649086"/>
               <a:ext cx="2358195" cy="5208914"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartPunchedTape">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
-              <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+              <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:endParaRPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Бейіндік</a:t>
-[...109 lines deleted...]
-                <a:t>. </a:t>
+                <a:t>Дает возможность менять комбинацию профильных предметов</a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="kk-KZ" sz="1700" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="002060"/>
+                    <a:srgbClr val="C00000"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Мысалы</a:t>
-[...99 lines deleted...]
-                <a:t>;</a:t>
+                <a:t>Например: </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="kk-KZ" sz="1700" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="FF0000"/>
+                    <a:srgbClr val="C00000"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>наурыз</a:t>
+                <a:t>в январе: </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" smtClean="0">
-[...29 lines deleted...]
-                <a:rPr lang="ru-RU" sz="1700" i="1" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" sz="1700" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>математика-физика</a:t>
+                <a:t>всемирная история-география;</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1700" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="C00000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>в марте:</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1700" i="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="002060"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>м</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1700" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="002060"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>атематика -физика</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="1700" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Овал 10"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2546072" y="1889230"/>
               <a:ext cx="757991" cy="757990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
@@ -37036,64 +30626,60 @@
               <a:schemeClr val="lt1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="3500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="95000"/>
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>2</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Блок-схема: перфолента 14"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4803688" y="1649086"/>
               <a:ext cx="2358195" cy="5208914"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartPunchedTape">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
@@ -37102,242 +30688,117 @@
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>«Жеті рет өлшеп, бір рет кес» демекші </a:t>
+                <a:t>Как </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>негізгі</a:t>
+                <a:t>в п</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
+                <a:t>ословице</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> «Семь раз отмерь, один раз отрежь»… до </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="C00000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>основного </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="C00000"/>
+                  </a:solidFill>
                 </a:rPr>
                 <a:t>(</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1">
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
-                    <a:srgbClr val="002060"/>
+                    <a:srgbClr val="C00000"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>маусым</a:t>
+                <a:t>июньского) </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="C00000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>ЕНТ </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>) ҰБТ-</a:t>
+                <a:t>перепроверить свои знания!</a:t>
               </a:r>
-              <a:r>
-[...135 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Овал 15"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5050995" y="1863393"/>
               <a:ext cx="757991" cy="757990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
           <p:style>
@@ -37345,127 +30806,119 @@
               <a:schemeClr val="lt1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="3500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="95000"/>
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>3</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Блок-схема: перфолента 17"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7297359" y="1649086"/>
               <a:ext cx="2358195" cy="5208914"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartPunchedTape">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
-                <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0">
+                <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Тестілеуді өткізудің шарттары мен белгіленген ережелеріне бейімделуді қамтамасыз ету</a:t>
+                <a:t>Обеспечение адаптации к условиям и установленным правилам проведения тестирования</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Овал 18"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7565845" y="1863393"/>
               <a:ext cx="757991" cy="757990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
@@ -37474,64 +30927,60 @@
               <a:schemeClr val="lt1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="3500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="95000"/>
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>4</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="Блок-схема: перфолента 19"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9833367" y="1633048"/>
               <a:ext cx="2358195" cy="5208914"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartPunchedTape">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
@@ -37540,121 +30989,57 @@
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="lt1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="dk1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Жоғары </a:t>
-[...59 lines deleted...]
-                <a:t>қабылдану</a:t>
+                <a:t>С предпочтительным сертификатом зачислиться в ВУЗ на платное обучение</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="21" name="Овал 20"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10101853" y="1847355"/>
               <a:ext cx="757991" cy="757990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
           </p:spPr>
@@ -37663,64 +31048,60 @@
               <a:schemeClr val="lt1"/>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:fillRef>
             <a:effectRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="kk-KZ" sz="3500" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="95000"/>
                       <a:lumOff val="5000"/>
                     </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>5</a:t>
               </a:r>
               <a:endParaRPr lang="ru-RU" sz="3500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="95000"/>
                     <a:lumOff val="5000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2527796482"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
@@ -37741,176 +31122,165 @@
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Таблица 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2544360348"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1756433069"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1333501" y="996722"/>
           <a:ext cx="10375814" cy="3930878"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2261856">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1795124">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1866928">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2584978">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20003"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20003"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1866928">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20004"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20004"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="901094">
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="kk-KZ" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>ЖОО-на қабылдау</a:t>
-[...10 lines deleted...]
-                        <a:t> тәсілдері</a:t>
+                        <a:t>Способы зачисления в ВУЗ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="kk-KZ" sz="1100" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="2400" b="1" i="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="accent1">
                               <a:lumMod val="75000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>ҰБТ-ны келесі мерзімдерде тапсырғанда</a:t>
+                        <a:t>При сдачи ЕНТ в </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" i="1" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="accent1">
                             <a:lumMod val="75000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
@@ -37919,210 +31289,174 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10000"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="635522">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU" sz="1600" b="1" i="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="accent6">
                             <a:lumMod val="75000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Қаңтар</a:t>
+                        <a:t>Январе</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Наурыз</a:t>
+                        <a:t>Марте</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Масым-шілде</a:t>
+                        <a:t>Июне-июле</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="7030A0"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                           <a:ea typeface="Times New Roman"/>
                           <a:cs typeface="Times New Roman"/>
                         </a:rPr>
-                        <a:t>Тамыз</a:t>
+                        <a:t>Августе</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="2394262">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="kk-KZ" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="accent6">
                             <a:lumMod val="75000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                         <a:ea typeface="Times New Roman"/>
                         <a:cs typeface="Times New Roman"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:endParaRPr lang="kk-KZ" sz="1600" b="1" kern="1200" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:schemeClr val="accent6">
@@ -38308,916 +31642,800 @@
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="7030A0"/>
                         </a:solidFill>
                         <a:latin typeface="Arial Narrow" panose="020B0606020202030204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Подзаголовок 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="552597" y="209636"/>
             <a:ext cx="11153604" cy="576228"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>ЖОО-ға қабылдау</a:t>
+              <a:t>Зачисление в ВУЗ</a:t>
             </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="11" name="Группа 10"/>
+          <p:cNvPr id="13" name="Группа 12"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3882115" y="2802176"/>
-            <a:ext cx="1041400" cy="1028700"/>
-[...1 lines deleted...]
-            <a:chExt cx="1138920" cy="1059624"/>
+            <a:ext cx="1569832" cy="1469563"/>
+            <a:chOff x="3683940" y="2455897"/>
+            <a:chExt cx="1569832" cy="1469563"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:pic>
-[...4 lines deleted...]
-            </p:cNvPicPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="11" name="Группа 10"/>
+            <p:cNvGrpSpPr/>
             <p:nvPr/>
-          </p:nvPicPr>
-[...11 lines deleted...]
-          </p:blipFill>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="3683940" y="2455897"/>
+              <a:ext cx="1041400" cy="1028700"/>
+              <a:chOff x="4248889" y="5078082"/>
+              <a:chExt cx="1138920" cy="1059624"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="3" name="Рисунок 2"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId4" cstate="email">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm rot="1152405">
+                <a:off x="4248889" y="5293007"/>
+                <a:ext cx="1138920" cy="844699"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="10" name="Рисунок 9"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId5" cstate="email">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm rot="719450">
+                <a:off x="4777643" y="5078082"/>
+                <a:ext cx="570401" cy="570401"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+        </p:grpSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="TextBox 11"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="1152405">
-[...1 lines deleted...]
-              <a:ext cx="1138920" cy="844699"/>
+            <a:xfrm rot="19550426">
+              <a:off x="3846042" y="3340685"/>
+              <a:ext cx="1407730" cy="584775"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
           </p:spPr>
-        </p:pic>
-[...29 lines deleted...]
-        </p:pic>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0"/>
+                <a:t>н</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0"/>
+                <a:t>а платной основе</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="43" name="Группа 42"/>
+          <p:cNvPr id="42" name="Группа 41"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5608699" y="2781282"/>
-            <a:ext cx="1041400" cy="1028700"/>
-[...1 lines deleted...]
-            <a:chExt cx="1138920" cy="1059624"/>
+            <a:ext cx="1569832" cy="1469563"/>
+            <a:chOff x="3683940" y="2455897"/>
+            <a:chExt cx="1569832" cy="1469563"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:pic>
-[...4 lines deleted...]
-            </p:cNvPicPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="43" name="Группа 42"/>
+            <p:cNvGrpSpPr/>
             <p:nvPr/>
-          </p:nvPicPr>
-[...11 lines deleted...]
-          </p:blipFill>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="3683940" y="2455897"/>
+              <a:ext cx="1041400" cy="1028700"/>
+              <a:chOff x="4248889" y="5078082"/>
+              <a:chExt cx="1138920" cy="1059624"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="45" name="Рисунок 44"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId4" cstate="email">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm rot="1152405">
+                <a:off x="4248889" y="5293007"/>
+                <a:ext cx="1138920" cy="844699"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="46" name="Рисунок 45"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId5" cstate="email">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm rot="719450">
+                <a:off x="4777643" y="5078082"/>
+                <a:ext cx="570401" cy="570401"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+        </p:grpSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="44" name="TextBox 43"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="1152405">
-[...1 lines deleted...]
-              <a:ext cx="1138920" cy="844699"/>
+            <a:xfrm rot="19550426">
+              <a:off x="3846042" y="3340685"/>
+              <a:ext cx="1407730" cy="584775"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
           </p:spPr>
-        </p:pic>
-[...29 lines deleted...]
-        </p:pic>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0"/>
+                <a:t>н</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0"/>
+                <a:t>а платной основе</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="48" name="Группа 47"/>
+          <p:cNvPr id="47" name="Группа 46"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9998289" y="2841459"/>
-            <a:ext cx="1041400" cy="1028700"/>
-[...1 lines deleted...]
-            <a:chExt cx="1138920" cy="1059624"/>
+            <a:ext cx="1569832" cy="1469563"/>
+            <a:chOff x="3683940" y="2455897"/>
+            <a:chExt cx="1569832" cy="1469563"/>
           </a:xfrm>
         </p:grpSpPr>
-        <p:pic>
-[...4 lines deleted...]
-            </p:cNvPicPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="48" name="Группа 47"/>
+            <p:cNvGrpSpPr/>
             <p:nvPr/>
-          </p:nvPicPr>
-[...11 lines deleted...]
-          </p:blipFill>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="3683940" y="2455897"/>
+              <a:ext cx="1041400" cy="1028700"/>
+              <a:chOff x="4248889" y="5078082"/>
+              <a:chExt cx="1138920" cy="1059624"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="50" name="Рисунок 49"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId4" cstate="email">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm rot="1152405">
+                <a:off x="4248889" y="5293007"/>
+                <a:ext cx="1138920" cy="844699"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="51" name="Рисунок 50"/>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId5" cstate="email">
+                <a:extLst>
+                  <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                    <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                  </a:ext>
+                </a:extLst>
+              </a:blip>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm rot="719450">
+                <a:off x="4777643" y="5078082"/>
+                <a:ext cx="570401" cy="570401"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+        </p:grpSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="49" name="TextBox 48"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
           <p:spPr>
-            <a:xfrm rot="1152405">
-[...1 lines deleted...]
-              <a:ext cx="1138920" cy="844699"/>
+            <a:xfrm rot="19550426">
+              <a:off x="3846042" y="3340685"/>
+              <a:ext cx="1407730" cy="584775"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
+            <a:noFill/>
           </p:spPr>
-        </p:pic>
-[...29 lines deleted...]
-        </p:pic>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0"/>
+                <a:t>н</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="1600" i="1" dirty="0" smtClean="0"/>
+                <a:t>а платной основе</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="1600" i="1" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="569606" y="5308412"/>
             <a:ext cx="11417300" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ескерту</a:t>
-[...9 lines deleted...]
-              <a:t>: </a:t>
+              <a:t>Примечание: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>Түсушілер</a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+              <a:t>Поступающие для зачисления в ВУЗ по результатам ЕНТ должны набрать установленные пороговые баллы</a:t>
             </a:r>
-            <a:r>
-[...128 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="59" name="Группа 58"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="7381874" y="3017107"/>
-[...2 lines deleted...]
-            <a:chExt cx="2065947" cy="1577511"/>
+            <a:off x="7268747" y="2522483"/>
+            <a:ext cx="2960820" cy="2358990"/>
+            <a:chOff x="7268747" y="2522483"/>
+            <a:chExt cx="2960820" cy="2358990"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="52" name="Рисунок 51"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId6">
+            <a:blip r:embed="rId6" cstate="email">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="7381874" y="3017107"/>
               <a:ext cx="1461391" cy="1461391"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="TextBox 13"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm rot="1309218">
+              <a:off x="7855493" y="2950332"/>
+              <a:ext cx="1400754" cy="400110"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="C00000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>Г Р А Н Т</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
-            <p:cNvPr id="15" name="Группа 14"/>
+            <p:cNvPr id="16" name="Группа 15"/>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="8671295" y="3872951"/>
-[...2 lines deleted...]
-              <a:chExt cx="776526" cy="721667"/>
+              <a:off x="8541999" y="3872951"/>
+              <a:ext cx="1687568" cy="1008522"/>
+              <a:chOff x="8495657" y="3823173"/>
+              <a:chExt cx="1687568" cy="1008522"/>
             </a:xfrm>
           </p:grpSpPr>
-          <p:pic>
-[...4 lines deleted...]
-              </p:cNvPicPr>
+          <p:grpSp>
+            <p:nvGrpSpPr>
+              <p:cNvPr id="15" name="Группа 14"/>
+              <p:cNvGrpSpPr/>
               <p:nvPr/>
-            </p:nvPicPr>
-[...11 lines deleted...]
-            </p:blipFill>
+            </p:nvGrpSpPr>
+            <p:grpSpPr>
+              <a:xfrm>
+                <a:off x="8624953" y="3823173"/>
+                <a:ext cx="776526" cy="721667"/>
+                <a:chOff x="8484506" y="4056683"/>
+                <a:chExt cx="776526" cy="721667"/>
+              </a:xfrm>
+            </p:grpSpPr>
+            <p:pic>
+              <p:nvPicPr>
+                <p:cNvPr id="56" name="Рисунок 55"/>
+                <p:cNvPicPr>
+                  <a:picLocks noChangeAspect="1"/>
+                </p:cNvPicPr>
+                <p:nvPr/>
+              </p:nvPicPr>
+              <p:blipFill>
+                <a:blip r:embed="rId7" cstate="email">
+                  <a:extLst>
+                    <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:blip>
+                <a:stretch>
+                  <a:fillRect/>
+                </a:stretch>
+              </p:blipFill>
+              <p:spPr>
+                <a:xfrm rot="1152405">
+                  <a:off x="8484506" y="4165779"/>
+                  <a:ext cx="776526" cy="612571"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+              </p:spPr>
+            </p:pic>
+            <p:pic>
+              <p:nvPicPr>
+                <p:cNvPr id="57" name="Рисунок 56"/>
+                <p:cNvPicPr>
+                  <a:picLocks noChangeAspect="1"/>
+                </p:cNvPicPr>
+                <p:nvPr/>
+              </p:nvPicPr>
+              <p:blipFill>
+                <a:blip r:embed="rId8" cstate="email">
+                  <a:extLst>
+                    <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:blip>
+                <a:stretch>
+                  <a:fillRect/>
+                </a:stretch>
+              </p:blipFill>
+              <p:spPr>
+                <a:xfrm rot="719450">
+                  <a:off x="8842799" y="4056683"/>
+                  <a:ext cx="388905" cy="413652"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+              </p:spPr>
+            </p:pic>
+          </p:grpSp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="55" name="TextBox 54"/>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
             <p:spPr>
-              <a:xfrm rot="1152405">
-[...1 lines deleted...]
-                <a:ext cx="776526" cy="612571"/>
+              <a:xfrm rot="19161838">
+                <a:off x="8495657" y="4370030"/>
+                <a:ext cx="1687568" cy="461665"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
+              <a:noFill/>
             </p:spPr>
-          </p:pic>
-[...29 lines deleted...]
-          </p:pic>
+            <p:txBody>
+              <a:bodyPr wrap="square" rtlCol="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="ctr"/>
+                <a:r>
+                  <a:rPr lang="kk-KZ" sz="1200" i="1" dirty="0"/>
+                  <a:t>н</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="kk-KZ" sz="1200" i="1" dirty="0" smtClean="0"/>
+                  <a:t>а платной</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr algn="ctr"/>
+                <a:r>
+                  <a:rPr lang="kk-KZ" sz="1200" i="1" dirty="0" smtClean="0"/>
+                  <a:t> основе</a:t>
+                </a:r>
+                <a:endParaRPr lang="ru-RU" sz="1200" i="1" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
         </p:grpSp>
-      </p:grpSp>
-[...153 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="58" name="TextBox 57"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7268747" y="2522483"/>
+              <a:ext cx="2532033" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="002060"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>Участие в Конкурсе</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...107 lines deleted...]
-      </p:sp>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="36" name="Picture 5" descr="C:\Users\l.erbosyn\Desktop\Без названия.jpg"/>
+          <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\k.zhumahanova\Desktop\univer.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId9">
+        <p:blipFill>
+          <a:blip r:embed="rId9" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="12776" r="14299"/>
-          <a:stretch/>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1340069" y="2686186"/>
-            <a:ext cx="2270235" cy="2049030"/>
+            <a:off x="1540477" y="2962123"/>
+            <a:ext cx="1904956" cy="1268627"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3497112886"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:overrideClrMapping bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
@@ -39775,51 +32993,51 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <a:clrScheme name="Воздушный поток">
     <a:dk1>
       <a:sysClr val="windowText" lastClr="000000"/>
     </a:dk1>
     <a:lt1>
       <a:sysClr val="window" lastClr="FFFFFF"/>
     </a:lt1>
     <a:dk2>
       <a:srgbClr val="212745"/>
     </a:dk2>
     <a:lt2>
       <a:srgbClr val="B4DCFA"/>
     </a:lt2>
     <a:accent1>
       <a:srgbClr val="4E67C8"/>
     </a:accent1>
     <a:accent2>
       <a:srgbClr val="5ECCF3"/>
@@ -40085,54 +33303,54 @@
     <a:accent3>
       <a:srgbClr val="A7EA52"/>
     </a:accent3>
     <a:accent4>
       <a:srgbClr val="5DCEAF"/>
     </a:accent4>
     <a:accent5>
       <a:srgbClr val="FF8021"/>
     </a:accent5>
     <a:accent6>
       <a:srgbClr val="F14124"/>
     </a:accent6>
     <a:hlink>
       <a:srgbClr val="56C7AA"/>
     </a:hlink>
     <a:folHlink>
       <a:srgbClr val="59A8D1"/>
     </a:folHlink>
   </a:clrScheme>
 </a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1031</Words>
+  <Words>1078</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>256</Paragraphs>
+  <Paragraphs>260</Paragraphs>
   <Slides>20</Slides>
   <Notes>18</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="21" baseType="lpstr">
       <vt:lpstr>Воздушный поток</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>