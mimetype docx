--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,1540 +1,337 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B64109" w:rsidRDefault="00B64109" w:rsidP="00B64109">
+    <w:p w:rsidR="00F574EC" w:rsidRPr="00F574EC" w:rsidRDefault="00F574EC" w:rsidP="00F574EC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...3 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="0096765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Мектепішілік</w:t>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кольным</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...227 lines deleted...]
-        <w:t xml:space="preserve"> қосымша сабақтар өткізілді.</w:t>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r w:rsidR="0096765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ланом в сентябре 2018–2019 год</w:t>
+      </w:r>
+      <w:r w:rsidR="0096765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0096765F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> был издан приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и был утвержден дополнительный график основных дисциплин в 4 и 9 классах. В первой половине года дополнительные занятия проводились по графику.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B64109" w:rsidRDefault="00B64109" w:rsidP="00B64109">
+    <w:p w:rsidR="00F574EC" w:rsidRPr="00F574EC" w:rsidRDefault="00F574EC" w:rsidP="00F574EC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...337 lines deleted...]
-        <w:t xml:space="preserve"> түсіндірілді.</w:t>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Подробная информация о преподавателях класса была получена от руководителей класса. Информация о преподавателях также собрана. Студенты были проинформированы о времени, затраченном на проведение, предмете и требованиях к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ВОУД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и лидерами класса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B64109" w:rsidRDefault="00B64109" w:rsidP="00B64109">
+    <w:p w:rsidR="00F574EC" w:rsidRPr="00F574EC" w:rsidRDefault="00F574EC" w:rsidP="00F574EC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...115 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        Родительское собрание также было проведено с участием ОГПД и ознакомлено с правилами выдачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ВОУД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B64109" w:rsidRDefault="00B64109" w:rsidP="00B64109">
+    <w:p w:rsidR="00F574EC" w:rsidRPr="00F574EC" w:rsidRDefault="00F574EC" w:rsidP="00F574EC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...249 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>        24 ноября учителям 4-х и 9-х классов были предоставлены доклады по предмету и они были обследованы. В течение первого полугодия администрация школы уделяла основное внимание основным предметам, уделяя особое внимание урокам и повторениям при подготовке к TSP.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B64109" w:rsidRDefault="00B64109" w:rsidP="00B64109">
+    <w:p w:rsidR="00445399" w:rsidRPr="00F574EC" w:rsidRDefault="00F574EC" w:rsidP="00F574EC">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...183 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>       В 9 «А», 9 «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» классах было организовано предварительное тестирование и контроль в качестве подготовки к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ВОУД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . Предметы меняются каждый раз, когда проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F574EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тест.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B64109" w:rsidRDefault="00B64109" w:rsidP="00B64109">
-[...199 lines deleted...]
-    <w:sectPr w:rsidR="00445399" w:rsidSect="00445399">
+    <w:sectPr w:rsidR="00445399" w:rsidRPr="00F574EC" w:rsidSect="00445399">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="77"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B64109"/>
+    <w:rsidRoot w:val="00F574EC"/>
     <w:rsid w:val="0005114C"/>
     <w:rsid w:val="00056E73"/>
     <w:rsid w:val="00115C6B"/>
     <w:rsid w:val="001E75FC"/>
     <w:rsid w:val="00445399"/>
     <w:rsid w:val="0045197B"/>
     <w:rsid w:val="005C1697"/>
     <w:rsid w:val="008E100F"/>
-    <w:rsid w:val="00B64109"/>
+    <w:rsid w:val="0096765F"/>
     <w:rsid w:val="00F30015"/>
+    <w:rsid w:val="00F574EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1707,111 +504,55 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...26 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2064,54 +805,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>182</Words>
-  <Characters>1040</Characters>
+  <Words>152</Words>
+  <Characters>868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1220</CharactersWithSpaces>
+  <CharactersWithSpaces>1018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>