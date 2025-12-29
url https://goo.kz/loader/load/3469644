--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,8989 +1,1532 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BA791E" w:rsidRPr="00BA791E" w:rsidRDefault="00BA791E" w:rsidP="00BA791E">
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA791E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="B22222"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель казахского языка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="B22222"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="B22222"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="B22222"/>
+        </w:rPr>
+        <w:t>Асемгуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="B22222"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="B22222"/>
+        </w:rPr>
+        <w:t>Нуржановна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Взаимосвязь детского сада и семьи   в  процессе обучения детей                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>                            дошкольного возраста казахскому языку</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="B22222"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для казахского народа нет лучше и дороже, чем родной язык, который острый как </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BA791E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="B22222"/>
-[...4 lines deleted...]
-        <w:t>л</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BA791E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="B22222"/>
-[...4 lines deleted...]
-        <w:t>  Нұржанқызы</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>лмаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, чуткий как парящий орел, мягкий как свинец, и оружие, и щит, и древний, и вечно молодой, "огненный".                                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA791E" w:rsidRPr="00BA791E" w:rsidRDefault="00BA791E" w:rsidP="00BA791E">
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>                                                                                             Президент РК Н. А. Назарбаев</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BA791E" w:rsidRPr="00BA791E" w:rsidRDefault="00BA791E" w:rsidP="00BA791E">
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Қазақ </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>            Язык - вечный компонент того, что мы называем культурой. Он стоит над временем, и находится в нас, ибо он есть то, что движет, как отдельным человеком, так обществом в целом. Сегодняшние дети - это будущее нашей страны. От нас зависит, какими они вырастут, будут ли гордиться страной, в которой родились, заботиться о её процветании. А гордиться нам есть чем, и для продвижения страны к цивилизованному обществу предстоит еще много потрудиться.    Казахский язык, который является у нас государственным языком,  это такой же символ как флаг, герб, гимн, с которых начинается Родина, и он призван объединять всех граждан страны. Люди всех национальностей, живущие в республике, обязаны знать казахский язык. Изучение казахского языка с дошкольного возраста является требованием времени. Но язык – это не только средство общения. Изучение языка предполагает изучение народных традиций, обрядов, устного творчества народа. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Важным условием основы языкового развития дошкольников является тесная взаимосвязь с родителями. Ведь семья - ячейка общества, хранительница национальных традиций. Только культура, обретенная в первую очередь через семейное воспитание, остановит нравственное падение человека, огрубение его души. Всё это необходимо учитывать, планируя работу с семьёй. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Взаимодействие детского сада и семьи – необходимое условие полноценного развития активности овладения казахского языка дошкольниками, так как наилучшие результаты отмечаются там, где педагоги и родители действуют согласованно. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Углубление взаимоотношений детского сада и семьи в развитии активности овладения казахским языком дошкольниками. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. Установление партнерских отношений с семьей каждого ребенка, объединение усилий для изучения казахского языка и приобщения дошкольников к национальным истокам казахского народа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Приобщение родителей к участию в процессе обучения государственному языку дошкольников через поиск и внедрение наиболее эффективных форм работы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.Изучение и обобщение лучшего опыта семейного воспитания по приобщению дошкольников к национальным истокам казахского народа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. Повышение педагогической компетентности родителей по формированию чувства казахстанского патриотизма у детей дошкольного возраста в каждой семье.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Успешная реализация поставленных задач возможна лишь при совпадении представлений об этих задачах и методах их решения у педагогов, работающих с детьми в детском саду и родителей. Кроме того, система взаимодействия с семьей ни в коем случае не должна быть односторонней. Это не только и не столько передача педагогических знаний родителям, но и изучение запросов семьи, совместная выработка тенденций развития отдельно взятого ребенка из конкретной семьи, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t>тілі</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>информатированность</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> — ғажап </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и участие родителей в жизни и деятельности детского сада. Соблюдение принципа наличия обратной связи – важнейшее условие в формировании чувства казахстанского патриотизма и обучении государственному языку дошкольников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Преобладающие формы взаимодействия   с семьями воспитанников.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Анкетирование родителей, определяющее их отношение к изучению казахского языка в семьи - изучение запросов родителей, планирование работы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1. Педагогическое просвещение родителей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Изучение лексических тем.·</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2. Уголок “Изучаем казахский язык</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>” (Рекомендации учителя казахского языка по изучению казахского языка в семье, обмен опытом родителей).· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Информационные стенды; памятки, буклеты для родителей· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Словесная игра “Раз словечко, два словечко…”·</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Собрания, консультации, беседы.·</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>3. Вовлечение родителей в образовательный процесс.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Занятия с участием родителей.· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Домашние задания для совместного выполнения родителями и детьми.· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>“Гость группы” (совместные игры, интересные встречи с родителями).· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>“Взрослые детям” – театрализованные представления (игры-драматизации).· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>4. Творческая лаборатория</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Конкурс “Сочиняем сказку вместе”.· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Тематические выставки сотворчества детей и родителей. “Рисуем вместе” – выставка рисунков, выполненных детьми с родителями.·«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Очумелые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ручки» - привлечение родителей к изготовлению краеведческого и познавательного материала для пополнения экспозиции группового мини-музея «Казахстан, мой дом родной!.· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t>тіл</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Досуговые</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. Оның болашағы да ғажап. Тек оны </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Детские праздники, дни рождения, конкурсы, викторины.·</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Совместные походы в лес, театр, музеи.· </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Спортивные и музыкальные </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t>насихаттай</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>развлечения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ечер</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA791E">
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> народных игр «Как играли наши бабушки и дедушки» (казахские народные игры, упражнения в ловкости, смекалке)·</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Ожидаемый результат:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Создание условий для изучения и развития государственного языка в каждой семье.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сохранение лучших традиций и включение эффективных форм и методов в работу детского сада с семьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Разработанная система мероприятий поможет родителям повысить педагогическую компетентность по формированию чувства казахстанского патриотизма и изучению казахского языка в каждой семье</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Повышение профессиональной компетенции педагогов в работе по взаимодействию с семьями воспитанников.  Выявленные эффективные формы взаимодействия педагогов с семьей будут применяться работниками дошкольных организаций на практике.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Описание некоторых форм работы с родителями</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ля обеспечения наибольшей эффективности работы с родителями на новый учебный год проводится анкетирование во всех группах и в мае месяце с целью выявления наиболее приемлемых и эффективных форм работы с родительской общественностью по данному вопрос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Изучение лексических тем.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В начале учебного года родители знакомятся с лексическими темами и получают материалы этих тем (предстоящих изучению детьми в течение года) с рекомендованными речевыми дидактическими упражнениями. План изучения лексических тем находится в уголке для родителей, т.е. родители постоянно знают, на какую тему можно поговорить с ребенком дома или по дороге домой.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Словесная игра “Раз словечко, два словечко…”.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Данная игра действует постоянно, в течение всего учебного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Цель игры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>: обогащение словаря детей, развитие связной речи и обогащение представлений детей об окружающем мире.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Ход игры:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> Родители знакомят своего ребенка в выходные дни с каким-либо словом (незнакомым для ребенка). Ребенок приходит в детский сад, знакомит с этим “новым” интересным словом остальных детей. Воспитатель все эти слова фиксирует в отдельном журнале. По истечению определенного времени (неделя, 2 недели, месяц) все слова повторяются в форме игры. Поощряются не только те дети, которые принесли больше всех слов, но и те, кто больше всех запомнил “новые” слова и смог объяснить их смысл. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Собрания, консультации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В группах проводятся групповые собрания, на которых родителей знакомят с задачами по приобщению детей к национальным истокам казахского народа и обучению казахскому языку, основными требованиями к знаниям и умениям детей. Именно собрания помогают объединить родителей, нацелить их на помощь команде детского сада, своей группе, активно включиться в процесс обучения детей. На собраниях родители делятся опытом семейного воспитания. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Родительским собраниям уделяется особое внимание. Необходима тщательная подготовка к их проведению Важно, чтобы родители на собрании действовали, включались в ту или иную предложенную им работу, обеспечивался обмен опытом по вопросам формирования чувства казахстанского патриотизма в каждой семье. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     Консультации важно построить так, чтобы они не были формальными, а по возможности привлекали родителей для решения проблем, развивали дух плодотворного сотрудничества, так как современный родитель не захочет слушать долгих и назидательных докладов педагога. Консультации должны быть предельно чёткими, содержать только необходимый родителям конкретный материал и проводиться не для “галочки”, а для пользы дела. Наиболее актуальные темы для консультаций, которые интересовали родителей в нашей группе: «Традиции казахского народа в игровой деятельности детей», «Устное народное творчество казахов – запасник педагогической мудрости и здоровья», «Национальные праздники – способ пропаганды народных традиций, воспитывающих у дошкольников оптимизм и уверенность в себе»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Система наглядной агитации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Пропаганда педагогических знаний ведется через систему наглядной агитации. В группах оформляются уголки «Изучаем казахский язык», информационные стенды, в которых помещены консультации по темам и др. В специальных папках-передвижках располагается подборка методических рекомендаций для родителей, составленных учителем казахского языка и педагогами </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. К каждому празднику необходимо готовить буклеты, в которых будет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>отражаеться</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержание праздника, стихотворения о Казахстане, пословицы, поговорки казахского народа, рекомендуемые для заучивания с детьми. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">     В наше время дети проводят </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>очень много</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> времени возле телевизора или компьютера. Проведя опрос среди детей, было замечено, что очень мало родителей читают дома казахские народные сказки или книги писателей и поэтов Казахстана. А также, учитывая цены на книги в магазинах, не каждый родитель в состоянии часто их покупать. В связи с этим решено было проводить выставки новинок детской литературы в группе. Дети с удовольствием приносят свои книги в детский сад, обмениваются друг с другом для чтения, затем возвращают. К тому же родителям </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>по неволе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходится прочитать принесенную книгу (пока ребенок еще сам не читает). Идет живой контакт между детьми и родителями.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Вовлечение родителей в образовательный процесс. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Родители имеют возможность знакомиться с нашей работой, посещая занятия, праздники, участвуя в совместных мероприятиях, проводимых в детском саду. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Такие формы работы пользуются среди родителей наибольшей популярностью, так как позволяют увидеть реальные достижения каждого ребёнка. Всё это входит в жизнь семьи, становится важным содержанием совместной жизни.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Творческая лаборатория.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сказка сближает детей и родителей, создает невидимый мостик между их внутренними мирами. Поэтому очень интересна такая форма работы, как проведение викторин по сказкам, а также постановка-драматизация сказок с участием родителей, воспитателей и детей. В нашем детском саду с успехом прошли драматизации сказок на казахском языке с участием педагогов, детей и родителей «Бауырсақ», «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Шал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қан». Дети привыкли видеть в разных ролях только своих воспитателей, и очень большой эффект получается от того, когда дети видят своих родителей в роли сказочных героев, к тому же если это преподносится сюрпризом для детей. А родителям интересен сам процесс подготовки: волнение, переодевание, заучивание текста на казахском языке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Организация выставок.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">В детском саду необходимо систематически проводить тематические выставки сотворчества детей и родителей: “Моя семья – дерево жизни”, “Путешествие по сказкам с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Алдаром-Косе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>”, выставка поделок «Люблю тебя, мой Казахстан!», выставка рисунков «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Наурыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шагает по планете». </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Родители с удовольствием участвуют в таких формах работы. Они вызывают огромный интерес детей, и желание родителей заниматься со своими детьми.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Досуговые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Большую работу с родителями проводит инструктор по физическому воспитанию. Стали традиционными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>физкультурно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">–музыкальные праздники с родителями: “Состязание батыров”, “За здоровьем к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Алдару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Косе”, семейная спартакиада «Мықты, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>епті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA791E">
-[...7 lines deleted...]
-        <w:t>білуіміз</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>болып</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA791E">
-[...73 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өс», дружеские встречи между родителями разных возрастных групп. Родители принимают участие в музыкальных развлечениях, конкурсах, викторинах. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">С целью морального стимулирования наиболее активных родителей по итогам года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выпускаются стенгазеты в группах, на общем родительском собрании вручаются благодарственные письма от администрации ДО, выпускается фотогазета “Самые активные” с фотографиями детей и родителей. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Работа с родителями (при условии взаимопонимания) – это трудный, но интересный и благодарный труд. Главное, чтобы все перечисленные выше формы работы и рекомендации не навязывались, а вызывали интерес своей новизной, подавались без штампов, назиданий и нравоучений. Необходимо помнить, что там, где есть намеченная цель, горячее желание - там обязательно будет успех. Об этом надо помнить всегда.    Потому что, судьба языка - судьба народа</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA791E" w:rsidRPr="00BA791E" w:rsidRDefault="00BA791E" w:rsidP="00BA791E">
+    <w:p w:rsidR="00363577" w:rsidRDefault="00363577" w:rsidP="00363577">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA791E">
-[...8682 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.Дата: декабрь 2018г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C956E6" w:rsidRDefault="00C956E6"/>
     <w:sectPr w:rsidR="00C956E6" w:rsidSect="00C956E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -8994,56 +1537,56 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00BA791E"/>
+    <w:rsidRoot w:val="00363577"/>
     <w:rsid w:val="002A2A5A"/>
+    <w:rsid w:val="00363577"/>
     <w:rsid w:val="0052750F"/>
     <w:rsid w:val="00792AB6"/>
     <w:rsid w:val="009D3A3C"/>
-    <w:rsid w:val="00BA791E"/>
     <w:rsid w:val="00C956E6"/>
     <w:rsid w:val="00CA4CD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -9218,85 +1761,96 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA791E"/>
+    <w:rsid w:val="00363577"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00363577"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00363577"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="740106572">
+    <w:div w:id="303971974">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -9561,51 +2115,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>6055</Characters>
+  <Pages>4</Pages>
+  <Words>1867</Words>
+  <Characters>10643</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7103</CharactersWithSpaces>
+  <CharactersWithSpaces>12486</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>