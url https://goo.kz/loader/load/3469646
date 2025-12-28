--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,4064 +1,417 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E366C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Значение голосовых упражнений в развитии ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E366C" w:rsidRPr="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Голос – важное средство общения человека с окружающим миром. С первых дней жизни малыш свободно выражает голосом свои эмоции, требуя пищи, смены белья или сообщая о плохом самочувствии. В это время голос ребенка развивается свободно и равномерно. Постепенно, еще не понимая смысла слов, ребенок начинает подстраивать свой лепет к тому, что слышит от матери, чутко реагируя на интонацию и ритм звучащего слова. Овладение ребенком речью сначала связано с интересом к звуковой ее стороне поэтому не первом году жизни реализация себя в звуках обычно начинается с опыта звукоподражания («</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00716415">
-[...7 lines deleted...]
-        <w:t>Дворцевая</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>му-му</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00716415">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Оксана Григорьевна</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «гав-гав» и т.д.). Это первые шаги воплощения в образ, это вызванные звуком эмоции, к которым добавляется и имитационно-двигательная активность. В этот период большую пользу для развития голоса и речи приносит использование фольклора: колыбельные, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пестушки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потешки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, пальчиковые игры, считалки, ритм которых ребенок усваивает на подсознательном уровне.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что же предпринять, чтобы коррекция и развитие речевого и певческого голоса стали более эффективны, с чего начать и как сделать так, чтобы первые шаги ребенка в освоении искусства пения были радостными, увлекательными, понятными и легкими?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...28 lines deleted...]
-        <w:t>ға кеңес беру</w:t>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Практическое знакомство с системой музыкального воспитания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К.Орфа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> привело к мысли начать развитие певческого голоса у детей с речевого этапа. Ведь с помощью речи, поскольку ребенок уже достаточно владеет ею, ему намного легче прочувствовать, понять и повторить средства музыкальной выразительности: регистры голоса (низкий, средний, высокий); динамику; темпы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На речевом этапе легко работать и над формированием таких певческих навыков, как дыхание, дикция, навык головного высокого звучания, легкость и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полетность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> голоса и даже многоголосия. Ведь прежде чем высоко  и выразительно запеть, ребенок должен научиться высоко и выразительно говорить. В содержание работы на речевом этапе включаются: голосовые развивающие игры, речевые зарядки, речевые игры и упражнения, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ритмо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- и мелодекламация.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003E366C" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...51 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Применяемый разговорно-игровой метод дает детям почувствовать возможности своего голоса, поиграть им, одновременно выплескивая лишнюю энергию и снимая эмоциональное напряжение; этот метод делает развитие голоса и решение коррекционных задач веселым и интересным для детей занятием. Звукоподражания, фонематические загадки, пальчиковые игры эффективно развивают мимику, артикуляционную моторику, речевой слух.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003E366C" w:rsidRPr="00791B88" w:rsidRDefault="003E366C" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Систематическое использование голосовых игр готовит ребенка к управлению своим голосом и артикуляцией, развивает фонематический, интонационный и музыкально-певческий слух, помогает устранению ряда дефектов речи. А звуковой массаж голосовых связок, проводимый в игровой форме, - это самый простой и доступный способ профилактики и оздоровления голоса ребенка.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00C956E6" w:rsidRPr="003727D8" w:rsidRDefault="00C956E6" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...214 lines deleted...]
-      </w:r>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="003727D8" w:rsidRPr="003727D8" w:rsidRDefault="003727D8" w:rsidP="003E366C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003727D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата: Февраль 2019г.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00716415" w:rsidRPr="00716415" w:rsidRDefault="00716415" w:rsidP="00716415">
-[...3533 lines deleted...]
-    <w:sectPr w:rsidR="00C956E6" w:rsidSect="00C956E6">
+    <w:sectPr w:rsidR="003727D8" w:rsidRPr="003727D8" w:rsidSect="000244F0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00716415"/>
+    <w:rsidRoot w:val="003E366C"/>
+    <w:rsid w:val="000244F0"/>
+    <w:rsid w:val="00204200"/>
     <w:rsid w:val="002A2A5A"/>
+    <w:rsid w:val="003157DC"/>
+    <w:rsid w:val="003727D8"/>
+    <w:rsid w:val="003E366C"/>
     <w:rsid w:val="0052750F"/>
-    <w:rsid w:val="00716415"/>
     <w:rsid w:val="00792AB6"/>
-    <w:rsid w:val="009D3A3C"/>
+    <w:rsid w:val="0081375E"/>
+    <w:rsid w:val="00AE2E54"/>
     <w:rsid w:val="00C956E6"/>
     <w:rsid w:val="00CA4CD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4183,631 +536,92 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C956E6"/>
+    <w:rsid w:val="003E366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...543 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -5059,50 +873,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>344</Words>
-  <Characters>1965</Characters>
+  <Words>420</Words>
+  <Characters>2397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2305</CharactersWithSpaces>
+  <CharactersWithSpaces>2812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>