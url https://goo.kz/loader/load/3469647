--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,5986 +1,532 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D91BCA" w:rsidRPr="00D91BCA" w:rsidRDefault="00D91BCA" w:rsidP="00D91BCA">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Воспитатель </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Нысанбекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Бахыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Болатовна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Тема: "Детские страхи"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Каждый человек чего-то боится и это не зависит от возраста. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Страх</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – это вполне естественная и предсказуемая реакция организма на раздражитель, который наше подсознание видит как опасность. Но если преодолеть страхи мы можем самостоятельно, то деткам это сделать довольно трудно. Они зачастую и сами не понимают, что с ними происходит. Просто чувствуют себя крайне неуютно. Вы не сможете победить все детские страхи, потому что их множество у любого ребенка. Но ваша задача – это </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Б</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>научиться адекватно к ним относиться</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...36 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, прорабатывать и стараться самим не становиться причиной испуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Понятие детского страха</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Детский страх – это ощущение тревоги или беспокойства у ребенка до 16 лет. Каждый возраст несет свои страхи, которые </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...7 lines deleted...]
-        <w:t>Ата-аналар</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>могут</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...45 lines deleted...]
-        <w:t>"</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> так или иначе сказаться на психике. Если получится детские страхи победить, то это поможет вырастить смелую личность, уверенную в себе и инициативную. Если же не обращать внимания на страх, то ребенок не узнает, что такое родительская защита в полной мере и будет </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...7 lines deleted...]
-        <w:t>Балалар</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>гомного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">Әр </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опасаться в будущем. Особенно нуждаются в проработке сильные и длительные страхи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Откуда берутся детские страхи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Беспокойство, страх и фобия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> – это три стадии не только детского, но и взрослого страха. Одни могут быстро появляться и исчезать, другие надолго (иногда навсегда) оставляют четкий след в памяти. Событие больше не повторяется, но страх остается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Новорожденный ребенок еще не понимает причины и следствия, то есть не способен логически рассуждать. Поэтому он полностью воспринимает мир как его родители. Отсюда вывод: родители могут все свои страхи перенести на психику ребенка как через копирку. Тревожный взгляд и интонация – нити, через которые передается страх незрелому уму. Поэтому самое важное – это реакция родителей на любой раздражитель. Помните, что ребенку неважно, что произошло. Он посмотрит на маму и решит: стоит ли плакать или нет. Если она испугалась, следом ожидайте реакцию ребенка. Помимо этого, причин для страхов достаточно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Что-то испугало.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Случай – основная причина детских страхов. Это может быть громкий крик, страшная сцена фильма, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...7 lines deleted...]
-        <w:t>адам</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>застревание</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...1192 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в лифте, травма ребенка или родственника, опасения родителей, укус осы или собаки, похороны. Если родители ребенка – люди со стойкой психикой, неконфликтные, спокойные, позитивные и уверенные в себе, то есть вероятность, что страх окажется кратковременным. Если же при новорожденном были ссоры родителей и другие травмирующие ситуации, то он обретает неуверенность в себе. Это означает, что страх из-за конкретного случая может стойко закрепиться в памяти. Такие дети начинают остерегаться собак, насекомых и часто реагируют на любую ситуацию плачем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...217 lines deleted...]
-        <w:t xml:space="preserve"> және жоғалуы мүмкін, басқалары ұ</w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Фантазия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зачастую виновником детского страха становится чересчур развитое воображение. Случается определенная ситуация, и кроха тут же дорисовывает в своем уме подробности. Как пример можно привести ночные тени. Скомканное одеяло образует на стене тень и ребенок в воображении додумывает, что это волк или чудовище. Если он </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...7 lines deleted...]
-        <w:t>за</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>обожает</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D91BCA">
-[...4289 lines deleted...]
-        <w:t>іледі.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мультики и уже имеет представление об инопланетянах, то он может бояться луны, которая светит в окно. При этом его фантазия начнет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">придумывать инопланетян, которые за ним наблюдают. Сюда же можно отнести страх Кощея, Бабы Яги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A37C7" w:rsidRDefault="004A37C7" w:rsidP="004A37C7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Дата : Февраль 2019г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C956E6" w:rsidRDefault="00C956E6"/>
     <w:sectPr w:rsidR="00C956E6" w:rsidSect="00C956E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -5991,58 +537,58 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D91BCA"/>
+    <w:rsidRoot w:val="004A37C7"/>
     <w:rsid w:val="002A2A5A"/>
+    <w:rsid w:val="004A37C7"/>
     <w:rsid w:val="0052750F"/>
     <w:rsid w:val="00792AB6"/>
     <w:rsid w:val="009F72FB"/>
     <w:rsid w:val="00C956E6"/>
     <w:rsid w:val="00CA4CD3"/>
-    <w:rsid w:val="00D91BCA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6215,357 +761,107 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A37C7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00D91BCA"/>
+    <w:rsid w:val="004A37C7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A37C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1810781568">
+    <w:div w:id="1079014723">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...276 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6819,51 +1115,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3584</Characters>
+  <Pages>2</Pages>
+  <Words>489</Words>
+  <Characters>2792</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4204</CharactersWithSpaces>
+  <CharactersWithSpaces>3275</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>