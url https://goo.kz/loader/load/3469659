--- v0 (2025-12-06)
+++ v1 (2025-12-28)
@@ -1,15851 +1,1850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00205F9B" w:rsidRPr="00205F9B" w:rsidRDefault="00205F9B" w:rsidP="00205F9B">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...27 lines deleted...]
-        <w:t>«</w:t>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работа с детьми "группы риска". Рекомендации для классных руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:467.75pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Трудный подросток – это учащийся, у которого в течение длительного времени (более 3 месяцев) наблюдается одна или несколько проблем в социально-эмоциональной, учебной, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t>Тəуекел</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мотивационно-волевой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сферах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это проблемы в обучении; во взаимоотношении со сверстниками; во взаимоотношении с родителями; рисковое поведение, в том числе различного рода зависимости; комплексные проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Их проявлением может быть нарушение поведения (от замкнутости до агрессии); эмоциональное неблагополучие (плаксивость, вспышки гнева и т. д.); пропуск уроков и учебных дней без уважительной причины; нарушение общепринятых норм поведения (совершение противоправных действий).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важное условие предупреждения возникновения у подростка серьезных социально-эмоциональных проблем и попадания его в "группу риска" – правильно организованная </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t>топтағы</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>досуговая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">» </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность, которая может включать в себя: посещение кружков и секций (как в школе, так и за ее пределами); внеклассную деятельность в школе; экскурсии; посещение выставок, музеев, театров и т. д.; туристические походы; участие в работе детских и подростковых общественных организаций и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алгоритм работы с учащимися «группы риска»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работа классного руководителя по выявлению «трудных» учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 1. Выяснить, кто из ребят относится к «группе риска, по какой причине.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 2. Выяснить в каких условиях и семьях проживают эти дети.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 3. Обратиться к школьному психологу для оформления запроса по работе с такими детьми (психолог должен дать рекомендации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 4. Составить карту учащегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шаг 5. Определить формы работы с такими учащимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Каждому классному руководителю необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>составить план работы по профилактике безнадзорности и правонарушений, в который должны быть обязательно включены: индивидуальные и групповые профилактические беседы, игры, родительские собрания, посещения на дому, педагогические диагностики и т.д.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вести дневник классного руководителя, где на каждого ребенка выделена отдельная страница, на которой фиксируется вся работа, проводимая с ребенком и его родителями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если данная работа не приносит положительного результата, то встает вопрос о постановке ученика на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t>балалармен</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внутришкольный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактический учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение об этом принимает Совет профилактики школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Причинами постановки на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t>жұмысты</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внутришкольный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактический учет могут быть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нарушение Устава школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>систематическое невыполнение домашнего задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отказ от работы на уроке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нарушение дисциплины на уроке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>прогулы учебных занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>драки, грубость, сквернословие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>курение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>употребление спиртных напитков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершение правонарушений с доставкой несовершеннолетнего в органы милиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершение преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>систематическая порча государственного и личного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>издевательство над учащимися другой национальности, вероисповедания, цвета кожи, над маленькими или более слабыми учащимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>единичные случаи нарушения общественного порядка в школе, в результате которого возникла угроза жизни другого человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>совершение несовершеннолетними правонарушения, за которое установлена административная ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Постановка на учет возможна:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по заявлению классного руководителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по заявлению администрации школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в результате совершения несовершеннолетними деяния, за которое установлена административная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в результате совершения несовершеннолетними деяния, за которое установлена уголовная ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Предоставление документов для постановки на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление классного руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характеристика на учащегося</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акт посещения на дому</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информация о профилактической работе с несовершеннолетним</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выписка оценок за текущую четверть</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родителям отправляется уведомление о приглашении их на заседание Совета профилактики. Если родители не явились, то вопрос все равно рассматривается на заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Школьный Совет профилактики разрабатывает план профилактической работы с данным несовершеннолетним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если несовершеннолетний ставится на учет по неуспеваемости, то для него может быть разработано индивидуальное расписание дополнительных занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На учащегося заводится учетная карточка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Результаты работы Совета профилактики безнадзорности и правонарушений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Обо всех результатах контроля классный руководитель ставит в известность родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если в результате профилактической работы с несовершеннолетним и его семьей делается вывод о необходимости особой психологической помощи, председатель Совета профилактики обращается с запросом о психологической помощи в психологическую службу школы или района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если пишется заключение, что несовершеннолетнему необходимо всестороннее обследование, родителям предлагается обратиться в школьный консилиум с целью создания индивидуального маршрута </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205F9B">
-[...6 lines deleted...]
-        <w:t>қарастырайық</w:t>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогического</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00205F9B">
-[...13745 lines deleted...]
-    <w:sectPr w:rsidR="00541421" w:rsidRPr="00205F9B" w:rsidSect="00205F9B">
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сопровождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003332DC" w:rsidRPr="003332DC" w:rsidRDefault="003332DC" w:rsidP="003332DC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003332DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если родители отказываются письменно от помощи, предлагаемой школой, то школьный Совет выносит решение об обращении с ходатайством в Комиссию по делам несовершеннолетних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
+    <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1075 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00DD7D70"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DD7D70"/>
+    <w:rsidRoot w:val="003332DC"/>
+    <w:rsid w:val="003332DC"/>
+    <w:rsid w:val="00D74E75"/>
+    <w:rsid w:val="00E34FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2EC4019C-FE6E-411A-8B7E-42FB5161957C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E34FE8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00205F9B"/>
+    <w:rsid w:val="003332DC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="003332DC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1834103414">
+    <w:div w:id="309482508">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6183</Characters>
+  <Pages>3</Pages>
+  <Words>733</Words>
+  <Characters>4182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7253</CharactersWithSpaces>
+  <CharactersWithSpaces>4906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>