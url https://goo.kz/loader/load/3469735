--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -1,311 +1,258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A21F62" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
+    <w:p w:rsidR="00A55DBD" w:rsidRDefault="00A55DBD" w:rsidP="00A55DBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Уважаемые пользователи портала!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21F62" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
+    <w:p w:rsidR="00A55DBD" w:rsidRDefault="00A55DBD" w:rsidP="00A55DBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>направляем ссылку на видеоролик с интсрукцией по получению услуг через телеграм БОТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21F62" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
+    <w:p w:rsidR="00A55DBD" w:rsidRDefault="00A55DBD" w:rsidP="00A55DBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Подпишитесь на ЮТУБ КАНАЛ Департамента! Будьте в курсе всех новостей </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21F62" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
+    <w:p w:rsidR="00A55DBD" w:rsidRDefault="00A55DBD" w:rsidP="00A55DBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A21F62" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
+    <w:p w:rsidR="00A55DBD" w:rsidRDefault="00A55DBD" w:rsidP="00A55DBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A21F62" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
+    <w:p w:rsidR="00A55DBD" w:rsidRDefault="00A55DBD" w:rsidP="00A55DBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Courier New CYR" w:hAnsi="Courier New CYR" w:cs="Courier New CYR"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>https://www.youtube.com/watch?v=XjM6hc1DLiE&amp;feature=youtu.be</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00005E90" w:rsidRDefault="00A21F62" w:rsidP="00A21F62">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00E34260" w:rsidRDefault="00A55DBD">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:467.25pt;height:661.5pt">
-            <v:imagedata r:id="rId6" o:title="14 11 2018 ЭЦП ру каз"/>
+            <v:imagedata r:id="rId4" o:title="14 11 2018 ЭЦП ру каз"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:467.25pt;height:661.5pt">
-            <v:imagedata r:id="rId7" o:title="14 11 2018 Моб регистрация каз"/>
+            <v:imagedata r:id="rId5" o:title="14 11 2018 Моб регистрация рус"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00005E90">
+    <w:sectPr w:rsidR="00E34260">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New CYR">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A21F62"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A21F62"/>
+    <w:rsidRoot w:val="00A55DBD"/>
+    <w:rsid w:val="00A55DBD"/>
+    <w:rsid w:val="00E34260"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -478,110 +425,90 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="header"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A21F62"/>
+    <w:rsid w:val="00A55DBD"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A21F62"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00A21F62"/>
+    <w:rsid w:val="00A55DBD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>