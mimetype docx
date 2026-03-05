--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,9839 +1,2641 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidRDefault="00CD63E5" w:rsidP="00CD63E5">
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бекітемі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«№33 ЖОМ» директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CD63E5">
+        <w:t>. Қыстаубаева</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001517A0">
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">_________ </w:t>
+        <w:t>2018 – 2019 </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CD63E5">
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«№33ЖОМ» мектеп директоры</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:t>Г.Қыстаубаева</w:t>
+        <w:t>жылында</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidRDefault="00CD63E5" w:rsidP="00CD63E5">
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD63E5">
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2018-2019 оқу жылында ОЖСБ ұйымдастыру</w:t>
+        <w:t>ОЖС</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001517A0">
+        <w:t>Б-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C57708">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>және өткізуге арналған іс-шаралар жоспары</w:t>
+        <w:t>ға</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidRDefault="00CD63E5" w:rsidP="00CD63E5">
+    <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C57708">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10896" w:type="dxa"/>
-        <w:tblInd w:w="-351" w:type="dxa"/>
+        <w:tblW w:w="9645" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1585"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2045"/>
+        <w:gridCol w:w="511"/>
+        <w:gridCol w:w="4612"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="2854"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidTr="00CD63E5">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00CD63E5">
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мерзі</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CD63E5">
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>м</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CD63E5">
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...36 lines deleted...]
-            <w:r w:rsidRPr="00CD63E5">
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Алушылар</w:t>
-[...158 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ответственные</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidTr="00CD63E5">
-[...146 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация информационной работы по формату ВОУД в педагогическом коллективе, среди учащихся 9 классов и их родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь, октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Консультирование учителей – предметников «Технология подготовки проведения групповых и индивидуальных консультаций в период подготовки к ВОУД».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание базы данных контингента учащихся 9 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя – предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участие в городских семинарах по подготовке к ВОУД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВУР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          </w:p>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя – предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирование банка тестовых заданий и измерителей для проверки стандартов усвоения предмета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация консультаций и дополнительных занятий для учащихся 9 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВУР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          </w:p>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя – предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация и проведение пробных тестирований на базе школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 раза в месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВУР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...610 lines deleted...]
-              <w:t>.</w:t>
+          </w:p>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidTr="00CD63E5">
-[...686 lines deleted...]
-              <w:t>.</w:t>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализ результатов пробных тестирований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 раза в месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя – предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidTr="00CD63E5">
-[...821 lines deleted...]
-              <w:t>.</w:t>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отчет руководителей МО о результатах пробных тестирований на Совете руководства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 раз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководители МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidTr="00CD63E5">
-[...739 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация и проведение ВОУД в школе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Апрель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD63E5" w:rsidRPr="00CD63E5" w:rsidTr="00CD63E5">
-[...6154 lines deleted...]
-              <w:t>.</w:t>
+      <w:tr w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidTr="0019578F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подведение итогов ВОУД – 2019 в школе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="808080"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0019578F" w:rsidRPr="00C57708" w:rsidRDefault="0019578F" w:rsidP="0019578F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C57708">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВУР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00871FEE" w:rsidRPr="00CD63E5" w:rsidRDefault="00871FEE">
+    <w:p w:rsidR="005D15D9" w:rsidRPr="00C57708" w:rsidRDefault="005D15D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00871FEE" w:rsidRPr="00CD63E5" w:rsidSect="00F031E0">
+    <w:sectPr w:rsidR="005D15D9" w:rsidRPr="00C57708">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CD63E5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F031E0"/>
+    <w:rsidRoot w:val="0019578F"/>
+    <w:rsid w:val="0019578F"/>
+    <w:rsid w:val="005D15D9"/>
+    <w:rsid w:val="00C57708"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -10200,66 +3002,65 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1201868415">
+    <w:div w:id="286007522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -10514,66 +3315,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>474</Words>
-  <Characters>2708</Characters>
+  <Words>197</Words>
+  <Characters>1128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3176</CharactersWithSpaces>
+  <CharactersWithSpaces>1323</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Work</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>