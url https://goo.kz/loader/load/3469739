--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,1597 +1,722 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00D04C9B" w:rsidP="00D04C9B">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B84988">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>№43</w:t>
+        <w:t>Анализ предметной школьной олимпиады СОШ № 43</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 – 2019 уч.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F482F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЖОМ-нің</w:t>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> сараптамалық талдау қорытындысы </w:t>
+        <w:t>г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
+        <w:t>27 октября 2018г. была проведена школьная предметная олимпиада во 2-11 классах. Во 2-4 классах участвовало 115 учащихся, в 5-11 классах – 365.</w:t>
       </w:r>
-      <w:r w:rsidR="00953B9B">
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2018</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00953B9B">
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ж</w:t>
+        <w:t>В 5-11 классах олимпиада проходила по следующим учебным дисциплинам: казахский и русский языки, математика, информатика, история, физика, химия, биология, английский язык, физическая культура.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формы проведения: лексико-грамматические, тестовые, логические  задания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В олимпиаде участвовало 365 учащихся 5-11 классов из 604 учащихся 60%  (2017-2018 уч.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F482F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">өткізілді. 2-4 сыныптар арасында – 115 оқушы, 5-11 сыныптар арасында – 365 оқушы қатысты. </w:t>
+        <w:t>г.- 56%).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C9192B" w:rsidRDefault="00C9192B" w:rsidP="005C0D51">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-11 сыныптарда </w:t>
-[...53 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>По олимпиаде были подведены следующие результаты:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B0956" w:rsidRDefault="006B0956" w:rsidP="005C0D51">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Өткізу формалары</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">логикалық тапсырмалар. </w:t>
+        <w:t>- по казахскому языку 10 первых мест, 17 вторых, 8 третьих мест  ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0097562D" w:rsidRDefault="002D7089" w:rsidP="005C0D51">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-11 сыныптар арасында </w:t>
-[...107 lines deleted...]
-        <w:t>%).</w:t>
+        <w:t>- по русскому языку 4 первых места, три вторых места, 7 третьих места;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4EFC" w:rsidRDefault="008A4EFC" w:rsidP="005C0D51">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Олимпиаданың нәтижелері келесідей:</w:t>
+        <w:t>- по истории 0 первых мест, 2 вторых мест, 1 третье место;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A05C6" w:rsidRDefault="005A05C6" w:rsidP="005A05C6">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- по информатике 0 первых места, 3 вторых мест, 4 третьих мест. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- по физической культуре заняли 9 первых места, 5 вторых, 3 третьих мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- по английскому языку 3 первых мест, 4 вторых, 5 третьих мест .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00133923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Всего 97 призовых мест из 365 участников, что составило 26% призовых мест. (Приложение №1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...17 lines deleted...]
-        <w:t>екінші орын – 17, үшінші орын – 8;</w:t>
+        <w:tab/>
+        <w:t>Олимпиада по предметам прошла организованно, вовремя подведены итоги, грамоты ребятам за призовые места  вручены на линейках по параллелям. На олимпиаде отсутствовал 5 «А» класс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A05C6" w:rsidRPr="005A05C6" w:rsidRDefault="005A05C6" w:rsidP="005A05C6">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...71 lines deleted...]
-        <w:t>;</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">На городском уровне представлять школу будут учащиеся 9-11 классов: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4EFC" w:rsidRDefault="00DC1238" w:rsidP="00DC1238">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...552 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C0D51" w:rsidRPr="00D04C9B" w:rsidRDefault="00837B03" w:rsidP="005C0D51">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="005C0D51" w:rsidRPr="00D04C9B">
+      <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 "F:\\олимпиада 2016-17\\2018-2018  мектеп олимпиада.xlsx" "қалалық олим сұраныс!R6C1:R26C7" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="8755" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="645"/>
         <w:gridCol w:w="1055"/>
         <w:gridCol w:w="1651"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="49"/>
         <w:gridCol w:w="1593"/>
         <w:gridCol w:w="1623"/>
         <w:gridCol w:w="1155"/>
       </w:tblGrid>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ </w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00133923">
+              <w:t>№ р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>р</w:t>
-[...2 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>/с</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1167" w:type="dxa"/>
+              <w:t>Мектеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мектеп</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1719" w:type="dxa"/>
+              <w:t>Оқитын сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқитын </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Олимпиадада қатысатын сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Оқушының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00133923">
+              </w:rPr>
+              <w:t>аты-жөні (толық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қатысатын </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>сыныбы</w:t>
-[...7 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:t>Пәні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...87 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>Оқытылу тілі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1858,111 +983,92 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Плотникова </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Плотникова Иргина</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007729D9" w:rsidRDefault="007729D9" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>ағылшын тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>английский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00FF2348" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -2044,128 +1150,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хайхороев Бахауддин</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007729D9" w:rsidP="00E1156A">
-[...12 lines deleted...]
-              <w:t>ағылшын тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>английский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00FF2348" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -2247,118 +1324,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Валерия</w:t>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Безкаравайная Валерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007729D9" w:rsidRDefault="007729D9" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>ағылшын тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>английский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00FF2348" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -2440,118 +1498,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Яна</w:t>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Галюра Яна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007729D9" w:rsidRDefault="007729D9" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>орыс тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00FF2348" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -2563,61 +1602,61 @@
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 43 </w:t>
+              <w:t>№ 43 ЖОББ</w:t>
             </w:r>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ЖОББМ</w:t>
+              <w:t>М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -2651,111 +1690,92 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кононенко </w:t>
-[...9 lines deleted...]
-              <w:t>Мария</w:t>
+              <w:t>Кононенко Мария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007729D9" w:rsidRDefault="007729D9" w:rsidP="00E1156A">
-[...14 lines deleted...]
-              <w:t>орыс тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00FF2348" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -2857,100 +1877,83 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Китаева </w:t>
             </w:r>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Анастасия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007729D9" w:rsidRDefault="001D16C6" w:rsidP="007729D9">
-[...22 lines deleted...]
-              <w:t>рыс тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>русский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00373F80" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -3029,127 +2032,109 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дайрова </w:t>
             </w:r>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Анастасия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00373F80" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -3228,127 +2213,109 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Закарлюк </w:t>
             </w:r>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Артур</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00373F80" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -3430,119 +2397,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Екатерина</w:t>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Овчинникова Екатерина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="001D16C6" w:rsidRDefault="001D16C6" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Қазақ тілі </w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00373F80" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -3641,91 +2589,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Мальцева Мария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="001D16C6" w:rsidRDefault="001D16C6" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>Қазақ тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00373F80" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -3813,107 +2753,97 @@
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Бакирова </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Карина</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007729D9" w:rsidRDefault="007729D9" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>Қазақ тілі</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00373F80" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -4040,68 +2970,61 @@
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -4183,119 +3106,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Алина</w:t>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Елемесова Алина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007829E6" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>Қазақстан тарихы</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>история Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -4394,91 +3298,83 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Туманов Данил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007829E6" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>Дүниежүзі тарихы</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>всемирная история</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -4580,91 +3476,83 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Литвиненко </w:t>
             </w:r>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Андрей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="007829E6" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...13 lines deleted...]
-              <w:t>Қазақстан тарихы</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>история Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -4791,68 +3679,61 @@
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>география</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -4979,68 +3860,61 @@
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>география</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
@@ -5119,129 +3993,109 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аканов </w:t>
+            </w:r>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Данияр</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>география</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133923" w:rsidRPr="00133923" w:rsidTr="00E1156A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>19</w:t>
@@ -5329,374 +4183,185 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1689" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00133923">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1456" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="007829E6" w:rsidP="00E1156A">
-[...16 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="00E1156A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00133923">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="00837B03" w:rsidP="005C0D51">
+    <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133923">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0D51" w:rsidRPr="00133923" w:rsidRDefault="005C0D51" w:rsidP="005C0D51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A0690" w:rsidRPr="00133923" w:rsidRDefault="00EC6904">
+    <w:p w:rsidR="001A0690" w:rsidRPr="00133923" w:rsidRDefault="00A04A72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="001A0690" w:rsidRPr="00133923" w:rsidSect="00837B03">
+    <w:sectPr w:rsidR="001A0690" w:rsidRPr="00133923">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...27 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="86"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF7291"/>
-    <w:rsid w:val="00031C13"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000E2FDA"/>
     <w:rsid w:val="00133923"/>
-    <w:rsid w:val="001D16C6"/>
-[...8 lines deleted...]
-    <w:rsid w:val="005A05C6"/>
+    <w:rsid w:val="001F482F"/>
     <w:rsid w:val="005C0D51"/>
-    <w:rsid w:val="005D0AEE"/>
-    <w:rsid w:val="005D60C1"/>
     <w:rsid w:val="00686714"/>
-    <w:rsid w:val="006A4E9B"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00C9192B"/>
+    <w:rsid w:val="00A04A72"/>
     <w:rsid w:val="00CF7291"/>
-    <w:rsid w:val="00D04C9B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E77A46"/>
     <w:rsid w:val="00EA4303"/>
-    <w:rsid w:val="00EC6904"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FF2348"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5823,103 +4488,84 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005C0D51"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005C0D51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -6077,79 +4723,73 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005C0D51"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6397,70 +5037,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2341</Characters>
+  <Pages>1</Pages>
+  <Words>397</Words>
+  <Characters>2263</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2746</CharactersWithSpaces>
+  <CharactersWithSpaces>2655</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>zdvr6</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>