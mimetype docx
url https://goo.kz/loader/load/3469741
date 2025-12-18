--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -1,4102 +1,6395 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CE785B" w:rsidRPr="00CE785B" w:rsidRDefault="00CE785B" w:rsidP="00CE785B">
+    <w:p w:rsidR="00CE785B" w:rsidRPr="00CE785B" w:rsidRDefault="00CE785B" w:rsidP="00F2553B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5529"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE785B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">БЕКІТІЛДІ                                                                                                                   УТВЕРЖДЕНО                                                                                                                             Директор  СОШ № 43                                                                                                                          __________ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00800EF9">
+        <w:t xml:space="preserve">БЕКІТІЛДІ                                                                                                                                                                                                                                                № 43  </w:t>
+      </w:r>
+      <w:r w:rsidR="00003D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЖОМ директоры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE785B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>С.К. Аубакирова</w:t>
-      </w:r>
+        <w:t xml:space="preserve">                                                                                                                        __________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00800EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С.К. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00800EF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аубакирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00F81762" w:rsidRDefault="00F81762" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE785B" w:rsidRPr="0075462B" w:rsidRDefault="00CE785B" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE22A6" w:rsidRPr="0075462B" w:rsidRDefault="00CE22A6" w:rsidP="001D061F">
+    <w:p w:rsidR="00003D6D" w:rsidRDefault="00A25CA4" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0075462B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>План</w:t>
+        <w:t xml:space="preserve">№43 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ЖОМ-н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің 2015-2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға арналған ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00003D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E271B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тілділікті енгізу бойынша инновациялық </w:t>
+      </w:r>
+      <w:r w:rsidR="0069109F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2553B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәжірибелік</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) әрекетті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2553B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ні</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң жоспары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE22A6" w:rsidRPr="0075462B" w:rsidRDefault="00CE22A6" w:rsidP="001D061F">
-[...55 lines deleted...]
-    <w:p w:rsidR="00C47C2B" w:rsidRPr="008B7B01" w:rsidRDefault="00C47C2B" w:rsidP="001D061F">
+    <w:p w:rsidR="00F2553B" w:rsidRDefault="00F2553B" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...18 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C47C2B" w:rsidRPr="008B7B01" w:rsidRDefault="00572B83" w:rsidP="001D061F">
+    <w:p w:rsidR="00C47C2B" w:rsidRPr="001D1986" w:rsidRDefault="00A47119" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...47 lines deleted...]
-        <w:t>овиях средствами трех языков.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F2553B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00B138A2" w:rsidRPr="001D1986">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C47C2B" w:rsidRPr="008B7B01" w:rsidRDefault="00C360F2" w:rsidP="001D061F">
+    <w:p w:rsidR="00B456A6" w:rsidRDefault="008C7A61" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>Организация учебно-воспитательного процесса на основе трехъязычного обучения позволит обеспечить:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00822DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алпыға </w:t>
+      </w:r>
+      <w:r w:rsidR="008B0433">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Міндетті </w:t>
+      </w:r>
+      <w:r w:rsidR="008D621E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00822DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім Беру С</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандартын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00822DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дәстүрлі емес инновациялық </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1986">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үш тілділік </w:t>
+      </w:r>
+      <w:r w:rsidR="008D621E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдісі</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0433">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н қолдану</w:t>
+      </w:r>
+      <w:r w:rsidR="008D621E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="008D621E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000741EF" w:rsidRPr="008B7B01" w:rsidRDefault="00844B29" w:rsidP="001D061F">
+    <w:p w:rsidR="00CA1BB1" w:rsidRDefault="00CA1BB1" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F0686C" w:rsidRDefault="00F0686C" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Үш тілділікті  оқыту негізінде </w:t>
+      </w:r>
+      <w:r w:rsidR="007348C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу-тәрбие процессін </w:t>
+      </w:r>
+      <w:r w:rsidR="000439D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыру келесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00147EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дей нәтиже береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147EEF" w:rsidRDefault="00147EEF" w:rsidP="00147EEF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...71 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылардың коммуникативті және лингвистикалық </w:t>
+      </w:r>
+      <w:r w:rsidR="00656E99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құзіреттіліктерін дамыту, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B59AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жал</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пы-ғылыми білімдерін, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B59AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іскерліктерін </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- пәндік және тілдік </w:t>
+      </w:r>
+      <w:r w:rsidR="000934F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біртұтастықпен оқыту </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73570">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B02BE" w:rsidRPr="008B7B01" w:rsidRDefault="004B02BE" w:rsidP="001D061F">
+    <w:p w:rsidR="008B72C8" w:rsidRDefault="000934F7" w:rsidP="008B72C8">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қазақстан тарихы» және «География» пәндерін </w:t>
+      </w:r>
+      <w:r w:rsidR="008B72C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ортақ тақырыптар арқылы оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C67B42" w:rsidRPr="008B7B01" w:rsidRDefault="00BF00DC" w:rsidP="001D061F">
-[...3 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+    <w:p w:rsidR="0075777C" w:rsidRDefault="0075777C" w:rsidP="0075777C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C67B42" w:rsidRPr="008B7B01" w:rsidRDefault="00BF00DC" w:rsidP="001D061F">
+    <w:p w:rsidR="008B72C8" w:rsidRPr="008B72C8" w:rsidRDefault="008B72C8" w:rsidP="008B72C8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Үш тілді оқыту бағдарламасының </w:t>
+      </w:r>
+      <w:r w:rsidR="0075777C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негізгі принципері келесідей болып келеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C67B42" w:rsidRPr="0075777C" w:rsidRDefault="0075777C" w:rsidP="001D061F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008B7B01">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>системность (занятия проводятся с учащимися 1-2 раза в неделю);</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00566D20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүйелілік</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF00DC" w:rsidRPr="0075777C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003712CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылармен сабақ аптасына 1-2 рет өткізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF00DC" w:rsidRPr="0075777C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C67B42" w:rsidRPr="008B7B01" w:rsidRDefault="00BF00DC" w:rsidP="001D061F">
+    <w:p w:rsidR="00C67B42" w:rsidRPr="004D569A" w:rsidRDefault="00BF00DC" w:rsidP="001D061F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0075777C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00566D20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрнекілік</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003712CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалды түсіндіру</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B7B01">
+      <w:r w:rsidR="003712CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D60809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрнекілік құралдарды көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, мультимедиялық  оқу құралдары</w:t>
+      </w:r>
+      <w:r w:rsidR="004D569A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н және </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3958">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00096F05" w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">наглядность (объяснение материала сопровождается демонстрацией наглядных пособий, используются мультимедийные средства обучения, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B7B01">
+        <w:t>Internet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00096F05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008B7B01">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қол</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5B30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>);</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="004D569A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анумен жүзеге асады</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D569A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C67B42" w:rsidRPr="008B7B01" w:rsidRDefault="00BF00DC" w:rsidP="001D061F">
+    <w:p w:rsidR="004D569A" w:rsidRPr="0075777C" w:rsidRDefault="0075777C" w:rsidP="001D061F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008B7B01">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008B7B01">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00C340D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008B7B01">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу-тәрбие процессін ізгіле</w:t>
+      </w:r>
+      <w:r w:rsidR="006713DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>манизация учебно-воспитательного процесса (построение занятий по уровням с учетом знаний, умений и навыков учащихся, их психологических возможностей и способностей).</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ндіру (оқушылардың білім, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C60BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білік,</w:t>
+      </w:r>
+      <w:r w:rsidR="006713DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C60BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:r w:rsidR="00175E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, психологиялық мүмкіндіктері мен қабілеттерін </w:t>
+      </w:r>
+      <w:r w:rsidR="008C60BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00737D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ескере отырып </w:t>
+      </w:r>
+      <w:r w:rsidR="00175E51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейлік тапсырмалар құру)</w:t>
+      </w:r>
+      <w:r w:rsidR="006713DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4FF7" w:rsidRDefault="003F4FF7" w:rsidP="0086307E">
+    <w:p w:rsidR="006713DB" w:rsidRPr="00842AC6" w:rsidRDefault="006713DB" w:rsidP="00842AC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0086307E" w:rsidRDefault="00422810" w:rsidP="0086307E">
-      <w:pPr>
+    <w:p w:rsidR="00EE23E5" w:rsidRDefault="00EE23E5" w:rsidP="006713DB">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006713DB" w:rsidRPr="00314A71" w:rsidRDefault="001E65CD" w:rsidP="00314A71">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="795"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0086307E">
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0086307E">
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="006713DB" w:rsidRPr="00314A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0086307E">
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№43 </w:t>
+      </w:r>
+      <w:r w:rsidR="00314A71" w:rsidRPr="00314A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы білім беру орта мектебінде </w:t>
+      </w:r>
+      <w:r w:rsidR="006713DB" w:rsidRPr="00314A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00314A71" w:rsidRPr="00314A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00422810" w:rsidRPr="0086307E">
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006713DB" w:rsidRPr="00314A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үш тілділікті енгізу бойынша инновациялық (экперименттік) әрекеттің </w:t>
+      </w:r>
+      <w:r w:rsidR="00314A71" w:rsidRPr="00314A71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
-[...12 lines deleted...]
-        <w:t>по введению трехъязычия</w:t>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негізгі кезеңдері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0012169E" w:rsidRPr="0086307E" w:rsidRDefault="00422810" w:rsidP="0086307E">
-[...32 lines deleted...]
-    <w:p w:rsidR="009D252E" w:rsidRPr="008B7B01" w:rsidRDefault="009D252E" w:rsidP="001D061F">
+    <w:p w:rsidR="009D252E" w:rsidRPr="00EE23E5" w:rsidRDefault="009D252E" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="16"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00422810" w:rsidRPr="008B7B01" w:rsidRDefault="00223363" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>2015-2016 учебный год:</w:t>
+        <w:t xml:space="preserve">2015-2016 </w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002566A7" w:rsidRPr="008B7B01" w:rsidRDefault="002566A7" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="16"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00223363" w:rsidRDefault="00223363" w:rsidP="001D061F">
+    <w:p w:rsidR="008222AC" w:rsidRPr="000305E7" w:rsidRDefault="009C0204" w:rsidP="008222AC">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-Д</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бы</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC" w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC" w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidR="008222AC" w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0204" w:rsidRPr="000305E7" w:rsidRDefault="009C0204" w:rsidP="009C0204">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-Б  сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0204" w:rsidRPr="000305E7" w:rsidRDefault="009C0204" w:rsidP="009C0204">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-Б  сыныпарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4292">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D4292" w:rsidRDefault="007D4292" w:rsidP="00EE23E5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D4292" w:rsidRPr="00CC5B72" w:rsidRDefault="007D4292" w:rsidP="007D4292">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...80 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6-Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC5B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC5B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  сыныптарында сабақта және сыныптан тыс шараларда қазақ тілінде белгілі бір тілдік (лексикалық) конструкцияны енгізу арқылы оқушылардың лингвистикалық құзыреттерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF69C8" w:rsidRDefault="00DF69C8" w:rsidP="001D061F">
+    <w:p w:rsidR="007D4292" w:rsidRPr="008222AC" w:rsidRDefault="00A53676" w:rsidP="007D4292">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-Б</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4292" w:rsidRPr="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-Д</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4292" w:rsidRPr="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарында іс-әрекет операцияларын қазақ тілінде жүзеге асыру  арқылы оқушылардың коммуникативтік құзіреттіліктерін  </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4292">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D061F" w:rsidRPr="008B7B01" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4FF7" w:rsidRDefault="003F4FF7" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A41C2" w:rsidRDefault="001C4939" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-        <w:t>-Б</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016-2017 </w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
       </w:r>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-        <w:t>;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D061F" w:rsidRPr="001D061F" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+    <w:p w:rsidR="001D061F" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000305E7" w:rsidRPr="000305E7" w:rsidRDefault="000305E7" w:rsidP="000305E7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-А, 5-Б, 5-В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныпарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000305E7" w:rsidRPr="000305E7" w:rsidRDefault="00E56C9E" w:rsidP="000305E7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Д </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныб</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ында </w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7" w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7" w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7" w:rsidRPr="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56C9E" w:rsidRPr="00E56C9E" w:rsidRDefault="00E56C9E" w:rsidP="00E56C9E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56C9E" w:rsidRPr="00E56C9E" w:rsidRDefault="005C2CEE" w:rsidP="00E56C9E">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныб</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ында </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56C9E" w:rsidRPr="00E56C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C2CEE" w:rsidRPr="005C2CEE" w:rsidRDefault="005C2CEE" w:rsidP="005C2CEE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминологияны қазақ тілінде  қолдана отырып оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2CEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC5B72" w:rsidRPr="00CC5B72" w:rsidRDefault="00CC5B72" w:rsidP="00CC5B72">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC5B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-А, 5-Б, 5-В, 6-Д, 7-Б  сыныптарында сабақта және сыныптан тыс шараларда қазақ тілінде белгілі бір тілдік (лексикалық) конструкцияны енгізу арқылы оқушылардың лингвистикалық құзыреттерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00656DFC" w:rsidRPr="008B7B01" w:rsidRDefault="00CE4766" w:rsidP="001D061F">
+    <w:p w:rsidR="008222AC" w:rsidRPr="008222AC" w:rsidRDefault="008222AC" w:rsidP="008222AC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-А, 5-Б, 5-В, 6-Д, 7-Б сыныптарында іс-әрекет операцияларын қазақ тілінде жүзеге асыру  арқылы оқушылардың коммуникативтік құзіреттіліктерін  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1308" w:rsidRPr="008222AC" w:rsidRDefault="00EC1308" w:rsidP="008222AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4939" w:rsidRPr="008B7B01" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...66 lines deleted...]
-        <w:t>;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2017-2018 </w:t>
+      </w:r>
+      <w:r w:rsidR="005E17CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002566A7" w:rsidRDefault="00CE4766" w:rsidP="001D061F">
+    <w:p w:rsidR="008A41C2" w:rsidRPr="008B7B01" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A605F5" w:rsidRPr="000C7EAE" w:rsidRDefault="00A605F5" w:rsidP="000C7EAE">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7" w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5-А, 5-Б, 5-В</w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 5-Г, 5-Д, </w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-Е  </w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныпарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="005E17CC" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009040B7" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндік терминология</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7EAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны</w:t>
+      </w:r>
+      <w:r w:rsidR="00452D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ тілінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдана отырып </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA69E9" w:rsidRPr="000C7EAE" w:rsidRDefault="00BA69E9" w:rsidP="00BA69E9">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6-А, 6-Б, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныпарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде қолдана отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA69E9" w:rsidRPr="00005114" w:rsidRDefault="00BA69E9" w:rsidP="00BA69E9">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6-А, 6-Б, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныпарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде қолдана отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005114" w:rsidRPr="00005114" w:rsidRDefault="00005114" w:rsidP="00005114">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде  қолдана отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D570CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00005114" w:rsidRPr="000C7EAE" w:rsidRDefault="00005114" w:rsidP="00005114">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолда</w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B20BB5" w:rsidRPr="00F34CA8" w:rsidRDefault="00B20BB5" w:rsidP="00B20BB5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8-Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолда</w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00035E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34CA8" w:rsidRPr="000C7EAE" w:rsidRDefault="00F34CA8" w:rsidP="00F34CA8">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8-Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныбында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолдан</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F34CA8" w:rsidRPr="005E7252" w:rsidRDefault="005E7252" w:rsidP="005E7252">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...65 lines deleted...]
-        <w:t>казахском языке.</w:t>
+        <w:t>-А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 6-Б, 6-В, 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7B01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7252">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8-Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidR="00936025">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сабақта және сыныптан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00936025">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00936025">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шараларда қазақ тілінде белгілі бір тілдік </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8239C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конструкцияны енгізу арқылы </w:t>
+      </w:r>
+      <w:r w:rsidR="00931D74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың лингвистикалық құзыреттерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D061F" w:rsidRPr="008B7B01" w:rsidRDefault="001D061F" w:rsidP="001D061F">
-[...85 lines deleted...]
-    <w:p w:rsidR="001D061F" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+    <w:p w:rsidR="001B0B0F" w:rsidRPr="005E7252" w:rsidRDefault="001B0B0F" w:rsidP="001B0B0F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">изучение </w:t>
-[...8 lines deleted...]
-        <w:t>дисциплин «История Казахстана» в 6</w:t>
+        <w:t>-А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 6-Б, 6-В, 7</w:t>
       </w:r>
       <w:r w:rsidRPr="008B7B01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Д классе с применением предметной терминологии на </w:t>
-[...17 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>-Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7252">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8-Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB5347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB5347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрекет операцияларын</w:t>
+      </w:r>
+      <w:r w:rsidR="0068792C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүзеге асыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы оқушылардың </w:t>
+      </w:r>
+      <w:r w:rsidR="008E4290">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуникативтік құзіреттіліктерін  </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE23E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамыту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813356" w:rsidRPr="00813356" w:rsidRDefault="00813356" w:rsidP="00813356">
+    <w:p w:rsidR="00060183" w:rsidRDefault="00060183" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A141D5" w:rsidRPr="00DC476F" w:rsidRDefault="004209D6" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC476F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018-2019 </w:t>
+      </w:r>
+      <w:r w:rsidR="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC476F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004209D6" w:rsidRDefault="004209D6" w:rsidP="001D061F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00693A0E" w:rsidRPr="00693A0E" w:rsidRDefault="00693A0E" w:rsidP="00693A0E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>» в 6-Д классе с применением предметной терминологии на казахском языке;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-Б, 6-В, 7-Б, 9-Б  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00E870D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ тілінде қолдана отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E870D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D061F" w:rsidRDefault="001D061F" w:rsidP="001D061F">
+    <w:p w:rsidR="00E870D4" w:rsidRPr="00693A0E" w:rsidRDefault="00E870D4" w:rsidP="00E870D4">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E870D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-А, 8-Б, 8-В, 8-Г </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5AF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Биология</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пәндік терминологияны </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5AF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағылшын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009816AF" w:rsidRPr="00693A0E" w:rsidRDefault="009816AF" w:rsidP="009816AF">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F547E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5-А, 5-Б, 5-В, 5-Г, 5-Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Информатика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пәндік терминологияны ағылшын  тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF2AE9" w:rsidRPr="00693A0E" w:rsidRDefault="00B22259" w:rsidP="00CF2AE9">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22259">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-А, 7-Б, 7-В </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9" w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Химия</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9" w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пәндік терминологияны ағылшын  тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2AE9" w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029072F" w:rsidRPr="0029072F" w:rsidRDefault="0029072F" w:rsidP="0029072F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-В, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029072F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029072F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарында сабақта және сыныптан тыс шараларда қазақ тілінде белгілі бір тілдік </w:t>
+      </w:r>
+      <w:r w:rsidR="0050488E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(лексикалық) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конструкцияны енгізу арқылы оқушылардың лингвистикалық құзыреттерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813356" w:rsidRPr="003D7488" w:rsidRDefault="003D7488" w:rsidP="003D7488">
-[...41 lines deleted...]
-    <w:p w:rsidR="00435D13" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+    <w:p w:rsidR="008C3824" w:rsidRDefault="0050488E" w:rsidP="001D061F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...51 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050488E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-Б, 6-В, 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00525F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050488E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00525F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050488E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныптарында іс-әрекет операцияларын қазақ тілінде жүзеге асыру  арқылы оқушылардың коммуникативтік құзіреттіліктерін  дамыту;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A41C2" w:rsidRPr="008B7B01" w:rsidRDefault="00435D13" w:rsidP="00435D13">
-[...75 lines deleted...]
-    <w:p w:rsidR="00435D13" w:rsidRPr="00435D13" w:rsidRDefault="008A41C2" w:rsidP="00435D13">
+    <w:p w:rsidR="00693A0E" w:rsidRPr="008C3824" w:rsidRDefault="00525F32" w:rsidP="001D061F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 5-А, 5-Б, 5-В, 6-Д, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пәндік </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81227" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мазмұнға негізделе  отырып</w:t>
+      </w:r>
+      <w:r w:rsidR="00695D22" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мәтінді өңдеу </w:t>
+      </w:r>
+      <w:r w:rsidR="00342FF9" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00695D22" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыстарын енгізу</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81227" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, түсіну процессіне </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61C0D" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқушыларды жұмылдыру және </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824" w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәтіннің негізгі ойын талқылау, тексеру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A41C2" w:rsidRDefault="00435D13" w:rsidP="00EC1308">
-[...1 lines deleted...]
-        <w:pStyle w:val="a6"/>
+    <w:p w:rsidR="00693A0E" w:rsidRPr="00693A0E" w:rsidRDefault="00693A0E" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...50 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="008B7B01" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
-[...1 lines deleted...]
-        <w:pStyle w:val="a6"/>
+    <w:p w:rsidR="00CE785B" w:rsidRPr="00800EF9" w:rsidRDefault="00CE785B" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C4939" w:rsidRPr="008B7B01" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+    <w:p w:rsidR="004209D6" w:rsidRDefault="007A2F24" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B7B01">
+      <w:r w:rsidRPr="00DE552B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>2017-2018 учебный год:</w:t>
+        <w:t xml:space="preserve">2019-2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE552B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A41C2" w:rsidRPr="008B7B01" w:rsidRDefault="008A41C2" w:rsidP="001D061F">
+    <w:p w:rsidR="00DE552B" w:rsidRPr="00DE552B" w:rsidRDefault="00DE552B" w:rsidP="001D061F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A0453" w:rsidRDefault="00A605F5" w:rsidP="00A605F5">
+    <w:p w:rsidR="008C3824" w:rsidRPr="00693A0E" w:rsidRDefault="00AA65D1" w:rsidP="008C3824">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Г, 5-Д, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7-Б, 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC476F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, 8-Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC476F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824" w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан тарихы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824" w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824" w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пәндік терминологияны қазақ тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3824" w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A605F5" w:rsidRPr="00A605F5" w:rsidRDefault="001A0453" w:rsidP="001A0453">
-[...48 lines deleted...]
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="001B5FC9" w:rsidRPr="00693A0E" w:rsidRDefault="001B5FC9" w:rsidP="001B5FC9">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>-В классах с применением предметной терминологии на казахском языке;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003367EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-А, 9-Б, 9-В, 9-Г </w:t>
+      </w:r>
+      <w:r w:rsidR="003367EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Биология</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пәндік терминологияны ағылшын  тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035660D" w:rsidRPr="0035660D" w:rsidRDefault="0035660D" w:rsidP="0035660D">
+    <w:p w:rsidR="003367EC" w:rsidRDefault="003367EC" w:rsidP="003367EC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>» в 6-А, 6-Б, 6-В классах с применением предметной терминологии на казахском языке;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F547E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5-А, 5-Б, 5-В, 5-Г, 5-Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F547E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6-А, 6-Б, 6-В, 6-Г, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037545A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F547E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Информатика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пәндік терминологияны ағылшын  тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="003367EC" w:rsidRPr="00693A0E" w:rsidRDefault="003367EC" w:rsidP="003367EC">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003367EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-А, 7-Б, 7-В, 7-Г , 8-А, 8-Б, 8-В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Химия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  пән</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009040B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пәндік терминологияны  ағылшын  тілінде қолдана отырып  оқыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00693A0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C177AA" w:rsidRPr="0029072F" w:rsidRDefault="00B02BD7" w:rsidP="00C177AA">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C177AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-В, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C177AA" w:rsidRPr="0029072F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C177AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-А сыныптарында сабақта және сыныптан тыс шараларда қазақ тілінде белгілі бір тілдік (лексикалық) конструкцияны енгізу арқылы оқушылардың лингвистикалық құзыреттерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="00813356" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
-[...50 lines deleted...]
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="00C177AA" w:rsidRDefault="00C177AA" w:rsidP="00C177AA">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...62 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C177AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-Б, 7-В, 8-Б, 10-А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050488E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарында іс-әрекет операцияларын қазақ тілінде жүзеге асыру  арқылы оқушылардың коммуникативтік құзіреттіліктерін  дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="003D7488" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
-[...59 lines deleted...]
-    <w:p w:rsidR="00EC1308" w:rsidRDefault="00EC1308" w:rsidP="00EC1308">
+    <w:p w:rsidR="00AC7D99" w:rsidRPr="008C3824" w:rsidRDefault="00AC7D99" w:rsidP="00AC7D99">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...72 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C3824">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әндік мазмұнға негізделе  отырып, мәтінді өңдеу  жұмыстарын енгізу, түсіну процессіне оқушыларды жұмылдыру және мәтіннің негізгі ойын талқылау, тексеру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="008B7B01" w:rsidRDefault="0037545A" w:rsidP="00EC1308">
-[...57 lines deleted...]
-    <w:p w:rsidR="0037545A" w:rsidRPr="0037545A" w:rsidRDefault="00EC1308" w:rsidP="0037545A">
+    <w:p w:rsidR="003367EC" w:rsidRPr="00693A0E" w:rsidRDefault="00637439" w:rsidP="003367EC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">6-А, 6-Б, 6-В, 7-Д, </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5,6,7,8,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-А сыныптарында сабақта және сыныптан тыс шараларда қазақ тілінде</w:t>
+      </w:r>
+      <w:r w:rsidR="002E39EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ағылшын тілінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгілі бір тілдік (лексикалық) конструкцияны енгізу арқылы оқушылардың лингвистикалық құзыреттерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1308" w:rsidRPr="0037545A" w:rsidRDefault="0037545A" w:rsidP="0037545A">
-[...653 lines deleted...]
-    <w:p w:rsidR="00DC6412" w:rsidRPr="006903E7" w:rsidRDefault="00DC6412" w:rsidP="001D061F">
+    <w:p w:rsidR="00AC7D99" w:rsidRPr="00AC7D99" w:rsidRDefault="002E39EE" w:rsidP="00DE552B">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> учащихся в процесс понимания, обсуждения главной мысли текста и проверки.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқыту әрекеттенің</w:t>
+      </w:r>
+      <w:r w:rsidR="00847621">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлық түрлерін дамыту, оның ішінде оқылым және айтылым әрекеттері бойынша тапсырмалар </w:t>
+      </w:r>
+      <w:r w:rsidR="000305E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосу</w:t>
+      </w:r>
+      <w:r w:rsidR="00842AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE785B" w:rsidRPr="00800EF9" w:rsidRDefault="00CE785B" w:rsidP="001D061F">
-[...325 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="0012169E" w:rsidRPr="00842AC6" w:rsidRDefault="0012169E" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...108 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE552B" w:rsidRPr="006903E7" w:rsidRDefault="00DE552B" w:rsidP="00DE552B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F73685" w:rsidRPr="00842AC6" w:rsidRDefault="00F73685" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...55 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE552B" w:rsidRPr="00FD3E4B" w:rsidRDefault="00DE552B" w:rsidP="00DE552B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F81762" w:rsidRPr="00842AC6" w:rsidRDefault="002830AE" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...18 lines deleted...]
-        <w:t>7-Б, 7-В, 8-Б, 10-А</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00842AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7B01" w:rsidRPr="00842AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE552B" w:rsidRPr="00FD3E4B" w:rsidRDefault="00DE552B" w:rsidP="00DE552B">
-[...1 lines deleted...]
-        <w:pStyle w:val="a6"/>
+    <w:p w:rsidR="00F81762" w:rsidRPr="00842AC6" w:rsidRDefault="00F81762" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...41 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE552B" w:rsidRPr="00426766" w:rsidRDefault="00DE552B" w:rsidP="00DE552B">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F81762" w:rsidRPr="00842AC6" w:rsidRDefault="00F81762" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A2F24" w:rsidRPr="00426766" w:rsidRDefault="007A2F24" w:rsidP="00B75016">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00784765" w:rsidRPr="00842AC6" w:rsidRDefault="00784765" w:rsidP="001D061F">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...127 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F075F1" w:rsidRPr="00426766" w:rsidRDefault="0035693D" w:rsidP="001D061F">
-[...144 lines deleted...]
-    <w:sectPr w:rsidR="00784765" w:rsidRPr="008B7B01" w:rsidSect="00F81762">
+    <w:sectPr w:rsidR="00784765" w:rsidRPr="00842AC6" w:rsidSect="00F81762">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09547ECF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61D4909A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4797,50 +7090,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="64B423FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB20428E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="685E240A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0368126"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4909,54 +7291,54 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="6A4B142A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0E4E37E0"/>
+    <w:tmpl w:val="9A4E2C4A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -5029,277 +7411,374 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00FA2D17"/>
+    <w:rsid w:val="00003D6D"/>
+    <w:rsid w:val="00005114"/>
     <w:rsid w:val="00011A7D"/>
     <w:rsid w:val="00023A9F"/>
+    <w:rsid w:val="000305E7"/>
     <w:rsid w:val="00034922"/>
+    <w:rsid w:val="00035E9F"/>
+    <w:rsid w:val="000439D9"/>
     <w:rsid w:val="00050CA0"/>
     <w:rsid w:val="00060183"/>
     <w:rsid w:val="000741EF"/>
     <w:rsid w:val="00077833"/>
+    <w:rsid w:val="000934F7"/>
     <w:rsid w:val="00093699"/>
+    <w:rsid w:val="00096F05"/>
+    <w:rsid w:val="000C7EAE"/>
     <w:rsid w:val="000E0E2D"/>
     <w:rsid w:val="001015B7"/>
     <w:rsid w:val="0012169E"/>
     <w:rsid w:val="001308C7"/>
     <w:rsid w:val="001350E5"/>
+    <w:rsid w:val="00147EEF"/>
+    <w:rsid w:val="00172AC7"/>
+    <w:rsid w:val="00175E51"/>
     <w:rsid w:val="00184A51"/>
     <w:rsid w:val="00185C97"/>
     <w:rsid w:val="001A0453"/>
+    <w:rsid w:val="001B0B0F"/>
+    <w:rsid w:val="001B5FC9"/>
+    <w:rsid w:val="001B7615"/>
+    <w:rsid w:val="001C275F"/>
     <w:rsid w:val="001C4939"/>
     <w:rsid w:val="001D061F"/>
+    <w:rsid w:val="001D1986"/>
     <w:rsid w:val="001D1AA2"/>
+    <w:rsid w:val="001E65CD"/>
     <w:rsid w:val="0021308B"/>
     <w:rsid w:val="00223363"/>
     <w:rsid w:val="00247554"/>
     <w:rsid w:val="002566A7"/>
     <w:rsid w:val="002830AE"/>
+    <w:rsid w:val="0029072F"/>
+    <w:rsid w:val="002E39EE"/>
+    <w:rsid w:val="00314A71"/>
     <w:rsid w:val="00335C55"/>
+    <w:rsid w:val="003367EC"/>
     <w:rsid w:val="003408C1"/>
+    <w:rsid w:val="00342FF9"/>
     <w:rsid w:val="003448BB"/>
     <w:rsid w:val="00352DE8"/>
     <w:rsid w:val="0035599B"/>
     <w:rsid w:val="0035660D"/>
     <w:rsid w:val="0035693D"/>
+    <w:rsid w:val="003712CE"/>
     <w:rsid w:val="0037545A"/>
     <w:rsid w:val="00382CD4"/>
     <w:rsid w:val="003C3AEE"/>
     <w:rsid w:val="003D0431"/>
     <w:rsid w:val="003D7488"/>
+    <w:rsid w:val="003E5B30"/>
     <w:rsid w:val="003F4FF7"/>
     <w:rsid w:val="004209D6"/>
     <w:rsid w:val="00422810"/>
     <w:rsid w:val="00426766"/>
     <w:rsid w:val="00435D13"/>
+    <w:rsid w:val="00452D3B"/>
     <w:rsid w:val="0047447C"/>
     <w:rsid w:val="00484FD0"/>
     <w:rsid w:val="004915C6"/>
     <w:rsid w:val="004A50EF"/>
     <w:rsid w:val="004B02BE"/>
     <w:rsid w:val="004B112B"/>
+    <w:rsid w:val="004B3958"/>
     <w:rsid w:val="004C245E"/>
     <w:rsid w:val="004C51A2"/>
+    <w:rsid w:val="004D569A"/>
+    <w:rsid w:val="004E0250"/>
     <w:rsid w:val="004E3399"/>
     <w:rsid w:val="004E497B"/>
+    <w:rsid w:val="0050488E"/>
     <w:rsid w:val="00517A8A"/>
+    <w:rsid w:val="00525F32"/>
     <w:rsid w:val="00530135"/>
+    <w:rsid w:val="00566D20"/>
     <w:rsid w:val="00572B83"/>
     <w:rsid w:val="005968B5"/>
     <w:rsid w:val="005A20F2"/>
+    <w:rsid w:val="005B59AD"/>
     <w:rsid w:val="005B7A2F"/>
+    <w:rsid w:val="005C2CEE"/>
+    <w:rsid w:val="005E17CC"/>
     <w:rsid w:val="005E6442"/>
+    <w:rsid w:val="005E7252"/>
     <w:rsid w:val="0061682D"/>
+    <w:rsid w:val="00637439"/>
     <w:rsid w:val="00656DFC"/>
+    <w:rsid w:val="00656E99"/>
     <w:rsid w:val="00664594"/>
+    <w:rsid w:val="00666800"/>
+    <w:rsid w:val="006713DB"/>
     <w:rsid w:val="00675FDC"/>
+    <w:rsid w:val="0068792C"/>
     <w:rsid w:val="006903E7"/>
+    <w:rsid w:val="0069109F"/>
+    <w:rsid w:val="00693A0E"/>
     <w:rsid w:val="006944F4"/>
+    <w:rsid w:val="00695D22"/>
     <w:rsid w:val="006A52E0"/>
     <w:rsid w:val="006A78CC"/>
     <w:rsid w:val="006D0B6D"/>
     <w:rsid w:val="006F04F1"/>
     <w:rsid w:val="006F281E"/>
     <w:rsid w:val="00700081"/>
     <w:rsid w:val="00717A4E"/>
+    <w:rsid w:val="007348C5"/>
     <w:rsid w:val="00735961"/>
+    <w:rsid w:val="00737D1E"/>
     <w:rsid w:val="00747D00"/>
     <w:rsid w:val="0075462B"/>
     <w:rsid w:val="00754C3D"/>
+    <w:rsid w:val="0075777C"/>
     <w:rsid w:val="00784765"/>
     <w:rsid w:val="00790746"/>
     <w:rsid w:val="007A2F24"/>
+    <w:rsid w:val="007D4292"/>
     <w:rsid w:val="007F1A40"/>
     <w:rsid w:val="00800EF9"/>
     <w:rsid w:val="00813356"/>
+    <w:rsid w:val="008222AC"/>
+    <w:rsid w:val="00822DDF"/>
     <w:rsid w:val="008354B7"/>
+    <w:rsid w:val="00842AC6"/>
     <w:rsid w:val="00844B29"/>
     <w:rsid w:val="00845001"/>
     <w:rsid w:val="00845345"/>
+    <w:rsid w:val="00847621"/>
     <w:rsid w:val="00853696"/>
     <w:rsid w:val="0086307E"/>
     <w:rsid w:val="00863DC7"/>
     <w:rsid w:val="008A09FA"/>
     <w:rsid w:val="008A2271"/>
     <w:rsid w:val="008A41C2"/>
     <w:rsid w:val="008A6A73"/>
+    <w:rsid w:val="008B0433"/>
+    <w:rsid w:val="008B72C8"/>
     <w:rsid w:val="008B7B01"/>
+    <w:rsid w:val="008C3824"/>
+    <w:rsid w:val="008C60BD"/>
+    <w:rsid w:val="008C7A61"/>
+    <w:rsid w:val="008D1DDD"/>
     <w:rsid w:val="008D3791"/>
+    <w:rsid w:val="008D621E"/>
+    <w:rsid w:val="008E4290"/>
+    <w:rsid w:val="009040B7"/>
     <w:rsid w:val="009243DF"/>
     <w:rsid w:val="00931422"/>
+    <w:rsid w:val="00931D74"/>
+    <w:rsid w:val="00936025"/>
     <w:rsid w:val="00962710"/>
+    <w:rsid w:val="009816AF"/>
+    <w:rsid w:val="009C0204"/>
     <w:rsid w:val="009D252E"/>
     <w:rsid w:val="00A141D5"/>
+    <w:rsid w:val="00A25CA4"/>
+    <w:rsid w:val="00A47119"/>
+    <w:rsid w:val="00A53676"/>
     <w:rsid w:val="00A537EB"/>
     <w:rsid w:val="00A543A8"/>
     <w:rsid w:val="00A605F5"/>
     <w:rsid w:val="00A71551"/>
     <w:rsid w:val="00A820B0"/>
     <w:rsid w:val="00AA294A"/>
+    <w:rsid w:val="00AA65D1"/>
+    <w:rsid w:val="00AC7D99"/>
     <w:rsid w:val="00AD5D32"/>
+    <w:rsid w:val="00B02BD7"/>
     <w:rsid w:val="00B138A2"/>
+    <w:rsid w:val="00B20BB5"/>
+    <w:rsid w:val="00B22259"/>
+    <w:rsid w:val="00B456A6"/>
+    <w:rsid w:val="00B61C0D"/>
+    <w:rsid w:val="00B7317C"/>
+    <w:rsid w:val="00B73570"/>
     <w:rsid w:val="00B75016"/>
+    <w:rsid w:val="00B81227"/>
+    <w:rsid w:val="00B8239C"/>
     <w:rsid w:val="00B847BD"/>
+    <w:rsid w:val="00BA69E9"/>
     <w:rsid w:val="00BB4A8D"/>
     <w:rsid w:val="00BC1643"/>
+    <w:rsid w:val="00BC7A45"/>
     <w:rsid w:val="00BE30E6"/>
     <w:rsid w:val="00BF00DC"/>
     <w:rsid w:val="00C04091"/>
+    <w:rsid w:val="00C177AA"/>
+    <w:rsid w:val="00C340D8"/>
     <w:rsid w:val="00C360F2"/>
     <w:rsid w:val="00C47C2B"/>
     <w:rsid w:val="00C50F7A"/>
     <w:rsid w:val="00C639EA"/>
     <w:rsid w:val="00C67B42"/>
     <w:rsid w:val="00C80D09"/>
     <w:rsid w:val="00C90660"/>
+    <w:rsid w:val="00CA1BB1"/>
     <w:rsid w:val="00CA493E"/>
     <w:rsid w:val="00CA5203"/>
     <w:rsid w:val="00CB5C6F"/>
     <w:rsid w:val="00CC16BF"/>
     <w:rsid w:val="00CC31C4"/>
+    <w:rsid w:val="00CC5B72"/>
     <w:rsid w:val="00CE22A6"/>
     <w:rsid w:val="00CE4766"/>
     <w:rsid w:val="00CE785B"/>
+    <w:rsid w:val="00CF2AE9"/>
     <w:rsid w:val="00CF4DA5"/>
     <w:rsid w:val="00D00245"/>
     <w:rsid w:val="00D07F8E"/>
     <w:rsid w:val="00D17694"/>
     <w:rsid w:val="00D2113B"/>
     <w:rsid w:val="00D24180"/>
+    <w:rsid w:val="00D3213E"/>
+    <w:rsid w:val="00D33BF3"/>
     <w:rsid w:val="00D342D6"/>
     <w:rsid w:val="00D445B3"/>
+    <w:rsid w:val="00D570CB"/>
+    <w:rsid w:val="00D60809"/>
     <w:rsid w:val="00D6565D"/>
     <w:rsid w:val="00D91CE6"/>
     <w:rsid w:val="00DC40DC"/>
     <w:rsid w:val="00DC476F"/>
     <w:rsid w:val="00DC5DE0"/>
     <w:rsid w:val="00DC6412"/>
     <w:rsid w:val="00DD47BD"/>
     <w:rsid w:val="00DE552B"/>
     <w:rsid w:val="00DE6F59"/>
     <w:rsid w:val="00DF69C8"/>
     <w:rsid w:val="00E01EBB"/>
+    <w:rsid w:val="00E271B7"/>
+    <w:rsid w:val="00E56C9E"/>
     <w:rsid w:val="00E70286"/>
+    <w:rsid w:val="00E870D4"/>
+    <w:rsid w:val="00EB5347"/>
+    <w:rsid w:val="00EB5AF4"/>
     <w:rsid w:val="00EC1308"/>
     <w:rsid w:val="00EE1A8D"/>
+    <w:rsid w:val="00EE23E5"/>
     <w:rsid w:val="00EE5AEA"/>
+    <w:rsid w:val="00EF7D7D"/>
+    <w:rsid w:val="00F0686C"/>
     <w:rsid w:val="00F075F1"/>
     <w:rsid w:val="00F21ABB"/>
+    <w:rsid w:val="00F2553B"/>
+    <w:rsid w:val="00F34CA8"/>
     <w:rsid w:val="00F547E5"/>
     <w:rsid w:val="00F56014"/>
     <w:rsid w:val="00F73685"/>
     <w:rsid w:val="00F81762"/>
     <w:rsid w:val="00FA2D17"/>
     <w:rsid w:val="00FD3746"/>
     <w:rsid w:val="00FD3E4B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -5413,61 +7892,64 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004E0250"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE5AEA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
@@ -5795,99 +8277,100 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="345598870">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="369187786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2096586676">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6136,66 +8619,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1010</Words>
-  <Characters>5759</Characters>
+  <Words>979</Words>
+  <Characters>5584</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6756</CharactersWithSpaces>
+  <CharactersWithSpaces>6550</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>