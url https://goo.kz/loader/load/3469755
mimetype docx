--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,22967 +1,17945 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00692F1E">
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="5103"/>
+        <w:ind w:left="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0FCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0FCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AC0FCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приказу Министра </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="6096"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+        <w:t xml:space="preserve">образования и науки </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00692F1E">
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="5103"/>
+        <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Білім және ғылым министрінің </w:t>
+        <w:t xml:space="preserve">Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00692F1E">
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="000E63FA" w:rsidP="00641B5E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="5103"/>
+        <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>201</w:t>
+        <w:t xml:space="preserve">от </w:t>
       </w:r>
-      <w:r w:rsidR="009D117B">
+      <w:r w:rsidR="003001DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4 февраля</w:t>
+      </w:r>
+      <w:r w:rsidR="00641B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00825268">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="001D5BB4">
+      <w:r w:rsidR="00641B5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жылғы 4 ақпандағы</w:t>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00692F1E">
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="5103"/>
+        <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қосымша</w:t>
+        <w:t>№</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:firstLine="5103"/>
+      <w:r w:rsidR="003001DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> 57</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00692F1E" w:rsidRPr="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00692F1E">
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00692F1E" w:rsidRPr="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00692F1E">
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="5103"/>
+        <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692F1E">
+    </w:p>
+    <w:p w:rsidR="00641B5E" w:rsidRPr="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ұлттық бірыңғай тестілеуді</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="5103"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00641B5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00692F1E">
+        <w:t>Приложение 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E" w:rsidP="00641B5E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="6096"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>өткізу қағидаларына</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="5103"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00692F1E">
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641B5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5-қосымша</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641B5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>равилам проведения единого национального тестирования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00692F1E" w:rsidRDefault="00692F1E" w:rsidP="00142CBC">
-[...20 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00641B5E" w:rsidRDefault="00641B5E"/>
+    <w:p w:rsidR="000E63FA" w:rsidRDefault="000E63FA"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9356" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9640" w:type="dxa"/>
+        <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1701"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C66CE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="00C66CE5" w:rsidRPr="00C66CE5" w:rsidTr="00641B5E">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9356" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="9640" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00692F1E" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="00C66CE5" w:rsidRPr="00641B5E" w:rsidRDefault="00C66CE5" w:rsidP="00641B5E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00692F1E">
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ұлттық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+              <w:t>Перечень групп образовательных программ с указанием профильных предметов единого национального тестирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C66CE5" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C66CE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00C66CE5" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C66CE5" w:rsidRDefault="00C66CE5" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00727910" w:rsidRPr="00727910" w:rsidRDefault="00727910" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C66CE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00C66CE5" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C66CE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00C66CE5" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E1C11">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Номер группы образовательной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E1C11">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование групп образовательных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Профильные предметы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="887"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00692F1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C66CE5" w:rsidRPr="00142CBC" w:rsidRDefault="00C66CE5" w:rsidP="00003047">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00B42C9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00142CBC" w:rsidRPr="00142CBC" w:rsidRDefault="00142CBC" w:rsidP="00003047">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 профильный предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="006E1C11" w:rsidRDefault="006E1C11" w:rsidP="00B42C9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 профильный предмет</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2BDC" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
-          <w:trHeight w:val="676"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2BDC" w:rsidRPr="007B2BDC" w:rsidRDefault="007B2BDC" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...108 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007B2BDC" w:rsidRPr="007B2BDC" w:rsidRDefault="007B2BDC" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...74 lines deleted...]
-            <w:tcW w:w="4394" w:type="dxa"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогика и психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="007B2BDC" w:rsidRPr="007B2BDC" w:rsidRDefault="007B2BDC" w:rsidP="00003047">
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...24 lines deleted...]
-              <w:t>йіндік пәндер</w:t>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B2BDC" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
-[...384 lines deleted...]
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дошкольное обучение и воспитание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00877EE5">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00877EE5">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогика и методика начального обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...96 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00877EE5">
-[...20 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей начальной военной подготовки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:t>География</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
-[...309 lines deleted...]
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей физической культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...52 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>В0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей музыки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E1C11" w:rsidRPr="00C66CE5" w:rsidRDefault="006E1C11" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="383"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>06</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3261" w:type="dxa"/>
+              <w:t>07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей художественного труда и черчения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="77"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00307CFE" w:rsidP="00003047">
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей основы права и экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="77"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей математики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="77"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка учителей физики </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей информатики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00A05654" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей химии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей географии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей по гуманитарным предметам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей казахского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей русского языка и литературы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка учителей иностранного языка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="702"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...77 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка специалистов по социальной педагогике и самопознанию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...45 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка специалистов по специальной педагогике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исполнительское искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>07</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3261" w:type="dxa"/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Искусство эстрады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Инструментальное исполнительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="006C424F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыковедение и искусствоведение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Традиционное музыкальное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AB73E3">
-[...7 lines deleted...]
-              <w:t>Көркем</w:t>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дирижирование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AB73E3">
-[...135 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и композиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE55EB" w:rsidRPr="00C66CE5" w:rsidRDefault="00BE55EB" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Театральное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хореография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Творческий экзамен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аудиовизуальные средства и медиа производство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Изобразительное искусство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="276"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мода, дизайн интерьера и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>промышленный дизайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00AB73E3" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...49 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Философия и этика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00AB73E3" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Религия и теология </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
-          <w:trHeight w:val="77"/>
+          <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>История и археология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="006C424F" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C424F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тюркология и востоковедение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="006C424F" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C424F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="006C424F" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C424F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Переводческое дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>08</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...225 lines deleted...]
-              <w:t>География</w:t>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Филология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский/ Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахская /Русская литература</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>09</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3261" w:type="dxa"/>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Социология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Математика </w:t>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Культурология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Политология и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00877EE5">
-[...29 lines deleted...]
-              <w:t>імдерін</w:t>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>граждановедение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00877EE5">
-[...91 lines deleted...]
-              <w:t>Физика</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00C66CE5">
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66CE5">
-[...13 lines deleted...]
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Журналистика и репортерское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотечное дело, обработка информации и архивное дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахский /Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахская /Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Менеджмент и управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аудит и налогообложение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Финансы, экономика, банковское и страховое дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00307CFE" w:rsidP="00003047">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Маркетинг и реклама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Трудовые навыки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Человек.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6145">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общество.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6145">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биологические и смежные науки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00B42C9E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B42C9E" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Окружающая среда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B42C9E" w:rsidRPr="00641B5E" w:rsidRDefault="00B42C9E" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E10004" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E10004" w:rsidRPr="00641B5E" w:rsidRDefault="00E10004" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E10004" w:rsidRPr="00641B5E" w:rsidRDefault="00E10004" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наука о земле</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E10004" w:rsidRPr="00641B5E" w:rsidRDefault="00E10004" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E10004" w:rsidRPr="00641B5E" w:rsidRDefault="00E10004" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Химия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
-            <w:r w:rsidR="00877EE5" w:rsidRPr="00877EE5">
-[...69 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00877EE5">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика и статистика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00877EE5">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Механика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информационные технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информационная безопасность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Коммуникации и коммуникационные технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химическая инженерия и процессы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="545"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Материаловедение и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электротехника и энергетика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электротехника и автоматизация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="667"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Механика и металлообработка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00C66CE5" w:rsidRDefault="00877EE5" w:rsidP="00003047">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00C66CE5">
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66CE5">
-[...13 lines deleted...]
-            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Автотранспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00307CFE" w:rsidP="00003047">
-[...81 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Морской транспорт и технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00C66CE5">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00877EE5">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воздушный транспорт и технологии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00877EE5">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Производство продуктов питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Производство материалов (стекло, бумага, пластик, дерево)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Текстиль: одежда, обувь и кожаные изделия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Горное дело и добыча полезных ископаемых</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="0055349B" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Технология фармацевтического производства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Архитектура </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Градостроительство, строительные работы и гражданское строительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кадастр и землеустройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандартизация,  сертификация и метрология (по отраслям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00641B5E" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00641B5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="378"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растениеводство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...19 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="00A05654">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00AB73E3" w:rsidRDefault="00307CFE" w:rsidP="00003047">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Животноводство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008D406C" w:rsidRPr="00C66CE5" w:rsidRDefault="008D406C" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
-            <w:r w:rsidR="006F5917" w:rsidRPr="00AB73E3">
-[...134 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
-[...236 lines deleted...]
-      <w:tr w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Лесное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рыбное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Землеустройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>изика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05654">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Водные ресурсы и водопользования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сестринское дело</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008E3DD4" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E3DD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фармация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общая медицина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стоматология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педиатрия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Медицинская диагностика и технологии лечения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A4CE3" w:rsidRPr="00C66CE5" w:rsidRDefault="008A4CE3" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Социальная работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="303"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="004A1ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3261" w:type="dxa"/>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Туризм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00AB73E3" w:rsidRDefault="00307CFE" w:rsidP="00003047">
-[...97 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00AB73E3" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...31 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Досуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00AB73E3" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Творческий экзамен </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
-[...242 lines deleted...]
-      <w:tr w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="00062313">
+            <w:r w:rsidR="004A1ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>16</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="006F5917" w:rsidRDefault="00307CFE" w:rsidP="00003047">
-[...143 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ресторанное дело и гостиничный бизнес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="006F5917" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...55 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="006F5917" w:rsidRPr="006F5917" w:rsidRDefault="006F5917" w:rsidP="00003047">
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5917" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
-[...16760 lines deleted...]
-      <w:tr w:rsidR="009E5289" w:rsidRPr="00C66CE5" w:rsidTr="00003047">
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
         <w:trPr>
           <w:trHeight w:val="389"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009E5289" w:rsidRPr="00C66CE5" w:rsidRDefault="009E5289" w:rsidP="00003047">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
-            <w:r w:rsidR="0071156A">
+            <w:r w:rsidR="004A1ECA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3261" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009E5289" w:rsidRPr="009E5289" w:rsidRDefault="009E5289" w:rsidP="00003047">
-[...50 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Санитарно-профилактические мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00641B5E">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="389"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Транспортные услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="389"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правоохранительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Человек.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6145">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-            <w:r w:rsidRPr="009E5289">
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общество.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6145">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Право</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidTr="00240387">
+        <w:trPr>
+          <w:trHeight w:val="389"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1ECA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пожарная безопасность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Математика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...785 lines deleted...]
-            <w:r w:rsidRPr="00AB73E3">
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E7D21" w:rsidRPr="00C66CE5" w:rsidRDefault="001E7D21" w:rsidP="00A05654">
+            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00393E4A" w:rsidRDefault="00393E4A" w:rsidP="00C66CE5">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="007F03A0">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00C50826">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Қазақстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -22978,51 +17956,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Әділет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">________ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>облысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -23047,51 +18025,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Әділет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -23100,51 +18078,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>акті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> 07.02.2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -23161,51 +18139,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>актілерді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>тіркеудің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -23238,111 +18216,118 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>болып</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>енгізілді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="007F03A0">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00C50826">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>образования</w:t>
+        <w:t>образован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ия</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -23354,58 +18339,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>РК</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Директ</w:t>
-[...6 lines deleted...]
-        <w:t>ор</w:t>
+        <w:t>Директор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Нурсейт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -23462,51 +18440,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>проверки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>юстиции</w:t>
       </w:r>
       <w:r>
@@ -23656,83 +18634,83 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>проверки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+    <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>образования</w:t>
       </w:r>
       <w:r>
@@ -23868,80 +18846,78 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>проверки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007F03A0" w:rsidSect="00003047">
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId9"/>
+    <w:sectPr w:rsidR="00C50826" w:rsidSect="00641B5E">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="993" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0007151D" w:rsidRDefault="0007151D" w:rsidP="00C66CE5">
+    <w:p w:rsidR="00110CFB" w:rsidRDefault="00110CFB" w:rsidP="00C66CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0007151D" w:rsidRDefault="0007151D" w:rsidP="00C66CE5">
+    <w:p w:rsidR="00110CFB" w:rsidRDefault="00110CFB" w:rsidP="00C66CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -23952,325 +18928,270 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+  <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 18275 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="0007151D"/>
-  <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00110CFB"/>
+  <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>ИС «ИПГО». Копия электронного документа. Дата  07.02.2019.</w:t>
+      <w:t xml:space="preserve">ИС «ИПГО». </w:t>
+    </w:r>
+    <w:r>
+      <w:t>Копия электронного документа. Дата  07.02.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="007F03A0" w:rsidRDefault="0007151D">
+  <w:p w:rsidR="00C50826" w:rsidRDefault="00110CFB">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  07.02.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0007151D" w:rsidRDefault="0007151D" w:rsidP="00C66CE5">
+    <w:p w:rsidR="00110CFB" w:rsidRDefault="00110CFB" w:rsidP="00C66CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0007151D" w:rsidRDefault="0007151D" w:rsidP="00C66CE5">
+    <w:p w:rsidR="00110CFB" w:rsidRDefault="00110CFB" w:rsidP="00C66CE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-2117667031"/>
+      <w:id w:val="-254517539"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00877EE5" w:rsidRPr="00692F1E" w:rsidRDefault="00877EE5" w:rsidP="00692F1E">
+      <w:p w:rsidR="00A05654" w:rsidRDefault="00A05654" w:rsidP="00641B5E">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00E75BD6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00E75BD6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00E75BD6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="001D5BB4">
+        <w:r w:rsidR="003001DC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00E75BD6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-    </w:sdtContent>
-[...21 lines deleted...]
-      <w:p w:rsidR="00692F1E" w:rsidRPr="00692F1E" w:rsidRDefault="00692F1E">
+      <w:p w:rsidR="00A05654" w:rsidRPr="00641B5E" w:rsidRDefault="00110CFB" w:rsidP="00641B5E">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00692F1E">
-[...34 lines deleted...]
-        </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00877EE5" w:rsidRPr="00877EE5" w:rsidRDefault="00877EE5">
-[...6 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A7710"/>
-    <w:rsid w:val="00003047"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00307CFE"/>
+    <w:rsid w:val="000134FE"/>
+    <w:rsid w:val="000E63FA"/>
+    <w:rsid w:val="00110CFB"/>
+    <w:rsid w:val="001E7D21"/>
+    <w:rsid w:val="00240387"/>
+    <w:rsid w:val="003001DC"/>
+    <w:rsid w:val="00345279"/>
     <w:rsid w:val="00393E4A"/>
     <w:rsid w:val="003A7710"/>
-    <w:rsid w:val="003F4598"/>
+    <w:rsid w:val="00441F92"/>
     <w:rsid w:val="004943EB"/>
-    <w:rsid w:val="00692F1E"/>
+    <w:rsid w:val="004A1ECA"/>
+    <w:rsid w:val="0055349B"/>
+    <w:rsid w:val="00641B5E"/>
     <w:rsid w:val="006C424F"/>
-    <w:rsid w:val="006E2D54"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00C42F27"/>
+    <w:rsid w:val="006E1C11"/>
+    <w:rsid w:val="00727910"/>
+    <w:rsid w:val="007A5D0C"/>
+    <w:rsid w:val="007C0F57"/>
+    <w:rsid w:val="007D7B12"/>
+    <w:rsid w:val="00825268"/>
+    <w:rsid w:val="008A4CE3"/>
+    <w:rsid w:val="008D406C"/>
+    <w:rsid w:val="008E3DD4"/>
+    <w:rsid w:val="00941B44"/>
+    <w:rsid w:val="00A05654"/>
+    <w:rsid w:val="00B1467F"/>
+    <w:rsid w:val="00B40A86"/>
+    <w:rsid w:val="00B42C9E"/>
+    <w:rsid w:val="00BE55EB"/>
+    <w:rsid w:val="00C50826"/>
     <w:rsid w:val="00C66CE5"/>
+    <w:rsid w:val="00D7538B"/>
+    <w:rsid w:val="00DB4ACD"/>
+    <w:rsid w:val="00E10004"/>
+    <w:rsid w:val="00E52682"/>
     <w:rsid w:val="00E75BD6"/>
-    <w:rsid w:val="00EB700F"/>
+    <w:rsid w:val="00EB6145"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -24474,67 +19395,67 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C66CE5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C66CE5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00692F1E"/>
+    <w:rsid w:val="00641B5E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00692F1E"/>
+    <w:rsid w:val="00641B5E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -24738,101 +19659,100 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C66CE5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C66CE5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00692F1E"/>
+    <w:rsid w:val="00641B5E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00692F1E"/>
+    <w:rsid w:val="00641B5E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="834806112">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25076,71 +19996,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC0E8198-383A-43FA-B389-C152EFE4F589}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>995</Words>
-  <Characters>5677</Characters>
+  <Words>1030</Words>
+  <Characters>5872</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6659</CharactersWithSpaces>
+  <CharactersWithSpaces>6889</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Жумабекова Айгуль Баймурзиновна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>