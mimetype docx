--- v0 (2025-12-06)
+++ v1 (2026-01-11)
@@ -1,4433 +1,4263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>О Концепции государственной молодежной политики Республики Казахстан до 2020 года "Казахстан 2020: путь в будущее"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007718FE">
-[...9 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 27 февраля 2013 года № 191</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...9 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007718FE">
-[...49 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Во исполнение пункта 16 Плана мероприятий по реализации поручений Президента Республики Казахстан Назарбаева Н.А., данных на XIX сессии Ассамблеи народа Казахстана, утвержденного распоряжением Государственного секретаря Республики Казахстан от 18 мая 2012 года № 2, Правительство Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. Одобрить прилагаемую Концепцию государственной молодежной политики Республики Казахстан до 2020 года «Казахстан 2020: путь в будущее».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Министерству образования и науки Республики Казахстан совместно с заинтересованными центральными и местными государственными органами в месячный срок разработать План мероприятий по реализации Концепции государственной молодежной политики Республики Казахстан до 2020 года «Казахстан 2020: путь в будущее» и внести его на утверждение в Правительство Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> 3. Настоящее постановление вводится в действие со дня подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a5"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> Премьер-Министр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> С. Ахметов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Одобрена         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> постановлением Правительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> Республики Казахстан   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 27 февраля 2013 года № 191</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>   КОНЦЕПЦИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> государственной молодежной политики Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>до 2020 года «Казахстан 2020: путь в будущее»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...360 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Раздел 1. Видение развития государственной молодежной политики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Раздел 2. Основные принципы и общие подходы развития государственной молодежной политики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> Раздел 3. Перечень нормативных правовых актов, посредством которых предполагается реализация Концепции государственной молодежной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>политики Республики Казахстан до 2020 года «Казахстан 2020: путь в будущее»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Казахстанцы – динамичная и молодая нация: каждый второй житель республики моложе 30 лет. С уровнем развития казахстанской молодежи, ее интеграцией в общество связано будущее Казахстана, основы которого закладываются в настоящем.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Приоритеты молодежной политики являются одними из ключевых целей Стратегии «Казахстан - 2050», инициированной Президентом Республики Казахстана - Лидером нации Н.А. Назарбаевым.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сегодня страна ставит перед собой новые масштабные задачи по социальной модернизации, форсированной инновационной индустриализации и экономической интеграции. Закрепив достижения 20 лет независимости, Казахстан намерен в третьем десятилетии XXI века уверенно продвигаться к цели – войти в число 30 развитых стран мира.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В этих условиях огромная надежда и ответственность возлагаются на молодежь, которой предстоит продолжить эстафету созидательных дел старшего поколения, поднять планку национальной конкурентоспособности еще выше, обеспечить Казахстану в XXI веке процветание и мировое признание.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Такая миссия под силу только профессионально образованной, физически и нравственно здоровой, конкурентоспособной, патриотичной и социально ответственной молодежи. В этой связи приоритетной задачей государства становится адаптация государственной молодежной политики к требованиям времени, в котором молодежь становится важным фактором конкурентоспособности Казахстана.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Государственная молодежная политика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С первых лет независимости вопросы успешной социализации молодого поколения были и остаются в центре внимания государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В 1994 году Казахстаном ратифицирована Конвенция о правах ребенка. 28 августа 1999 года распоряжением Президента Республики Казахстан одобрена Концепция государственной молодежной политики Республики Казахстан. В последующем с принятием данного документа Правительством, начиная с 2001 года, реализован ряд программ, в том числе «Молодежь Казахстана», Программа молодежной политики на 2003 - 2004 годы, Программа молодежной политики на 2005 - 2007 годы, а также Государственная программа патриотического воспитания граждан Республики Казахстан на 2006 - 2008 годы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Все указанные программы были нацелены на обеспечение социальных прав молодежи в области образования, труда и занятости, охраны здоровья, развития творческого потенциала, создание условий для широкой социализации молодежи и формирование ценностей патриотизма.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Институциональной основой для последующей реализации молодежной политики стало принятие Закона Республики Казахстан от 7 июля 2004 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«О государственной молодежной политике в Республике Казахстан». С 2010 года молодежная политика реализуется в рамках Государственной программы развития образования Республики Казахстан на 2011 - 2020 годы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В 2008 году по итогам I съезда Молодежного крыла «ЖасОтан» при Народно-Демократической партии «НурОтан» (далее – НДП «НурОтан») был создан Совет по молодежной политике при Президенте Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Одним из ключевых направлений государственной молодежной политики является поддержка инициатив молодежных организаций в рамках государственного социального заказа, объем которого за прошедшие 7 лет вырос более чем в 10 раз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Дальнейшим этапом совершенствования процессов взаимодействия государства и молодежи стало создание в структуре Министерства образования и науки Комитета по делам молодежи и управлений по вопросам молодежной политики городов Астаны, Алматы и областей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В целом, к настоящему времени на улучшение социально-экономических условий, становление и всестороннее развитие будущих поколений направлены не только специальные молодежные, но и реализуемые сегодня в стране масштабные государственные программы развития образования, здравоохранения, языков, форсированного индустриально-инновационного развития; программы «100 школ, 100 больниц», «Балапан»  «Занятость-2020», «Дорожная карта бизнеса - 2020», «Доступное жилье - 2020».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Демографическая ситуация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Молодежь Казахстана в возрасте от 14 до 29 лет составляет свыше 26 % населения страны. В 2012 году ее численность приблизилась к 4,4 млн. человек.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Наибольший удельный вес молодежи от общей численности населения области, а также города республиканского значения приходится на города Астана и Алматы, а также Актюбинскую область, где молодые люди в возрасте от 14 до 29 лет составляют 29 %.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> Наименьший удельный вес молодежи от общей численности приходится на Северо-Казахстанскую область – 22 %, в Акмолинской, Восточно-Казахстанской, Карагандинской и Павлодарской областях – 24 %.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Для казахстанской молодежи характерен высокий образовательный уровень. Число молодежи, имеющей высшее образование, за последнее десятилетие выросло в 3 раза, среднее специальное образование почти в 2 раза. Число сельской молодежи, имеющей высшее образование, выросло в 6 раз, городской – в 4 раза. В целом, высшее, незаконченное высшее и средне-специальное образование имеют 40 % казахстанской молодежи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Молодежные организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">За последнее десятилетие их количество в стране увеличилось более чем в 7 раз. Продолжается процесс консолидации молодежи в таких массовых организациях как Конгресс молодежи Казахстана (2002) и Молодежное крыло «ЖасОтан» (2008) при НДП «НурОтан». В 2005 году было создано общественное объединение студенческой молодежи «Альянс студентов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Казахстана».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С 2011 года действует «Ассоциация молодых депутатов Казахстана», а во всех регионах республики – молодежные маслихаты. В 2011 году появились новые организации для детей и юношества - «ЖасКыран» и «Жас Улан», приоритетной задачей которых является патриотическое воспитание.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Реализуется целый ряд молодежных программ и инициатив: «Молодежная практика», «Жасыл ел», «С дипломом в село!», «Молодежный кадровый резерв», «Школа государственной службы», «Жастар - Отанға!», которые получают широкий позитивный общественный резонанс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Занятость</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Государственная молодежная политика в сфере труда и занятости осуществляется посредством реализации программ трудоустройства молодежи, развития общественных работ и обучения молодежи на курсах профессиональной подготовки и повышения квалификации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В 2011 году численность экономически активного населения в возрасте 15 лет и старше достигла 8,8 млн. человек. В структуре занятых (8,3 млн. человек), около трети (30,5 %) составили лица в возрасте 25-34 лет и 14,5 % - молодежь от 15 до 24 лет. В структуре занятости наемный труд превалирует у городской молодежи на 78,3 %, сельской – 40,9 %.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Уровень безработицы среди молодежи в среднесрочном периоде (начиная с 2005 года) находился в пределах от 13,4 до 4,6 % (при общем уровне безработицы в 8,1 – 5,4 %).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> В 2012 году уровень безработицы среди молодежи (4,6 %) впервые за многие годы оказался ниже общего уровня безработицы (5,4 %). Уровень молодежной безработицы выше в городах. В 2011 году он составил 5,6 %, тогда как на селе – 3,8 %.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Проводимая с первых лет независимости государственная молодежная политика сыграла стабилизирующую роль в жизни общества, позволила смягчить трудности жизненного старта, с которыми неизбежно сталкиваются молодые люди, создала условия для социализации молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...259 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007718FE">
-[...354 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>   РАЗДЕЛ 1. ВИДЕНИЕ РАЗВИТИЯ ГОСУДАРСТВЕННОЙ МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1. Актуальные проблемы современной молодежи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Угрозы и риски в вопросах социализации казахстанской молодежи формируют актуальную повестку государственной молодежной политики, вокруг которой должны быть сфокусированы усилия всех государственных органов, корпоративного сектора и институтов гражданского общества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. Давление глобализации на систему традиционных ценностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Процессы глобализации открывают национальные границы государств с разным уровнем экономического, социального, политического и культурного развития. Происходит размывание традиционных ценностей под давлением массовой культуры потребления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> Сегодня во всем мире национальные государства заинтересованы предложить молодому поколению убедительную систему ценностей, позволяющую </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сохранить преемственность в развитии общества в условиях открытого мира.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Недоминантный статус ценностей труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В молодежной среде в настоящее время усиливается прагматическая ориентация. В ряду жизненных ценностей наиболее значимым становится стремление к материальному достатку. При этом зачастую жизненный успех, достижение высокого социального статуса не связываются напрямую с собственными способностями трудиться, последовательно добиваться поставленных целей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> 3. Патернализм и социальный инфантилизм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Мировая практика показывает, что экономический рост сопровождается увеличением социальных ожиданий в обществе, способствует распространению патерналистских настроений в отношении государства и формированию поколения инфантильных граждан. Подобные явления наблюдаются и в Казахстане. Социологические исследования свидетельствуют: сегодня 58 % молодежи Казахстана полностью рассчитывает на помощь со стороны государства в решении собственных проблем, 92,5 % юношей и девушек ожидают прямого содействия и протекции в трудоустройстве.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. Культ потребления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Одним из проявлений мировоззренческого кризиса молодежи является культ потребления, ставшего частью кризиса общества всеобщего потребления. Потребительские практики приобрели характерные черты и особенности современного стиля жизни молодежи, для которой обладание материальными благами становится самоцелью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5. Риск радикализации молодежной среды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Не имеющая жизненного опыта и знаний молодежь подвержена риску оказаться под влиянием внутренних и внешних деструктивных сил, рекрутирующих молодежь для реализации своих политических целей. Проникновение в молодежную среду экстремистских взглядов и идей, провоцирование молодежи на противоправные действия способны нарушить межэтническое, межкультурное и межконфессиональное согласие в обществе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> 6. Маргинализация молодежи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В условиях предпринимаемой государством ускоренной социальной модернизации появляются «отстающие» от преобразований социальные группы, чье поведение зачастую отличается от общепринятых, устоявшихся норм. Появление социальных аутсайдеров или маргинальной молодежи обусловлено трудностями интеграции в общество и адаптации к новым социально-экономическим условиям.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Вместе с тем, процесс социализации молодежи, ее вовлечение в общественно-политическую жизнь будут основываться на следующих ценностях:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Патриотизм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«Быть патриотом – это носить Казахстан в своем сердце», - так определил эту ценность Глава нашего государства. Для молодых казахстанцев ярким примером патриота своей страны является трудовой и жизненный путь Лидера Нации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Родина начинается в семье, где формируется особое личностное отношение к своей земле, ее истории, культуре, населяющим ее людям, будням и праздникам, символам государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Предельно важно сформировать у молодежи понимание того, что патриотизм – это великая ответственность за себя, свою семью и нашу Родину.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Единство народа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Стабильность – основа успеха и один из главных итогов 20-летия развития Казахстана. Единство полиэтничного и многоконфессионального народа Казахстана - абсолютная ценность и задача всех поколений - оберегать эту ценность и преумножать во имя процветания страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Культурное многообразие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> – ценность, которая не разделяет, а объединяет. Менталитет народа Казахстана, основанный на этническом многообразии, не должен раствориться в мировом потоке культуры, он должен быть сохранен молодым поколением в качестве уникального национального достояния.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Влияя на процессы нравственного формирования молодежи, государство должно уделять внимание росту общего уровня культуры, развитию коммуникационных технологий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Необходимо добиваться соответствия уровня развития молодежи требованиям третьего тысячелетия. Важным направлением работы должно стать обеспечение прав на свободу совести и вероисповедания в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Толерантность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Уникальная модель межэтнического и межконфессионального согласия Главы нашего государства должна стать основой формирования толерантности молодого поколения, спокойного понимания и уважительного восприятия ею этнических и религиозных отличий. Молодежь страны, которая является местом диалога культур, религий и цивилизации, мостом между Востоком и Западом более, чем кто-либо должна быть заинтересована в распространении культуры мира и согласия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Законопослушность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Очевидно, что только законопослушные граждане способны совершенствовать демократию и строить подлинно правовое государство. Жизненной привычкой молодежи должно стать неукоснительное следование букве и духу закона. Это особенно важно на этапе, когда у подрастающего поколения только формируются навыки «взрослой» жизни. Рост правового сознания, формирование уважения к установленным правилам и нормам поведения должны стать объектом особого внимания всех социальных институтов. Авторитет закона должен прочно закрепиться в сознании казахстанской молодежи как базовая ценность современного этапа развития.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Традиционные ценности молодежи – образование и карьера должны быть пересмотрены с учетом четкой ориентированности системы образования на рынок труда, обеспечения соответствия системы образования и профессиональной подготовки экономическим, социальным и предпринимательским реалиям с учетом выявленных потребностей и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>технологических новшеств. Повышение престижности науки среди молодежи и привлечение их к разработке инновационных проектов должны стать одним из основных ориентиров молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Трудолюбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В обществе всеобщего труда важнейшей базовой ценностью молодежи должны стать трудолюбие и особая трудовая этика, в основе которой лежит вовлеченность молодежи в экономико-трудовую деятельность. В этой связи беспрецедентный шанс для самореализации молодежи представляют программы «Социальная модернизация Казахстана: двадцать шагов к обществу всеобщего труда», Государственная программа форсированного индустриально-инновационного развития Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Большую экономическую ценность представляет высокая мобильность молодежи. Согласно исследованиям треть молодежи готова поехать за работой в любой регион страны. Готовность к социальной адаптации в любых условиях, естественное стремление молодых людей самоутвердиться могут решить вопрос внутренней миграции в точках роста – Астане, Алматы, Шымкенте, Актобе, Актау.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Инновационность, наука и инновации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Переход к инновационной экономике актуализирует задачу формирования инновационного поведения казахстанской молодежи. Молодость не любопытна ко всему, что ассоциируется у нее со вчерашним днем. Поэтому в силу своей восприимчивости ко всему новому, адаптивности к жизненным переменам, творческой интеллектуальной энергии и готовности к социально активной деятельности, молодежь должна стать проводником и ускорителем внедрения в практику новых идей, инициатив и технологий. С ней должен быть связан прогресс казахстанской науки, особенно естественных, технических наук. Путь молодежи в науку – это путь в будущее.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Семья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Семья в Казахстане всегда рассматривалась в качестве важнейшего социообразующего элемента. Она является основой бытия общества, государства, важнейшим звеном в системе нравственных и духовных координат человека.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Особой заботой должны быть окружены пожилые люди и дети, что издавна принято у народа Казахстана. Формирование чувства социальной ответственности за себя и своих близких должно стать ключевым в вопросах молодежной политики, начиная с воспитания в семье. Неразрывно связана с семьей ценность жизни, ее безопасность и продолжение.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Здоровье и спорт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В поле реализации государственной молодежной политики должна войти пропаганда ценности здоровья и спорта. По-прежнему высоко значимым остается принцип солидарной ответственности за свое здоровье, отказа от вредных привычек, ведение здорового образа жизни.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Спорт в Казахстане сегодня является именно той сферой, где социальные лифты работают наиболее отлаженно. Глобальные успехи казахстанских спортсменов наглядно показывают, что парни и девушки, проявляя яркий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>талант, упорство, характер и трудолюбие, могут добиться высоких результатов, а вместе с ними славы, почета, уважения и материального благополучия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Развитие спорта и массовой физической культуры должно стать особым приоритетом молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Позитивные идеалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Рыночная экономика и постиндустриальное развитие Казахстана обуславливают необходимость формирования новых стратегий социально-экономического поведения молодежи. Профессиональное самоопределение и карьера, интеграция в сферу труда и стремление к успеху должны рассматриваться как важный механизм социализации молодежи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>При этом важно формировать у молодежи приверженность принципам меритократии («власть достойных»). Главным атрибутом современной профессиональной карьеры должно стать продвижение по ступеням статусной, профессиональной, должностной иерархии исключительно по заслугам. Молодежь должна двигаться вперед, имея позитивные идеалы и равняясь на лучших, тех, кто поднялся на вершину успеха благодаря собственному таланту, работоспособности и личной ответственности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Новая экологическая этика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Развитие «зеленой экономики» как основы индустриализации актуализирует экологические вопросы. Молодежь должна стать носителем новой экологической этики, бережно относиться к родной земле и ее природным богатствам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...154 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2. Цель и задачи Концепции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        <w:t> Процесс социализации молодежи – это главный механизм включения молодых людей в общественно-политическую жизнь. Объективно вопрос участия молодых поколений в общественном развитии – это вопрос темпов, характера и качества развития страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Полнокровная интеграция молодежи в социально-экономические и политические процессы обеспечивается на основе широкого взаимодействия государства, институтов гражданского общества и бизнес-сообщества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В то же время, государство и общество, оказывая поддержку молодым людям, должны воздерживаться от чрезмерной опеки, способной снизить у молодых людей стимул к самостоятельному поиску своего места в жизни.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Таким образом, цель Концепции заключается в формировании эффективной модели государственной молодежной политики, направленной на успешную социализацию молодых людей, направление их потенциала на дальнейшее развитие страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Достижение поставленной цели предполагает реализацию следующих задач:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) обеспечение доступного и качественного образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) формирование здорового образа жизни;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) повышение правовой культуры и формирование у молодежи уважения к основополагающим ценностям государственности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) создание условий для трудоустройства молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> 5) развитие системы доступного жилья для молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> 6) приобщение молодежи к культурным ценностям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> 7) стимулирование гражданской и патриотической самореализации молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> 8) обеспечение преемственности морально-нравственных ориентиров в молодежной среде;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9) научно-исследовательское обеспечение и совершенствование нормативно-правовой базы государственной молодежной политики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10) вовлечение молодежи в реализацию «Стратегии Казахстан-2050».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>      Мемлекеттік жастар саясатын одан әрі дамыту кезең-кезеңімен былайша жүзеге асырылатын болады:</w:t>
-[...212 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3. Периоды реализации и ожидаемые результаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Дальнейшее развитие государственной молодежной политики будет осуществляться поэтапно следующим образом:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) период с 2013 года до 2015 года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В рамках реализации Концепции будет сформирована эффективная модель межведомственного взаимодействия, конкретизирующая компетенцию и зону ответственности центральных государственных и местных исполнительных органов, институтов гражданского общества и бизнеса.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целях достижения указанной задачи следует совершенствовать подходы к взаимодействию государства и молодежи посредством консультативно-совещательных органов при акимах всех уровней. Совет по молодежной политике при Президенте Республики Казахстан продолжит работу по повышению координирующей роли в вопросах выработки рекомендаций, направленных на постоянное совершенствование молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В реализацию программ молодежной политики будут вовлечены Федерация профсоюзов Республики Казахстан, Национальная экономическая палата «Союз Атамекен», акционерное общество «Фонд национального благосостояния «Самрук-Казына» и молодежные организации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В предстоящий период будет реализована новая схема взаимодействия центральных государственных, местных исполнительных и представительных органов с республиканскими и региональными молодежными организациями, основанная на принципах проектного подхода и достижения социального результата. На центральном и местном уровнях получит активное применение отраслевой принцип размещения социального заказа, позволяющий реализовывать социальные проекты на среднесрочной прогнозной основе с охватом всех категорий молодежи. На первом этапе реализации Концепции будут разработаны первоочередные мероприятия молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Будут последовательно совершенствоваться условия прохождения и участия молодежи в проектах, нацеленных на обеспечение занятости, трудоустройства, доступного жилья и практической поддержки перспективных бизнес-идей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>На начальном этапе реализации Концепции будет начата работа по формированию целостной инфраструктуры, нацеленной на адресное взаимодействие с молодежью по местожительству, учебы и работы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">В процессе осуществления Концепции будут разрабатываться принципиально </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>новые инструменты мониторинга, анализа и регулирования государственной молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Усилия всех заинтересованных сторон будут обеспечиваться целевым информационным сопровождением, учитывающим потребности молодежи и тенденции в молодежной среде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) период с 2015 года до 2020 года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Важным условием станет внедрение целевых индикаторов оценки реализации всех бюджетных программ, затрагивающих интересы и потребности молодежи. Будет проведен анализ мероприятий, реализуемых государственными органами в сфере молодежной политики, по результатам которого предполагается рассмотреть возможность выделения целевых трансфертов для реализации задач в сфере государственной молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Будет рассмотрен вопрос о создании центров поддержки инициатив молодежи и оказания ими всего спектра государственных и информационных услуг. Повсеместно развивается национальная волонтерская сеть.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> Ключевым условием успешной реализации Концепции является пересмотр подходов к взаимодействию с молодежью в системе образования. Будет проработана возможность организации во всех высших учебных заведениях консультационных услуг молодым семьям, реализации программ по пропаганде ценности семьи, целевых программ по развитию спортивной инфраструктуры, в том числе и в рамках государственно-частного партнерства. Предполагается изучение вопроса модернизации спортивных залов всех учебных заведений, пересмотра стандартов преподавания общей физической культуры и спорта. Повсеместно будут создаваться национальные лиги студенческого спорта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В процесс широкой социализации молодежи будут вовлечены объединения работодателей и профсоюзное движение. На предприятиях среднего и крупного бизнеса будут реализовываться долгосрочные программы поддержки и развития кадрового потенциала, в том числе жилищные, образовательные и оздоровительные программы. Последовательно будут применяться меры социально-экономического стимулирования бизнеса, реализующие программы по укреплению социального самочувствия молодежи в трудовых коллективах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Созданный по поручению Президента Республики Казахстан Н.А. Назарбаева научно-исследовательский центр «Молодежь» станет высокопрофессиональным методическим центром, деятельность которого будет направлена на разработку и проведение социологических исследований, подготовку аналитических обзоров, осуществление мониторинга, а также проведение иных исследований.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Будет изучена возможность начала системной работы по повышению квалификации и обучению представителей всех заинтересованных сторон, обеспечивающих адресное взаимодействие с молодежью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Таким образом, все механизмы взаимодействия с молодежью будут находиться в процессе постоянного развития, при этом приоритетным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>направлением станет совершенствование нормативно-правового обеспечения государственной молодежной политики, как на центральном, так и региональном уровне.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Результатом реализации Концепции государственной молодежной политики должны стать улучшение социально-экономического положения молодых казахстанцев, образовательный и профессиональный рост молодежи, увеличение степени ее вовлеченности в социально-экономическую жизнь общества.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Активное участие молодежи в реализации целей и задач «Стратегии Казахстан-2050» обеспечит поступательное развитие Казахстана в новых условиях глобальной конкуренции – успех молодежи становится прочным залогом успеха всей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>   Раздел 2. ОСНОВНЫЕ ПРИНЦИПЫ И ОБЩИЕ ПОДХОДЫ РАЗВИТИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ГОСУДАРСТВЕННОЙ МОЛОДЕЖНОЙ ПОЛИТИКИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1. Базовые принципы реализации молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>      Жалпы ұлттық, өңірлік және жергілікті деңгейлерде мемлекеттік жастар саясатын іске асыру мынадай қағидаттарға негізделеді:</w:t>
-[...52 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        <w:t>Реализация государственной молодежной политики на общенациональном, региональном и местном уровнях будет основана на принципах:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1) комплексности разработки и реализации молодежной политики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2) межведомственного взаимодействия и вовлечения усилий и ресурсов всех заинтересованных сторон для достижения социального результата;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3) единообразия, адресности и повсеместного охвата всех целевых групп;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4) внедрения передовых методик мониторинга и диагностики, происходящих тенденций для принятия системных управленческих решений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5) целевого информационного сопровождения реализуемых программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2. Основные направления реализации молодежной политики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Обеспечение доступного и качественного образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Знания рассматриваются как ключевой фактор производства, решающий экономический ресурс государства. Качественное образование, высокий уровень функциональной грамотности, профессионализма, заключенного в овладении системой ключевых компетенций, позволят молодежи быть конкурентоспособной и востребованной на рынке труда.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сегодня, когда Казахстан стоит на пороге постиндустриального общества, в котором правит триада «образование-наука-инновации», безусловным пропуском в третье тысячелетие являются знания и профессионализм. В этой связи, процесс модернизации должен быть продолжен как в системе технического и профессионального, так и высшего образования, который должен быть направлен на учет реальных потребностей рынка и диверсифицирующейся экономики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      1) обеспечивать дальнейшее развитие дуальной системы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>профессионального образования с учетом потребностей рынка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) переориентировать размещение государственного образовательного заказа на подготовку специалистов с техническим и профессиональным образованием с учетом потребности рынка труда;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) сориентировать учебные программы на развитие функциональной грамотности и достижение ключевых компетенций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) внедрить эффективные формы и методы обучения для формирования логического, критического и конструктивного мышления;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) содействовать образованию и профессиональной подготовке, ориентированным на трудоустройство, для обеспечения непрерывного совершенствования системы образования под меняющуюся социально-экономическую конъюнктуру, включая потребности рынка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) обеспечить вовлечение молодежи в науку;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) популяризировать образовательные порталы среди молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) разработать систему участия крупных национальных и иностранных компаний в управлении вузами, позволяющую максимально приблизить квалификацию выпускников интересам производства, а также усовершенствовать материально-техническую базу университетов в рамках государственного образовательного заказа, изучить необходимость создания на базе вузов исследовательских центров и лабораторий. Предприниматели и крупные бизнесмены также должны участвовать в создании системы профессиональных квалификаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) предоставить общественности, родителям и самим учащимся больше возможностей влиять на содержание образовательного процесса, качество преподавания, развивать академические свободы, в том числе через управление учебными заведениями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) повысить эффективность студенческого самоуправления в целях продвижения идей Болонского процесса в системе высшего образования Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) активизировать работу социальных молодежных служб по оказанию консультационной помощи учащейся молодежи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Формирование здорового образа жизни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Решение экономических задач не представляется возможным, если молодые казахстанцы не будут физически здоровыми.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Неотъемлемой частью государственной молодежной политики должен стать принцип солидарной ответственности за свое здоровье.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Молодым людям необходимо отказываться от вредных привычек, повышать мотивацию к ведению здорового образа жизни, обращая внимание на профилактические мероприятия. Особым приоритетом должны стать занятия спортом и физической культурой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Понятия «молодежь» и «физическая культура» должны стать неотъемлемой частью образа жизни молодого человека.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) формировать у молодежи привычку к регулярному прохождению профилактических мероприятий и вакцинаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) активизировать работу средств массовой информации по представлению данных о доступности медицинской помощи, включая консультативные услуги, с участием семьи, групп сверстников, учебных заведений, средств массовой информации, медицинских учреждений и других партнеров в рамках здорового образа жизни;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) проработать возможность создания и обеспечения доступа молодежи к единой информационной базе данных по вопросам охраны репродуктивного здоровья;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) рассмотреть вопрос расширения программы по модернизации спортивных залов и оснащению спортивным инвентарем организаций системы образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) обеспечивать доступность спортивных объектов для массового занятия спортом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) в целях развития активного образа жизни и укрепления патриотизма вести пропаганду отечественного экотуризма, разрабатывая новые маршруты и добиваясь роста их популярности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Повышение правовой культуры и формирование уважения у молодежи к основополагающим ценностям государственности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Молодые люди должны четко осознать, что успешная страна - это не только забота старшего поколения, это - завтрашний день самой молодежи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В сознании юношей и девушек должно прочно закрепиться понимание того, что государство – не спонсор молодежи, а сподвижник, создающий условия для ее самореализации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Со стороны молодежи важно понимание того, что только собственным упорным трудом, приобретением качественного образования и использованием его на практике, бережливостью, активным включением в происходящие процессы можно добиться личного успеха и общего процветания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Вместе с тем, гарантируя защиту прав и свобод молодых граждан, государство будет повышать общий уровень правовой культуры и противодействовать социально-негативным явлениям, имеющим место в молодежной среде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечивать реализацию всех необходимых мер по повышению правовой культуры и воспитанию у молодежи уважения к государству как гаранту обеспечения прав и свобод молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) противодействовать правовому нигилизму среди молодежи, внедрять стандарты «нулевой терпимости» к мелким правонарушениям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) совершенствовать систему ювенальной юстиции, конкретизируя меры для профилактики безнадзорности, преступности и иных правонарушений среди несовершеннолетних, защите прав и интересов детей-сирот, детей, оставшихся без попечения родителей, детей из неполных и неблагополучных семей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) предусматривать реабилитацию, а при необходимости реинтеграцию в общество, особенно через учебные заведения, молодых людей, которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>содержатся под стражей или отбывают тюремное заключение в качестве несовершеннолетних правонарушителей, с активным привлечением молодежных социальных служб.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Создание условий для трудоустройства молодежи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государство будет совершенствовать работу по содействию в трудоустройстве и занятости молодежи. Особое внимание будет уделяться участию молодежи в реализации программ по форсированной инновационной индустриализации экономики, модернизации сельского хозяйства, развитии малого и среднего бизнеса, повышении качественного уровня государственной службы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Ни один сегмент молодежи не должен остаться вне государственной политики занятости. Ключевая задача государства – способствовать трудоустройству каждого молодого гражданина.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) по вопросам трудоустройства расширить каналы обратной связи с молодежью через работу диалоговых площадок, виртуальных консультативных сообществ для детального изучения потенциальных возможностей и потребностей молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) предусмотреть механизмы активного вовлечения молодежи в профсоюзные ряды;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обеспечить равные возможности для трудоустройства молодых людей с ограниченными возможностями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) рассмотреть возможность использования дополнительных стимулов для повышения заинтересованности организаций и предприятий, независимо от форм собственности, при приеме на работу молодых специалистов, создании рабочих мест для молодежи, ее профессиональной подготовке и переподготовке, производственном обучении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) создать систему обучения и курирования на местах молодых сотрудников без опыта работы. Развивать институт наставничества на производстве, привлекая для этого на общественных началах вышедших на пенсию специалистов, создавая тем самым условия для преемственности производственной и технологической культуры;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) содействовать появлению в школах консультативных услуг для молодежи в вопросах выбора профессии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Развитие системы доступного жилья для молодежи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Одной из наиболее актуальных проблем молодых семей является наличие собственного жилья. Собственное жилье – это основа крепкой семьи, успешной трудовой карьеры, душевного комфорта и самореализации человека. Государство будет оказывать поддержку молодым людям в приобретении жилья, опираясь на уровень развития и возможности национальной экономики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проработать вопрос совершенствования жилищного законодательства с целью конкретизации мер, направленных на льготное кредитование молодых семей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) изучить возможность пересмотра возрастных ограничений для молодых семей, претендующих на участие в жилищных программах, в сторону увеличения возраста в связи со сложившимися демографическими тенденциями;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) расширять программы строительства студенческих общежитий, в том числе в рамках государственно-частного партнерства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Приобщение молодежи к культурным ценностям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Культура, язык, обычаи и традиции народа хранят в себе его коллективный жизненный опыт, особенные национальные черты, отражающиеся в поведении и мировоззрении народа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Прогрессивность молодежи и стремление к глобализации должны сочетаться с чувством подлинного патриотизма, уважения традиций и культуры народа Казахстана, принципами межэтнического взаимоуважения и межкультурного взаимообогащения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Оказывая влияние на процессы нравственного формирования молодежи и ее гражданской идентификации, государство будет уделять особое внимание контенту отечественной массовой культуры, развитию языков, а также средств коммуникации, способствующих их сохранению и приумножению.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) воспитывать молодых людей в духе уважения к семейным ценностям, создания в семье устойчивой морально-нравственной атмосферы, особого почитания к пожилым людям, трепетного отношения к детям;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) проводить активную пропаганду «триединства языков» (казахский, русский, английский), начиная с дошкольных учреждений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) модернизировать подходы к популяризации народных традиций, обычаев, способствуя освоению молодежью социокультурного опыта и мудрости предшествующих поколений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) проработать возможность более широкого показа документальных и художественных фильмов на английском языке на образовательных телеканалах «Бiлiм», «Мәдениет»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) способствовать устранению информационного неравенства в обществе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) использовать социальные сети в качестве инструмента консолидации молодежи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Стимулирование гражданской и патриотической самореализации молодежи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В современном мире молодые люди являются одними из главных участников социально-политической жизни, формируя собственную гражданскую позицию, овладевая навыками общественной деятельности и поведения. При проведении государственной молодежной политики важно ориентироваться на формирование принципов консолидации и гражданственности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      В современном обществе процесс гражданской идентификации – это, прежде всего, усвоение демократических ценностей, уважение к закону, включенность в национальную культуру. Результатом такого процесса в идеале являются зрелый гражданин, не подверженный колебаниям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>политической конъюнктуры, носитель высокого духа патриотизма и гражданской ответственности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В целях успешной реализации концепции государство выступает за консолидацию молодежи, как важного фактора ее социализации. Поддерживая инициативы молодежи, государство будет содействовать процессам консолидации казахстанской молодежи в общественные объединения с учетом интересов и принципа свободы выбора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) обеспечить четкую межведомственную координацию государственной молодежной политики на общенациональном, региональном и местном уровнях, направленную на поддержку гражданских инициатив молодежи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) проводить системную работу по научно-исследовательскому сопровождению молодежной политики, основанной на объективных программах мониторинга и диагностики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обеспечивать комплексный подход к развитию инфраструктуры молодежной политики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) осуществлять разработку ежегодных стратегических планов государственных органов с включением раздела о молодежи и учетом потребностей молодых казахстанцев;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) внедрять различные институциональные формы вовлечения молодежи в совместные коллективные действия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) изучить возможность ориентирования области применения государственного социального заказа, позволяющего финансировать проекты, предлагаемые молодежью, и активизировать ее творческий и инновационный потенциал;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) содействовать работе молодежных неправительственных организаций с молодыми репатриантами, маргинальной молодежью, создавая возможности успешной социальной адаптации в условиях исторической родины;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) содействовать развитию волонтерского движения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) вести воспитательную работу в школах и колледжах по подготовке к службе в армии, уделяя внимание повышению уровня моральной и физической подготовки будущих призывников;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) пропагандировать престиж воинской службы, ввести новую модель воспитательной работы в воинских частях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Обеспечение преемственности морально-нравственных ориентиров в молодежной среде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Доминирующими для казахстанской молодежи должны стать традиционные общечеловеческие ценности, такие как честность, доброта, справедливость, терпимость.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Казахстан – светское государство, которое рассматривает религиозные объединения в качестве социального партнера в воспитании молодежи и подрастающих поколений. Вместе с тем, религиозность не может и не должна полностью отождествляться с духовностью. В противном случае общество теряет секулярный характер, сужает перспективы своего развития, подчиняясь религиозным догматам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) формировать новые нравственные ориентиры: культ знаний и профессионализма; прагматичное отношение к здоровью; позитивное восприятие нового и перемен; экологическое сознание, безусловная ценность природы и ответственность за состояние окружающей среды и др.;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) изучить возможность введения специального курса по религиозному наследию Казахстана, в рамках которого вести просветительскую работу, направленную на получение молодежью качественных знаний в области религии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Научно-исследовательское обеспечение и совершенствование нормативно-правовой базы государственной молодежной политики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Научно-исследовательское обеспечение в сфере реализации государственной молодежной политики предполагает более глубокое изучение молодежной проблематики на системной основе с использованием инновационных научных методов и подходов. Для разработки путей решения наиболее актуальных проблем в молодежной среде необходимо проводить постоянный мониторинг реализации прав молодежи с применением современного инструментария: социологические исследования, методы наблюдения, адаптация международного опыта и т.д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В настоящее время для всестороннего исследования состояния молодежи, а также объективного видения социокультурных процессов впервые создан научно-исследовательский центр «Молодежь».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Научно-исследовательский центр «Молодежь» будет проводить различные исследования среди молодежи, участвовать в разработке научно-исследовательских проектов и программ в сфере государственной молодежной политики, осуществлять мониторинг деятельности и прогнозирование развития молодежи и молодежных общественных организаций. По итогам научных исследований будут разработаны конкретные предложения и рекомендации для улучшения положения молодежи, эффективной реализации их прав и гарантий, а также раскрытии потенциала. Выработанные рекомендации будут на постоянной основе направляться на совершенствование нормативной правовой базы молодежной политики, с учетом требований нового времени, обозначения вектора дальнейшего развития Казахстана на долгосрочный период.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Также во избежание стихийности, однобокости и поверхностности необходимо учитывать данные рекомендации при разработке и усовершенствовании нормативно-правовой базы государственной молодежной политики.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) расширить тематику научных исследований по наиболее востребованным в молодежной среде темам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) осуществлять исследования с учетом потребностей и запросов всех групп молодежи и современного законодательства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) рассмотреть возможность обеспечения научно-методического сопровождения этапов реализации государственной молодежной политики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) формировать пул молодых ученых и экспертов по изучению молодежной проблематики;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) обеспечивать комплексный подход при проведении исследований;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) внедрять новые научные методы и законотворческие инициативы по работе с молодежью, как самоценным социумом общественного развития.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t> Вовлечение молодежи в реализацию «Стратегии Казахстан-2050»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Молодежь представляет собой не только объект заботы со стороны государства, молодежь – это также и активный субъект, участвующий в жизни общества и существенно влияющий на качество и темпы его развития. Поэтому государство заинтересовано в том, чтобы дееспособность молодежных организаций определялась возможностью, с одной стороны, решать актуальные проблемы молодежи и формировать у нее новые позитивные потребности, с другой – мобилизовывать и направлять энергию молодежи на решение стратегических государственных задач, поставленных Президентом страны, Лидером нации Н.А. Назарбаевым в Стратегии от 14 декабря 2012 года «Казахстан 2050: новый политический курс состоявшегося государства».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С учетом этого необходимо:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) разъяснять молодежи, что от вклада каждого зависит судьба страны - своей прилежной учебой, ответственной работой, активной общественной позицией и делами молодежь вносит свой вклад в реализацию стратегических целей, стоящих перед страной;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) позиционировать молодежь как движущую силу нового курса страны, носителя прогрессивных мировоззренческих установок и поведения, меняющих облик страны и общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...557 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007718FE">
-[...626 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3. Инструменты реализации Концепции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Положения настоящей Концепции будут реализованы посредством совершенствования законодательных актов, государственных и отраслевых программ, стратегических планов государственных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>   РАЗДЕЛ 3. ПЕРЕЧЕНЬ НОРМАТИВНЫХ ПРАВОВЫХ АКТОВ, ПОСРЕДСТВОМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>КОТОРЫХ ПРЕДПОЛАГАЕТСЯ РЕАЛИЗАЦИЯ КОНЦЕПЦИИ ГОСУДАРСТВЕННОЙ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>МОЛОДЕЖНОЙ ПОЛИТИКИ РЕСПУБЛИКИ КАЗХАСТАН ДО 2020 ГОДА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>«КАЗАХСТАН 2020: ПУТЬ В БУДУЩЕЕ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      Положения настоящей Концепции будут исполнены посредством реализации следующих нормативных правовых актов и правовых актов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) Конституция Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) Закон Республики Казахстан «О государственной молодежной политике в Республике Казахстан» и другие законодательные акты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) Стратегия «Казахстан 2050: новый политический курс состоявшегося государства»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) Стратегический план развития Республики Казахстан до 2020 года;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) Государственная программа развития образования Республики Казахстан на 2011 – 2020 годы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) Государственная программа развития здравоохранения Республики Казахстан «СаламаттыҚазақстан» на 2011 – 2015 годы;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) утратил силу постановлением Правительства РК от 17.06.2014 № 666;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) Программа занятости 2020;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) Программа «Дорожная карта бизнеса 2020»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) Программа «Развитие регионов»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) Программа «Доступное жилье – 2020»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) Стратегия «Жастар - Отанға!» Молодежного крыла «ЖасОтан» Народно-демократической партии «НурОтан» до 2020 года;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) стратегические планы центральных и местных исполнительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>   ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007718FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>      В условиях модернизации общества и растущих требований к человеческому капиталу государственная молодежная политика должна стать инструментом развития и преобразования страны.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Это требует от всех участников процесса социального становления молодежи, разработки и последовательной реализации подходов, ориентированных на прямое вовлечение молодых людей в решение собственных проблем и общенациональных задач.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Задачи государственной молодежной политики такого масштаба могут быть решены только посредством применения проектного подхода, нацеленного на успешную социализацию молодежи, достижение приоритетов развития государственности. Все это, в конечном итоге, сформирует устойчивые условия для самоорганизации молодежи и всего населения, развития инициатив, отвечающих масштабам задач, стоящих перед Казахстаном - роста благосостояния граждан и совершенствования общественных отношений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Как отметил Глава государства Н.А Назарбаев в своем труде «Казахстанский путь», который стал настольной книгой нашего поколения: «Успех будет сопутствовать молодым, если они выберут гуманизм, знание, ответственность, справедливость и не будут эгоистичны».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      У Казахстана есть прекрасное будущее, и оно в настоящем - в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="007718FE" w:rsidRPr="007718FE" w:rsidRDefault="007718FE" w:rsidP="007718FE">
+      <w:r w:rsidRPr="007718FE">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>НАШЕЙ МОЛОДЕЖИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96ECC" w:rsidRPr="007718FE" w:rsidRDefault="00B96ECC" w:rsidP="00B96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007718FE">
-[...313 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E20652" w:rsidRDefault="00B96ECC">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="007718FE" w:rsidRPr="007718FE">
+    <w:sectPr w:rsidR="00E20652">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007718FE"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C76569"/>
+    <w:rsidRoot w:val="00B96ECC"/>
+    <w:rsid w:val="000B0662"/>
+    <w:rsid w:val="00B96ECC"/>
+    <w:rsid w:val="00C1779A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{084C6263-C01F-4E91-9BAC-EAEDBD8391F0}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A9BAFBB9-371E-4E0B-A0D0-46B7FD4EFA56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4542,51 +4372,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4763,474 +4593,408 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B96ECC"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...16 lines deleted...]
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="007718FE"/>
+    <w:rsid w:val="00B96ECC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="007718FE"/>
+    <w:rsid w:val="00B96ECC"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="007718FE"/>
+    <w:rsid w:val="00B96ECC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>40951</Characters>
+  <Pages>19</Pages>
+  <Words>7142</Words>
+  <Characters>40711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>341</Lines>
-  <Paragraphs>96</Paragraphs>
+  <Lines>339</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Computer</Company>
+  <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48039</CharactersWithSpaces>
+  <CharactersWithSpaces>47758</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Нр</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>