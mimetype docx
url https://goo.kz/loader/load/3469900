--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -1,450 +1,714 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00275F1E" w:rsidRPr="00275F1E" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
+    <w:p w:rsidR="00876CDF" w:rsidRPr="00876CDF" w:rsidRDefault="00876CDF" w:rsidP="00CB0A23">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...22 lines deleted...]
-        <w:t>по 30 августа текущего года.</w:t>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баланы орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныпқа қабылдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш ағымдағы жылдың 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маусымынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамызына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275F1E" w:rsidRPr="00275F1E" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
+    <w:p w:rsidR="00CB0A23" w:rsidRPr="00C363B3" w:rsidRDefault="00CB0A23" w:rsidP="00CB0A23">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0A23">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тіркеу үшін қажетті құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C363B3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275F1E" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
+    <w:p w:rsidR="00876CDF" w:rsidRPr="00876CDF" w:rsidRDefault="00CB0A23" w:rsidP="00876CDF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="849"/>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>·      </w:t>
       </w:r>
-      <w:r>
-        <w:t>заявление от родителей или иных законных представителей ребенка</w:t>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анасынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерінен өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275F1E" w:rsidRPr="00876CDF" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
+    <w:p w:rsidR="00876CDF" w:rsidRPr="00876CDF" w:rsidRDefault="00876CDF" w:rsidP="00876CDF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   баланың туу туралы куәлігінің көшірмесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00876CDF" w:rsidRPr="00876CDF" w:rsidRDefault="00CB0A23" w:rsidP="00CB0A23">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="849"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>копия свидетельства о рождении ребенка</w:t>
+      <w:r w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">·     </w:t>
+      </w:r>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">денсаулық жағдайы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама (026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275F1E" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
+    <w:p w:rsidR="00CB0A23" w:rsidRPr="00876CDF" w:rsidRDefault="00CB0A23" w:rsidP="00CB0A23">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="849"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00876CDF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">·     </w:t>
       </w:r>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3х4 см өлшемді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фотосурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00876CDF" w:rsidRPr="00876CDF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB0A23" w:rsidRDefault="00CB0A23" w:rsidP="00CB0A23"/>
+    <w:p w:rsidR="00852E57" w:rsidRDefault="00876CDF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>справка о состоянии здоровья (форма 026/у-3)</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау уақыты</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0A23" w:rsidRPr="00E863EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ағат</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0A23" w:rsidRPr="00E863EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ден</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0A23" w:rsidRPr="00E863EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00881DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0A23" w:rsidRPr="00E863EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00881DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0A23" w:rsidRPr="00E863EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ға дейін</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0A23" w:rsidRPr="00E863EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дүйсенбі-жұма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275F1E" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00881DBE" w:rsidRPr="00881DBE" w:rsidRDefault="00876CDF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">фотографии размером 3х4 см в количестве 2 штук; </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түскі үзіліс: сағат</w:t>
+      </w:r>
+      <w:r w:rsidR="00881DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ден</w:t>
+      </w:r>
+      <w:r w:rsidR="00881DBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14.30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ге дейін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275F1E" w:rsidRDefault="00275F1E" w:rsidP="00275F1E">
-[...191 lines deleted...]
-    <w:sectPr w:rsidR="001D0108" w:rsidRPr="00275F1E" w:rsidSect="0077627B">
+    <w:sectPr w:rsidR="00881DBE" w:rsidRPr="00881DBE" w:rsidSect="0077627B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01525634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="29DADEBE"/>
     <w:lvl w:ilvl="0" w:tplc="1AEC5610">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1929" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -519,537 +783,311 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6969" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00275F1E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00486715"/>
+    <w:rsidRoot w:val="00C363B3"/>
+    <w:rsid w:val="001226D8"/>
+    <w:rsid w:val="005677AE"/>
+    <w:rsid w:val="005766F8"/>
+    <w:rsid w:val="005956EB"/>
+    <w:rsid w:val="00677D6B"/>
+    <w:rsid w:val="00852E57"/>
+    <w:rsid w:val="00876CDF"/>
+    <w:rsid w:val="00881DBE"/>
+    <w:rsid w:val="008A4DAB"/>
+    <w:rsid w:val="00996310"/>
+    <w:rsid w:val="00AB342A"/>
+    <w:rsid w:val="00C363B3"/>
+    <w:rsid w:val="00CB0A23"/>
+    <w:rsid w:val="00DB4C36"/>
+    <w:rsid w:val="00E863EA"/>
+    <w:rsid w:val="00EE3465"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4D9C9988"/>
-  <w15:docId w15:val="{720FB61D-E838-4738-B3B8-B944051AF76F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00275F1E"/>
+    <w:rsid w:val="001226D8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00275F1E"/>
+    <w:rsid w:val="00C363B3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1302,50 +1340,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>74</Words>
-  <Characters>423</Characters>
+  <Words>71</Words>
+  <Characters>408</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>WIN7XP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>496</CharactersWithSpaces>
+  <CharactersWithSpaces>478</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Admin</dc:creator>
+  <dc:creator>WIN7XP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>