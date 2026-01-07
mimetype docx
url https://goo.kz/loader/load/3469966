--- v0 (2025-12-14)
+++ v1 (2026-01-07)
@@ -1,3568 +1,11877 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4810"/>
-        <w:gridCol w:w="4460"/>
+        <w:gridCol w:w="5559"/>
+        <w:gridCol w:w="3711"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00AC5C77">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5003" w:type="dxa"/>
+            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4550" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...31 lines deleted...]
-              </w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:br/>
-              <w:t>документации по выбору поставщика услуги или товаров по организации питания обучающихся в организациях среднего образования, а также поставщика товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тамақтандыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тауарларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеткізушіні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сонымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қатар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қамқорлығынсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қалған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тамақтандыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>етуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тауарларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берушіні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таңдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z498"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z122"/>
+      <w:bookmarkStart w:id="1" w:name="z499"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________ "___" ____________ _______ ж.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z500"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00592FD2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Типовой договор </w:t>
+      <w:bookmarkStart w:id="3" w:name="z501"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ___________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) _____________ (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) ______________, (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеңімпазы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жеткізуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ___________, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тараптан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____ _ _ _ _ _ _ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіпкерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тауарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізушіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хаттама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "___"____20___ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тауарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шартты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасасты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төмендегілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z502"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сомасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цифрлармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мөлшеріндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сомаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚҚС (ҚҚС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сомасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цифрлармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)/ҚҚС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тауарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00592FD2">
-[...13 lines deleted...]
-        <w:t>г</w:t>
+      <w:bookmarkStart w:id="5" w:name="z503"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шартта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төменде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұғымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түсіндірмені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білдіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z504"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дүлей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>форс-мажор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төтенше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тойтаруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болмайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқиғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дүлей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құбылыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соғыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қимылдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мундай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқиғаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айтқанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мiндеттеменi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үшiн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тауарлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рынокта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болмауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жатпайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z505"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өндіріс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тауарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аспаздық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өнімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өндіруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосқанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сапалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z506"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - орган </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="005F1550">
-[...5 lines deleted...]
-        <w:t>.П</w:t>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="005F1550">
-[...40 lines deleted...]
-        <w:t>«___» ___________ ______ г.</w:t>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F1550" w:rsidRDefault="005F1550" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z507"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тауар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тауар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F1550" w:rsidRDefault="005F1550" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z508"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіпкерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленбесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шартта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контрагенті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="005F1550" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z509"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тараптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтыруларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шартта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сілтеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттамамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азаматтық-құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z510"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шеңберінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттемелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>төленуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005F1550">
-[...109 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білдіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D20A9C">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z511"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тараптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттемелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жартылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындамаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дүлей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>табылса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>артпайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z512"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Төменде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шартты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ажырамас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саналады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айтқанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z513"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z514"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z515"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z516"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>банктік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кепілдеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кепілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақшалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>төлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>йымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қағиадаларында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z517"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұтастай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шартты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туындауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>соғатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
-[...60 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалануына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z518"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Шарт бөлінген қаражат шегінде тиісті қаржы жылында міндеттемелер бойынша бекітілген жеке қаржыландыру жоспарына сәйкес жасалады және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>шарт мерзімі аяқталғаннан кейін өнім беруші тарапынан бұзушылықтар болмаған жағдайда екі реттен көп емес ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z519"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Өнім беруші қызметті көрсетуді немесе тауарды жеткізуді, ал Тапсырыс беруші осы Шарттың ажырамас бөлігі болып табылатын техникалық тапсырмаға сәйкес білім беру ұйымдарында жекелеген санаттағы _____ санда (балалар санын көрсету) білім алушыларды тамақтандыруды ұйымдастыру бойынша қызметті немесе тауарды қабылдауды және төлеуді міндетіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z520"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ақы төлеу нысаны _______ (аударым, қолма-қол есеп айырысу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z521"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Төлеу мерзімі _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z522"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Ақы төлеу алдындағы қажетт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар: _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z523"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шот-фактура</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау-табыстау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
-[...6 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> индивидуального предпринимателя, Устава и другие) с другой стороны, на основании протокола об итогах конкурса по выбору поставщика услуги или товаров, состоявшегося «___»____20___ года заключили настоящий Договор об оказании услуги или поставки товаров (далее - Договор) и пришли к соглашению о нижеследующем:</w:t>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRPr="00B55A11" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z295"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:bookmarkStart w:id="26" w:name="z524"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісімінсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болмасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адамға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00592FD2">
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Шартты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тартқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>персоналды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоспағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ашпауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>персоналға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құпия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттемелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шамада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z525"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55A11">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Өнім берушінің орта білім беру ұйымдарында тегін тамақтандыруды алуға құқығы бар білім алушыларды тамақтандыруды ұйымдастыру бойынша көрсетілген қызметке немесе тауарды жеткізуге ақы төлеуді көрсетілетін қызметті іс жүзінде орындау нәтижелері бойынша осы Шарттың ____ тармағында көрсетілген нысанда және мерзімде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z526"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Бір мәрте мектептік тамақтандырудың құны _____ теңгені құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z527"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Өнім беруші қызмет көрсетуді немесе тауарды жеткізуді Шартта белгіленген мерзімге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z528"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Өнім беруші тарапынан қызметті орындауды кешіктіру Шартты орындауды қамтамасыз етуді ұстап, қызметті уақытылы орындамағаны немесе заңнамада қарастырылған басқа шаралар үшін тұрақсыздық айыбын төлетіп, Тапсырыс берушінің Шартты бұзуына негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z529"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Егер Өнім беруші Шартта көзделген мерзімде қызметтерді көрсетпесе, Тапсырыс беруші шарт шеңберінде әрбір мерзімі өткен күн үшін Шарттың бағасынан 0,1 % соманы тұрақсыздық айыбы түрінде шегеріп тастайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z530"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Шарт талаптарын бұзғаны үшін Тапсырыс беруші Өнім берушіге міндеттемелерді орындамағаны туралы жазбаша хабарлама жібере отырып:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z531"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) егер Жеткізуші Шартта көзделген мерзімдерде немесе Тапсырыс беруші ұсынған осы Шартты ұзарту кезеңі ішінде қызметтің бір бөлігін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсетпесе немесе тауардың бір бөлігін ұсынбаса немесе барлық қызметті немесе барлық тауарды ұсынбаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z532"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) егер Жеткізуші Шарт бойынша өзінің қандай да бір міндеттемелерін орындамаса, оның ішінде конкурс кезінде көрсетілген ас блогы қызметкерлерінің сандық және сапалық құрамы сәйкес келмеген кезде осы Шартты бұзады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z533"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Дүлей күш жағдайлары туындаған кезде Өнім беруші Тапсырыс берушіге бір жұмыс күн ішінде мұндай жағдайлар мен олардың себептері туралы жазбаша хабарлама жібереді. Егер Тапсырыс берушіден өзгеше жазбаша нұсқаулықтар түспесе, Өнім беруші Шарт бойынша өзінің міндеттемелерін орындауды жалғастырады және дүлей күшке байланысты емес Шартты орындаудың баламалы тәсілдерін іздеуді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z534"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Өнім беруші, осы Шарттың 17-тармағының талаптарын орындаған кезде егер Шартты орындауды кешіктіру дүлей күш нәтижесі болса, өзінің Шартты орындауды қамтамасыз етуінен айырылмайды және Шарттың талаптарын орындамауына орай тұрақсыздық айыбын төлеуге немесе оны бұзуға жауапты болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z535"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Тапсырыс беруші, егер Өнім беруші төлеуге қабілетсіз болса немесе Жосықсыз әлеуетті өнім берушілердің тізіліміне енсе, Өнім берушіге тиісті жазбаша хабарлама жібере отырып, кез келген уақытта Шартты бұза алады. Бұл жағдайда бұзу тез арада жүзеге асады және Тапсырыс беруші, егер Шартты бұзу залал келтірмесе немесе іс-әрекеттерді жасауға қандай да болмасын құқықтарды қозғамаса немесе Тапсырыс берушіге қойылған немесе соңынан қойылатын санкцияларды қолданатын жағдайда Өнім берушіге қатысты ешқандай қаржылық міндеттемелер жүктемейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z536"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Тапсырыс беруші Өнім берушіге тиісті жазбаша хабарлама жібере отырып, оның бұдан әрі орындалуының орынсыздығына орай кез келген уақытта Шартты бұза алады. Хабарламада Шартты бұзудың себебі көрсетіледі, күші жойылған шарттық міндеттемелердің көлемі, сондай-ақ Шарттың бұзылуы күшіне енген күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z537"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Жоғарыда көрсетілген жағдаяттар негізінде Шарт жойылған кезде, Өнім берушіге Шарт бойынша бұзуға байланысты оны бұзатын күні іс жүзіндегі шығындар үшін ғана ақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z538"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Тапсырыс беруші мен Өнім беруші тікелей келіссөздер процесінде олардың арасында Шарт бойынша немесе оған байланысты туындайтын барлық келіспеушіліктерді немесе дауларды шешуге бар күш-жігерін жұмсайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z539"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Егер осындай келіссөздер басталғаннан кейін 21 (жиырма бір) күн ішінде Тапсырыс беруші мен Өнім беруші Шарт бойынша дауды шеше </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>алмаса, тараптардың кез келгені мәселені Қазақстан Республикасының заңнамасына сәйкес шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z540"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Шарт мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әне орыс т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z541"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Шартқа сәйкес тараптардың бірі екінші тарапқа жіберетін кез келген хабарлама, кейін түпнұсқасын бере отырып, хат, жеделхат немесе факс түрінде жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z542"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Хабарлама жеткізілгеннен кейін немесе күшіне ену көрсетілген күні (егер хабарламада көрсетілсе), бұл күндердің қайсысы кеш болатындығына байланысты күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z543"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Салық және бюджетке төленетін басқа да міндетті төлемдер Қазақстан Республикасының салық заңнамасына сәйкес төленуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z544"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Осы Шартта Тапсырыс беруші мен Өнім беруші белгіленген тәртіппен келісілген өзге де айыппұл санкциялары немесе Қазақстан Республикасының заңнамасына қайшы келмейтін өзге де шарттар көзделуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z545"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Осы Шарт Тапсырыс беруші оны Қазақстан Республикасы Қаржы министрлігінің аумақтық қазынашылық бөлімшелерінде тіркеуден өткізгеннен кейін күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z546"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім беру ұйымдарында тегін тамақтануға құқығы бар білім алушылар жоқ болған жағдайда әлеуетті өнім беруші шарттың жалпы сомасының үш пайызынан кем емес мөлшерде шарттың орындалуын қамтамасыз етуді енгізбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z547"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Осы Үлгілік шарт орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру бойынша көрсетілетін қызмет көрсетуді немесе тауарларды сатып алуды Тапсырыс беруші жүзеге асыру процесінде Тапсырыс беруші мен Өнім беруші арасында туындайтын құқықтық қатынастарды реттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRPr="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z548"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шартқа өзгерістер енгізуге мынадай жағдайда рұқсат беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z549"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0B57">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәзірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жақсартуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00592FD2">
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z296"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рацион</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлғайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берушіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таңдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сапа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгермейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тараптардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көбейту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00592FD2">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       2. В данном Договоре нижеперечисленные понятия имеют следующее толкование:</w:t>
+      <w:bookmarkStart w:id="52" w:name="z550"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>санының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгеруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00592FD2">
-[...31 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z551"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шартқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттамаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттамасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хаттамаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00592FD2">
-[...1749 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z552"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      31. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тараптардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деректемелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4635"/>
         <w:gridCol w:w="4635"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="30"/>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:bookmarkEnd w:id="54"/>
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...45 lines deleted...]
-              <w:t>(полное наименование)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тапсырыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...45 lines deleted...]
-              <w:t>(полное наименование)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>______________________________</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>(адрес)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекен-жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________________________</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>(адрес)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекен-жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>(телефон, факс)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефоны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>факс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>(телефон, факс)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефоны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>факс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>(подпись)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-              <w:t>(подпись)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қолы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...67 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___"_____________________ ____ж.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00592FD2">
-[...67 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___"_____________________ ____ж.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z553"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аумақтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қазынашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
-[...30 lines deleted...]
-    <w:sectPr w:rsidR="00573091" w:rsidSect="00573091">
+    <w:bookmarkEnd w:id="55"/>
+    <w:p w:rsidR="00AB5E21" w:rsidRDefault="00AB5E21"/>
+    <w:sectPr w:rsidR="00AB5E21" w:rsidSect="00AB5E21">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...96 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00BB3C15"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00D20A9C"/>
+    <w:rsidRoot w:val="001A0B57"/>
+    <w:rsid w:val="001A0B57"/>
+    <w:rsid w:val="00AB5E21"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3595,51 +11904,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3687,123 +11996,95 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB3C15"/>
+    <w:rsid w:val="001A0B57"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4050,50 +12331,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1796</Words>
-  <Characters>10243</Characters>
+  <Words>1761</Words>
+  <Characters>10043</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>RePack by SPecialiST</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12015</CharactersWithSpaces>
+  <CharactersWithSpaces>11781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ОМЛИОД</dc:creator>
+  <dc:creator>Бух</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>