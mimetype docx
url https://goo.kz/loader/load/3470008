--- v0 (2026-01-12)
+++ v1 (2026-01-14)
@@ -34,318 +34,483 @@
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00ED61FA" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="736"/>
         <w:tblW w:w="15451" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9640"/>
         <w:gridCol w:w="5811"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidTr="00BE522A">
+      <w:tr w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidTr="002169F8">
         <w:trPr>
-          <w:trHeight w:val="1700"/>
+          <w:trHeight w:val="1991"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9640" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="002169F8" w:rsidRPr="002169F8" w:rsidRDefault="002169F8" w:rsidP="002169F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="202"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БЕКІТЕМІН» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002169F8" w:rsidRPr="002169F8" w:rsidRDefault="002169F8" w:rsidP="002169F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="202"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өңірдег</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ағдарлама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жетекшісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="002169F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="202"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>облыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әкі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>інің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002169F8" w:rsidRPr="002169F8" w:rsidRDefault="002169F8" w:rsidP="002169F8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="202"/>
+              </w:tabs>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М.М.Бегентаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="002169F8" w:rsidRDefault="002169F8" w:rsidP="002169F8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="202"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ____________ 2018 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002169F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="002169F8" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031125C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ACF4E90" wp14:editId="4E05A0B6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>7620</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>-282575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2077085" cy="1454150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="12" name="Рисунок 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2077085" cy="1454150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
+      </w:r>
+      <w:r w:rsidR="002169F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖОБА ПАСПОРТЫ</w:t>
       </w:r>
       <w:r w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ПАСПОРТ </w:t>
-[...20 lines deleted...]
-        <w:t>ПРОЕКТА</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B27AA" w:rsidRPr="0031125C" w:rsidRDefault="006B27AA" w:rsidP="006B27AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Б</w:t>
       </w:r>
       <w:r w:rsidRPr="0031125C">
@@ -361,935 +526,1087 @@
       <w:r w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="009D5120">
+    <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="002169F8" w:rsidP="009D5120">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031125C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Проект </w:t>
+        <w:t>Жоба</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D5120" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Б</w:t>
       </w:r>
       <w:r w:rsidR="009D5120" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ір шаңырақ</w:t>
       </w:r>
       <w:r w:rsidR="009D5120" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="002169F8" w:rsidP="00ED61FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidRPr="002169F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Базовое направление</w:t>
+        <w:t xml:space="preserve">Базалық бағыт </w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өлкетану</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="4632"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4928"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidTr="00BE522A">
+      <w:tr w:rsidR="00ED61FA" w:rsidRPr="005230D0" w:rsidTr="000E1121">
         <w:trPr>
           <w:trHeight w:val="1276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4928" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
-[...16 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өзгерту күні:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...8 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 1 «___»___20 ___ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.   __________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>№ 3 «___»___20 ___ г.   __________</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 2 «___»___20 ___ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.   __________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 3 «___»___20 ___ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.   __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
-[...37 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="00BB27CD" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="00BB27CD" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="00BB27CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Базалық бағыт менеджері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="00BB27CD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB27CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Н.Ш.</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED61FA" w:rsidRPr="00BB27CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> Н.Ш.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рахимгожина </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="00ED61FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031125C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002169F8" w:rsidRPr="002169F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Подпрограмма </w:t>
+        <w:t>ағдарлама</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Тәрбие және білім</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:tblpY="276"/>
         <w:tblW w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5353"/>
         <w:gridCol w:w="4961"/>
         <w:gridCol w:w="4962"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidTr="00BE522A">
+      <w:tr w:rsidR="00ED61FA" w:rsidRPr="005230D0" w:rsidTr="000E1121">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
-[...10 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
-[...19 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
-[...9 lines deleted...]
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">          ___________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="3011"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">   _________</w:t>
             </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00BE522A">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аймақтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жобалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кеңсесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Басшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>З.К.</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED61FA" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мукашева </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аймақтық жобалау кеңсесінің бас менеджері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С.О.</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED61FA" w:rsidRPr="00BB27CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Айтказина </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB27CD" w:rsidRDefault="00BB27CD" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00672715">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аймақтық жоба жетекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="00BB27CD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="4BA5FF"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...102 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Камиева С.М.</w:t>
+              <w:t>С.М.</w:t>
+            </w:r>
+            <w:r w:rsidR="006B27AA" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Камиева </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="00672715" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="00672715" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="435"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="00672715" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED61FA" w:rsidRPr="0031125C" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
+    <w:p w:rsidR="00ED61FA" w:rsidRPr="00672715" w:rsidRDefault="00ED61FA" w:rsidP="00ED61FA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F36828">
+    <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="00F36828">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidRPr="00BB27CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ИНФОРМ</w:t>
+        <w:t>КІ</w:t>
       </w:r>
-      <w:r w:rsidR="00DD2ECA" w:rsidRPr="0031125C">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="0031125C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB27CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЦИЯ О </w:t>
+        <w:t>Ш</w:t>
       </w:r>
-      <w:r w:rsidRPr="0031125C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB27CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ПОДПРОЕКТЕ</w:t>
+        <w:t>І ЖОБА ТУРАЛЫ АҚПАРАТ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14884" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4253"/>
         <w:gridCol w:w="10631"/>
       </w:tblGrid>
       <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00920027">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="00920027">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00BB27CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
+              <w:t>Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="006B27AA" w:rsidP="00A86E1F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1331,1795 +1648,3280 @@
               <w:t>Ш</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>аңырақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
+      <w:tr w:rsidR="00634193" w:rsidRPr="005230D0" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="005E3E5C">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00BB27CD" w:rsidP="005E3E5C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Руководитель</w:t>
+              <w:t>Жетекшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="006B27AA" w:rsidP="00107A00">
+          <w:p w:rsidR="00634193" w:rsidRPr="003D1C19" w:rsidRDefault="003D1C19" w:rsidP="003D1C19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камиева Сауле Мұратқызы, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласының № 13 жалпы орта білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мектебі»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ММ директоры»</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA05C7">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CA05C7" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "mailto:schol_13.pavl@mail.ru"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CA05C7">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006B27AA" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rStyle w:val="a6"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>schol_13.pavl@mail.ru</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA05C7">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006B27AA" w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="005E3E5C">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="005E3E5C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Инициатор</w:t>
+              <w:t>Бастамашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00857CA1" w:rsidP="00F36828">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00F36828">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...6 lines deleted...]
-              <w:t>ГУ «СОШ № 13 г. Павлодара»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Павлодар қаласының № 13 ЖОБМ»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ММ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F36828">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Спонсор</w:t>
+              <w:t>Демеуші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F36828" w:rsidRPr="0031125C" w:rsidRDefault="00A1513C" w:rsidP="00F36828">
+          <w:p w:rsidR="00F36828" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00F36828">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...6 lines deleted...]
-              <w:t>нет</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
+      <w:tr w:rsidR="00634193" w:rsidRPr="005230D0" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="1191"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="005E3E5C">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="005E3E5C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Цель</w:t>
+              <w:t>Мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C0CB8" w:rsidRPr="0031125C" w:rsidRDefault="00857CA1" w:rsidP="004C0CB8">
+          <w:p w:rsidR="003D1C19" w:rsidRDefault="003D1C19" w:rsidP="004C0CB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00A1513C" w:rsidRPr="0031125C" w:rsidRDefault="00A1513C" w:rsidP="004C0CB8">
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мәдени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рухани</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құндылықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>маңыздылығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағалауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>түсінуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үйрету. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Белсенді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азаматтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстанымды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әдениетіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дамуына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қосқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үлесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қалыптастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1C19" w:rsidRPr="003D1C19" w:rsidRDefault="003D1C19" w:rsidP="003D1C19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A1513C" w:rsidRPr="0031125C" w:rsidRDefault="00A1513C" w:rsidP="004C0CB8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өз өлкесінің мәдениетіне, дәстүрлеріне баулу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D1C19" w:rsidRPr="003D1C19" w:rsidRDefault="003D1C19" w:rsidP="003D1C19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00A1513C" w:rsidRPr="0031125C" w:rsidRDefault="00A1513C" w:rsidP="004C0CB8">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалардың мәдениет деңгейін арттыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A1513C" w:rsidRPr="003D1C19" w:rsidRDefault="003D1C19" w:rsidP="003D1C19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...6 lines deleted...]
-              <w:t>Сохранение традиционных семейных ценностей, создание культа семьи.</w:t>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дәстүрлі отбасылық құндылықтарды сақтау, отбасына табыну</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
+      <w:tr w:rsidR="00634193" w:rsidRPr="005230D0" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="1191"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="005E3E5C">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="005E3E5C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ожидаемый результат</w:t>
-            </w:r>
+              <w:t>Күтілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әтиже</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C556D" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="00B03614">
-[...9 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="005C556D" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жанұям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мобильді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">формат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Саналы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азамат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>базалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дәстүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құндылықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сақтауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>табыну</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жасауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көпфункционалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орталығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мобиль</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ө</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мірлік таңдау</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ФОРМАТцентр</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Саналы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азамат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базалық бағыт</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіптік бағдар беру жұмысының жүйеленді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ілген моделін әзірлеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B463A1" w:rsidRPr="004618E0" w:rsidRDefault="004618E0" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1C19" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдени мұра күні»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлкетану</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базалық бағыты)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәдени мұраны дамыту және ілгерілету. Мәдени мұраны зерттеу арқылы халық құндылықтарын сақтау және көбейту. Қоғамдағы адамгершілік құндылықтарды, этикалық нормалар мен мәдениетті қалыптастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004618E0" w:rsidRDefault="004618E0" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұлдызды шебер-класс» </w:t>
+            </w:r>
+            <w:r w:rsidR="00B463A1" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отаным - тағдырым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»)</w:t>
             </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Жанұям</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>базалық бағыты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B463A1" w:rsidRPr="004618E0" w:rsidRDefault="004618E0" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мақсаты-балалардың мәдениет деңгейін арттыру мақсатында түрлі қызмет саласында халық шеберлері, спо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ртшылар, қызықты адамдарды табу</w:t>
+            </w:r>
+            <w:r w:rsidR="0031125C" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0031125C" w:rsidRPr="004618E0" w:rsidRDefault="0031125C" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Creativ</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алаң </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Be original»  </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Саналы азамат</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базалық бағыт) </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көркем-эстетикалық өнер және техникалық шығармашылық арқылы жас ұрпақтың ішкі шығармашылық әлеуетін және жеке мүмкіндіктерін дамытуға бағытталған тақырыптық шығармашылық алаңдар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004618E0" w:rsidRDefault="0031125C" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Small бук-трейлер» </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Саналы азамат</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базалық бағыт) </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кітаптың беделін арттыру, өмір бойы өз білімін және білімін қолдау. Өзінің даралығы мен жеке </w:t>
+            </w:r>
+            <w:r w:rsidR="004618E0" w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ресурстарын түсіну.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D5120" w:rsidRPr="004618E0" w:rsidRDefault="004618E0" w:rsidP="00B03614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп тарихы-өткеннің куәсі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-- бүгінгі үшін үлгі» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(«</w:t>
             </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отаным - тағдырым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»)</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...696 lines deleted...]
-              <w:t>Изучение истории  одной из первых, старейших школ города Павлодара. Знакомство с известными людьми, преподавателями, семейными династиями школы и ее выпускниками</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>базалық бағыты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласының ең көне мектептерінің бірі. Атақты адамдармен, оқытушылармен, мектептің отбасылық әулеттерімен және оның түлектерімен танысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00920027">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00920027">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Индикаторы</w:t>
-            </w:r>
+              <w:t>Индикаторлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00487C89" w:rsidRPr="0031125C" w:rsidRDefault="00487C89" w:rsidP="00487C89">
+          <w:p w:rsidR="00487C89" w:rsidRPr="0031125C" w:rsidRDefault="004618E0" w:rsidP="00487C89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Доля и количество </w:t>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>І</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0031125C">
-[...5 lines deleted...]
-              <w:t>вовлеченных</w:t>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с-шаралар</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00CF77A4" w:rsidRPr="0031125C">
-[...13 lines deleted...]
-              <w:t>мероприятия</w:t>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға тартылғандардың үлесі мен саны</w:t>
             </w:r>
             <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
-[...8 lines deleted...]
-          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="00487C89" w:rsidP="000E209F">
+            <w:r w:rsidR="00487C89" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="004618E0" w:rsidP="000E209F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">2018 год- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidR="00487C89" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00EC514B" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:r w:rsidR="00487C89" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00487C89" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">2019 год- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidR="00487C89" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="0043726D" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> чел.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:r w:rsidR="00487C89" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="868"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="001642E3" w:rsidP="001642E3">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="001642E3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Другие участники и стейкхолдеры</w:t>
-            </w:r>
+              <w:t>Бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қатысушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стейкхолдерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="000E209F" w:rsidP="00B463A1">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="004618E0" w:rsidP="00B463A1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...61 lines deleted...]
-              <w:t>»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПМПИ-дің «Музыкалық білім» кафедрасының қызметкерлері; «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаз</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ақстан Мұсылман әйелдер Лигасы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдық бірлестігінің Павлодар филиалы қазірг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і «Нұрана әлемі»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қоғамдық бірлестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="00286F83" w:rsidP="00F561AB">
+          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Сроки реализации</w:t>
-            </w:r>
+              <w:t>Іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="000E209F" w:rsidP="000E209F">
+          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="000E209F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...6 lines deleted...]
-              <w:t>Сентябрь-июнь 2018,  Сентябрь-июнь 2019</w:t>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек-маусым 2018, Қыркүйек-маусым 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidRDefault="000E209F" w:rsidP="00610CE1">
+          <w:p w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00610CE1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Место реализации </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>Іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>(район, город, населенный пункт/организация)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidRDefault="000E209F" w:rsidP="007973FE">
+          <w:p w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidRDefault="000E209F" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="71"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>г.</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаласы</w:t>
             </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Павлодар, ГУ «Средняя общеобразовательная школа № 13 г.</w:t>
-[...15 lines deleted...]
-              <w:t>Павлодара»</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласының № 13 жалпы орта бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C2163" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C2163" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ім беру</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мектебі»</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="003D1C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ММ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="74"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="00286F83" w:rsidP="00D22CC5">
+          <w:p w:rsidR="00286F83" w:rsidRPr="0031125C" w:rsidRDefault="003D1C19" w:rsidP="00D22CC5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="003D1C19">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Стоимость </w:t>
+              <w:t>Құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00960FA9" w:rsidRPr="0031125C" w:rsidRDefault="00006CC5" w:rsidP="00EE7283">
+          <w:p w:rsidR="00960FA9" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00EE7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="361"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...17 lines deleted...]
-              <w:t>о</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарастырылмаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="001B6DAF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="435"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="001B6DAF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="435"/>
         <w:rPr>
@@ -3200,2608 +5002,5652 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="000E209F">
+    <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="000E209F">
+    <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="000E209F">
+    <w:p w:rsidR="003D1C19" w:rsidRPr="003D1C19" w:rsidRDefault="003D1C19" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="001C2163" w:rsidRPr="001C2163" w:rsidRDefault="001C2163" w:rsidP="000E209F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="000E209F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...179 lines deleted...]
-        </mc:AlternateContent>
+        <w:pict>
+          <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect"/>
+          </v:shapetype>
+          <v:shape id="TextBox 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:120pt;margin-top:15.7pt;width:517.25pt;height:92.05pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC75UiUBQEAAB4CAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbKSRvU7DMBSF&#10;dyTewfKKEqcMCKEmHfgZgaE8wMW+SSwc27JvS/v23KTJgkoXFsu+P+c7Ol5vDoMTe0zZBl/LVVlJ&#10;gV4HY31Xy4/tS3EvRSbwBlzwWMsjZrlprq/W22PELHjb51r2RPFBqax7HCCXIaLnThvSAMTP1KkI&#10;+gs6VLdVdad08ISeCho1ZLN+whZ2jsTzgcsnJwldluLxNDiyagkxOquB2Knae/OLUsyEkjenmdzb&#10;mG/YhlRnCWPnb8C898bRJGtQvEOiVxjYhtLOxs8AySiT4JuDystlVV4WPeM6tK3VaILeDZxIOSsu&#10;ti/jidNGNZ3/J08yC1dNv9v8AAAA//8DAFBLAwQUAAYACAAAACEArTA/8cEAAAAyAQAACwAAAF9y&#10;ZWxzLy5yZWxzhI/NCsIwEITvgu8Q9m7TehCRpr2I4FX0AdZk2wbbJGTj39ubi6AgeJtl2G9m6vYx&#10;jeJGka13CqqiBEFOe2Ndr+B03C3WIDihMzh6RwqexNA281l9oBFTfuLBBhaZ4ljBkFLYSMl6oAm5&#10;8IFcdjofJ0z5jL0MqC/Yk1yW5UrGTwY0X0yxNwri3lQgjs+Qk/+zfddZTVuvrxO59CNCmoj3vCwj&#10;MfaUFOjRhrPHaN4Wv0VV5OYgm1p+LW1eAAAA//8DAFBLAwQUAAYACAAAACEA+LYILMcCAAC7CAAA&#10;HwAAAGNsaXBib2FyZC9kcmF3aW5ncy9kcmF3aW5nMS54bWzMljFz0zAUx3fu+A467a2dkgSSq9Mr&#10;gTLAlVySHndsr7KcmMqSkRTXYerIHRMLCyMjCztbP0HDJ+JJdpoQeoGjDM0QW9LT//3e83uy9w/K&#10;TJCCa5MqGdHGbkgJl0zFqZxE9GR8tPOIEmNBxiCU5BGdc0MPevfv7UN3oiGfpoyggjRdiOjU2rwb&#10;BIZNeQZmV+Vc4lqidAYWh3oSxBrOUTkTwV4YtoMMUkl7K6knYIHMdPoPUkKxMx73QRZgUFKw7vpM&#10;zSjY7ZWhK4tnOh/lA+3I2XEx0CSNI4qZk5BhimhQL9RmOAw2dk1WAmWiM2evkoSUEd3bazbDDmrN&#10;I9psdzphWMnx0hKG6+1WuxM+bFHC0KDRwMGDVu1w+nK7BJs+/YMIYlY4eLOGaHIHKIvfY24vYx4j&#10;32NVkiXLsTcmtsRJ5HSEPgdLCVOn7z9Ffw0O3Vwb+4yrjLibiGrOrC8xKF4YW2EsTXxU6igVoppf&#10;Qtly5CN29PHcWZ3iFR/zOVZ8RM3bGWiOkc+yvhIuOqKt8Lehd+X0x+Ur0HkNYTE7/SkvtKrK3bM4&#10;3Ulc1wzEbyhJMoFdVIAgrRB/ddJqYwxxpVuRH86sStI6qArRLQhjR3YuOAaFe/wfsoOYYIMzqz2i&#10;kKOcuSWTswGzBJ26cnJ+a7frFoeJXdpaU9uuLFHCGzjCqil8Z2h0KsAdI3q2MzzBY+QdumiiA6fF&#10;kwSfTPVIEBlsKomd5zwBhi00TjNuyDE/J0OVgawKnMOaRR9EeqrTaoWZtZUb9iIZ0ji3tnf59eqj&#10;q0WMyE27yQ3cs7Od56/vCu7i0+JiO+6dyi5ZvN9Oe6eSe/Xtx5fFh8UFXj9vx75TSb78vgHLZTwA&#10;DcMbO67xVx33Sz/dqtNWML7D8ABy3XZ9lM4MH+VD7P3qzK3OWrRwL5lg47Xtt9afGe7bYH3c+wkA&#10;AP//AwBQSwMEFAAGAAgAAAAhANSSZ874BgAAahwAABoAAABjbGlwYm9hcmQvdGhlbWUvdGhlbWUx&#10;LnhtbOxZT2/cRBS/I/EdRr632f/NRt1U2c1uA21KlN0W9Thrz9pDxh5rPJt0b1V6RAIhCuJAJThx&#10;QECkVuLSfof0MwSKoEj9CryZsb2erEPSNoIKmkPWfv7N+//evLEvX7kTMrRLREJ51HGqFysOIpHL&#10;PRr5HefmaHBh2UGJxJGHGY9Ix5mRxLmy+u47l/GKy2g85lh4o4CEBAGjKFnBHSeQMl5ZWkpcIOPk&#10;Io9JBM8mXIRYwq3wlzyB90BAyJZqlUprKcQ0claBo1SM+gz+RTJRBJeJoWJDUIRDkH747dP9w4PD&#10;J4ePDg+e3oXrJ/D7qV7r7VTVimSW9JhAu5h1HJDh8b0RuSMdxHAi4UHHqeg/Z2n18hJeSRcxecLa&#10;wrqB/kvXpQu8nZqWKfxxLrQ6aLQvref8NYDJRVy/3+/1qzk/DcCuC5YbXYo8G4PlajfjWQCZy0Xe&#10;vUqz0rDxBf71BZ3b3W632U51MUw1yFw2FvDLlVZjrWbhNcjgmwv4Rnet12tZeA0y+NYCfnCp3WrY&#10;eA0KGI12FtAqoINByj2HTDjbKIUvA3y5ksLnKMiGPNuUiAmP5FlzL8QfcTGABWohw5JGSM5iMsEu&#10;5GwPh2NBsRKIVwguPDEkN1kgKdkocQWNZcd5P8aRU4C8ePzDi8cP0dH+o6P9n4/u3Tva/8kwslZt&#10;4Mgvrnr+3Wd/PriL/nj4zfP7X5TjkyL+1x8//uXJ5+VAKKe5ec++PPjt0cGzrz75/fv7JfA1gcdF&#10;+IiGJEE3yB7a5iEYpr1ia07G4uVWjAJMiyvWIj/BEVZSSvj3ZWChb8wwS6Nj6dEltgdvCWgnZcCr&#10;048shYeBmEpaIvlaEFrATc5Zl4tSL1xTsgpuHk0jv1y4mBZx2xjvlsnu4ciKb38aQ1/N0tIyvBcQ&#10;S80thiOJfRIRidQzvkNIiXW3KbX8ukldwRM+keg2RV1MS10yomMrm+aLNmgIcZmV2QzxtnyzeQt1&#10;OSuzep3s2kioCsxKlB8RZrnxKp5KHJaxHOGQFR1+HcugTMnhTLhFXD+REGmfMI76HkmSsjUfCLC3&#10;EPRrGDpYadg32Sy0kULSnTKe1zHnReQ63+kFOIzLsEMaBUXse8kOpChGW1yWwTe5XSHqHuKAoxPD&#10;fYsSK9ynd4Ob1LdUmieIejIVJbG8SriVv8MZm2CiWw00eatXhzT6u8bNKHRuI+H8Gje0ymdfPyjR&#10;+01t2Wuwe5XVzMaxRn0S7nh77nHh0Te/O6/jabRFoCAWt6i3zfltc3b+8835pHo+/5Y878LQoNUs&#10;YgZvPYaHZ57CJ5SxoZwxcj3Rg3gCe5E3AKLio0+jJD+lxQFcqsoGgRbOF1ivQYLLD6kMhgGOYYiv&#10;OoqJn6Ss/QTFPIHDpCaX8lZ4OAhIcxRtqkOK6SQJlpvcM+S6ImdnkZyN1srXB+BMUF0xOKuw+qWU&#10;Kdj2KsKqSqkzS6tq1XSTtKTlJisX60M8uDw3DYi5N2HIQTAagZdb8D5AiYbDD2bEU343McrCoqNw&#10;niFKAuyRNEbK7sUYVXWQslxZMETZYZJBHSxP8VpBWluxfQ1pZwlSUVzjBHFZ9F4nSlkGz6ME3I6X&#10;I4uKxckitNdx2s1a00EujjvOBM7NcBnGEPVEzZWY+fBGypXCpP2pxayrfB7NdmaYXQRVeDVi/L5g&#10;sNUHYpHIdZwEJjX0ozQFWKQkGf1rTXDreRlQ0o3OpkV9GZLhX9MC/GiHlkwmxJXFYBcoynfmNm2l&#10;fCqJGAbeHhqzqdjGEH6VqmCPRxN4/aE7grqBd3fK2/qR3ZzToiu+MdM4Q8csDnDablWJZpVs4Loh&#10;5Trou4J6YFup7tq4lzdFl/w5mVJM4/+ZKWo/gbcRdU9FwIUXwwIjVSkdhwsZcOhCcUDdgYBBQvcO&#10;yBZ4/wuPIangLbb+FWRX/ZqaMzx0WcOhUm5THwkK+5EMBCFb0JZ09p3CrJruXYYlSxnpjCqom8RG&#10;7THZJWykemBL7e0OCiDVdTdJ24DGHc8/+z6toLGvhpxivVmdLN97TQ3805OPKWYwyu7DeqDJ/J+r&#10;mI8H813VrNfLs723aIh6MB+zGllVgLDCVtBOy/4VVXjJrdZ0rAWLa81MOYjiosVAzAeiGN4pIfUP&#10;9j8qXEZ0GqsNdcS3obci+LihmEHaQFZfMIMHUg3SEMcwOBmiSSbFyrg2HZ2U17LN+pwn3VzuMWcr&#10;zc4S75d0dj6c2eKsWjxPZ6cetnxtaCe6GiJ7vESBNMkONjowZV++NnGMxn6148DXJgj0HbiC71UO&#10;0GqKVlM0uIKPUDAsmS9HHSe9yCjw3FByTD2j1DNMI6M0Mkozo8Bwln6jySgt6FTqswp85lM/Dsq+&#10;oMAEl35xyZqq9Xlw9S8AAAD//wMAUEsDBBQABgAIAAAAIQCcZkZBuwAAACQBAAAqAAAAY2xpcGJv&#10;YXJkL2RyYXdpbmdzL19yZWxzL2RyYXdpbmcxLnhtbC5yZWxzhI/NCsIwEITvgu8Q9m7SehCRJr2I&#10;0KvUBwjJNi02PyRR7Nsb6EVB8LIws+w3s037sjN5YkyTdxxqWgFBp7yenOFw6y+7I5CUpdNy9g45&#10;LJigFdtNc8VZ5nKUxikkUigucRhzDifGkhrRykR9QFc2g49W5iKjYUGquzTI9lV1YPGTAeKLSTrN&#10;IXa6BtIvoST/Z/thmBSevXpYdPlHBMulFxagjAYzB0pXZ501LV2BiYZ9/SbeAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC75UiUBQEAAB4CAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhAK0wP/HBAAAAMgEAAAsAAAAAAAAAAAAAAAAANgEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPi2CCzHAgAAuwgAAB8AAAAAAAAAAAAAAAAAIAIAAGNsaXBib2Fy&#10;ZC9kcmF3aW5ncy9kcmF3aW5nMS54bWxQSwECLQAUAAYACAAAACEA1JJnzvgGAABqHAAAGgAAAAAA&#10;AAAAAAAAAAAkBQAAY2xpcGJvYXJkL3RoZW1lL3RoZW1lMS54bWxQSwECLQAUAAYACAAAACEAnGZG&#10;QbsAAAAkAQAAKgAAAAAAAAAAAAAAAABUDAAAY2xpcGJvYXJkL2RyYXdpbmdzL19yZWxzL2RyYXdp&#10;bmcxLnhtbC5yZWxzUEsFBgAAAAAFAAUAZwEAAFcNAAAAAA==&#10;" filled="f" stroked="f">
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                    </w:rPr>
+                    <w:t>«Б</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>і</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>р</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> ш</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>аңырақ</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="28"/>
+                    </w:rPr>
+                    <w:t>»</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1974850</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1489075</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5806440" cy="3484880"/>
-            <wp:effectExtent l="0" t="0" r="3810" b="1270"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Рисунок 16" descr="Описание: C:\Users\Toshiba\Desktop\Раб стол\Конкурс Моя инициатива-моей Родине\шаблоны и фоны к презентациям\9OBnhJ3fgLw.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Описание: C:\Users\Toshiba\Desktop\Раб стол\Конкурс Моя инициатива-моей Родине\шаблоны и фоны к презентациям\9OBnhJ3fgLw.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:clrChange>
                         <a:clrFrom>
                           <a:srgbClr val="FFFFFF"/>
                         </a:clrFrom>
                         <a:clrTo>
                           <a:srgbClr val="FFFFFF">
                             <a:alpha val="0"/>
                           </a:srgbClr>
                         </a:clrTo>
                       </a:clrChange>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="7014" t="27032"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5806440" cy="3484880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>«Культура – это отражение нации, ее души, ума и благородства. Цивилизованный народ гордится ходом своей истории, развитием культуры, великими людьми, прославившими страну и внесшими огромный вклад в золотой фонд мировых достижений мысли, искусства. Именно посредством культуры, традиций нация становится известной».</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мәдение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>т-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жанының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ақыл-ойының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>игілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бейнесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Өркениетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тарихының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәдениетінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дамуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>елді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>паш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әлемдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ой, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өнер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жетістіктерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алтын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үлес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мәдениет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұлт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Н. А. Назарбаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Информационная карта проекта</w:t>
+        <w:t>Жобаның ақпараттық картасы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...99 lines deleted...]
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">На протяжении всего периода будут действовать пять </w:t>
+        <w:t>Қазақ халқының сан ғасырлық тарихы бар, әлемдік өркениеттің қазынасына енген мәдени құндылықтардың иесі болып табылады. Ол өз аумағында тұратын халықтардың мәдени құндылықтарының алуан түрлілігін өзіне айналдырды. Қазақстанның мәдени мұрасы ұрпақтардың рухани байланысын нығайтатын ұлттық сананың маңызды құрамдас бөлігі болып табылады. Бұл пәндерде емес, біздің рухани – зияткерлік кеңістікте, күнделікті тәжірибеде бар мәдениеттің бір бөлігі.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ш</w:t>
+        <w:tab/>
+        <w:t>Қазақстан мәдениеті ежелгі дәуірден қалыптасты және қазақ халқының өмірі мен дүниетанымының барлық жақтарын айқын көрсетті. Қазақтың ұлттық салт-дәстүрлері, сәндік-қолданбалы өнері, халық ауыз әдебиеті, ұлттық ойындар және спорт түрлері. Бай мәдениеті, қазақ нарда сақтап көптеген салт-дәстүрлер мен әдет-ғұрпын, қадірлі және берілетін ұрпақтан ұрпаққа беріліп көптеген ғасырлар бойы.</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">аңырак будет носить свое название. </w:t>
+        <w:tab/>
+        <w:t>Әрбір шаңырақ Мәдени мұра қоғамдағы адамгершілік құндылықтарды, этикалық нормалар мен мәдениетті қалыптастыруға бағытталатын болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«М</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                  </w:t>
+        <w:t xml:space="preserve">Барлық кезең бойы бес шаңырақ жұмыс істейді, әрбір шаңырақ өз атауына ие болады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:sz w:val="28"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">ңырақ, где дети смогут узнать о традициях и обычаях  казахского народа. Традиции и обычаи связанные с преподнесением подаков, взаимопомощью, приемом гостей. </w:t>
+        <w:t xml:space="preserve">«Музыкалық шаңырақ» - мұнда қазақ халқының музыкалық мәдениетімен танысу, музыкалық сайыс өтеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">аңыраках участники смогут узнать историю той или иной  игры, но и правила игры. </w:t>
+        <w:t xml:space="preserve">«Шаңырақ дәстүрі мен әдет-ғұрпы» - дәстүрлі нысандарға толы. Балалар қазақ халқының салт-дәстүрлері туралы біле алады. Салт-дәстүр байланысты сыйлықтарды тарту, көмек көрсету, қабылдау қонақтарға қатысты. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve">«Шаңырақ ойындары»- балалардың ұлттық ойындары өтетін болады. Басқа шаңырақтардағы сияқты қатысушылар ойынның тарихын, сондай-ақ ойын ережелерін біле алады. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...9 lines deleted...]
-        <w:t>ңырақ устного народного творчества» - работа будет направлена на нравственно духовное воспитание, раскрытие влияния казахского устного народного твочества на воспитание. Оно будет включать в  себя: конкурс исполнителей народного творчества, исследовательская работа о подвиге людей, отличившихся воинской доблестью.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">«Шаңырақ халық ауыз әдебиеті» - бұл жұмыс адамгершілік рухани тәрбиеге, қазақтың халық ауыз әдебиеті арқылы тәрбие беруге ықпал ететін болады. Ол: халық шығармашылығын орындаушылар байқауы, әскери ерлікпен көзге түскен адамдардың ерлігі туралы зерттеу жұмысы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...16 lines deleted...]
-        <w:t>аңырақ декоративно – прикладного искусства» -  вышивка (традиционные швы),  пошив традиционных корпеше, связанных с убранством юрты.</w:t>
+        <w:t>«Шаңырақ сәндік-қолданбалы өнер» - киіз үй жинаумен байланысты дәстүрлі көрпешені тігу (дәстүрлі тігістер).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7393"/>
         <w:gridCol w:w="7393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00577619" w:rsidTr="00577619">
+      <w:tr w:rsidR="005230D0" w:rsidTr="005230D0">
         <w:trPr>
           <w:trHeight w:val="1842"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1323975" cy="1678940"/>
+                  <wp:extent cx="1323975" cy="1676400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="15" name="Рисунок 15"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9">
+                          <a:blip r:embed="rId8">
                             <a:clrChange>
                               <a:clrFrom>
                                 <a:srgbClr val="FEFEFE"/>
                               </a:clrFrom>
                               <a:clrTo>
                                 <a:srgbClr val="FEFEFE">
                                   <a:alpha val="0"/>
                                 </a:srgbClr>
                               </a:clrTo>
                             </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="23940" r="27345"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1323975" cy="1678940"/>
+                            <a:ext cx="1323975" cy="1676400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1269365" cy="1664970"/>
-                  <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+                  <wp:extent cx="1266825" cy="1666875"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="14" name="Рисунок 14"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 6"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId9">
                             <a:clrChange>
                               <a:clrFrom>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:clrFrom>
                               <a:clrTo>
                                 <a:srgbClr val="FFFFFF">
                                   <a:alpha val="0"/>
                                 </a:srgbClr>
                               </a:clrTo>
                             </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1269365" cy="1664970"/>
+                            <a:ext cx="1266825" cy="1666875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve">Музыкальный </w:t>
+              <w:t>Музыка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>ш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ңырақ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">         Из седой древности до наших дней дошла казахская народная легенда о наземном, сверхъестественном происхождении музыки, пения. Она рассказывает  о том, что парящая высоко в небе божественная песня, пролетая над великой степью. Опустилась очень низко, поэтому </w:t>
-            </w:r>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Ежелгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>дәуірден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бүгінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>күнге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>музыканың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бетіндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>табиғаттан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>народ</w:t>
-            </w:r>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> услышавший ее, наделен большим музыкальным даром и способностями.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>шығу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>айту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>халық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>аңызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>келді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Ол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Ұлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>даладан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұшып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>келе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жатқан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>аспанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>шырқап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жүргенін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>айтады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Ол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сондықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>естіген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>халық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үлкен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>музыкалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қабілеттерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577619" w:rsidTr="00577619">
+      <w:tr w:rsidR="005230D0" w:rsidTr="005230D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1624330" cy="1719580"/>
+                  <wp:extent cx="1619250" cy="1724025"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="13" name="Рисунок 13"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1619250" cy="1724025"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1476375" cy="1733550"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="11" name="Рисунок 11"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1624330" cy="1719580"/>
+                            <a:ext cx="1476375" cy="1733550"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1473835" cy="1733550"/>
+                  <wp:extent cx="1323975" cy="1724025"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="11" name="Рисунок 11"/>
+                  <wp:docPr id="10" name="Рисунок 10"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPr id="0" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1473835" cy="1733550"/>
+                            <a:ext cx="1323975" cy="1724025"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...60 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
-            <w:pPr>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>Шаңырақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>салт-дә</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>Ш</w:t>
-            </w:r>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
-[...2 lines deleted...]
-              <w:t>а</w:t>
+              </w:rPr>
+              <w:t>үрлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="40"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үр-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бұл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>салт-дәстүрлерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>күнделікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>іс-әрекеттерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қоғамдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мінез-құлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ережелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қамтитын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұрпақтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұрпаққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұзақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>уақыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бойы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>салттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>іс-әрекеттер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>кешені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">        Обычаи</w:t>
-[...6 lines deleted...]
-              <w:t> – это действие, укоренившееся в общественном сознании и повторяющееся снова и снова</w:t>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Әде</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>т-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ғұрып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бұл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>іс-әрекет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қысқартылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>санада</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қайталанатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577619" w:rsidTr="00577619">
+      <w:tr w:rsidR="005230D0" w:rsidTr="005230D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1583055" cy="1664970"/>
+                  <wp:extent cx="1581150" cy="1666875"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="9" name="Рисунок 9"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 6"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14">
+                          <a:blip r:embed="rId13">
                             <a:clrChange>
                               <a:clrFrom>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:clrFrom>
                               <a:clrTo>
                                 <a:srgbClr val="FFFFFF">
                                   <a:alpha val="0"/>
                                 </a:srgbClr>
                               </a:clrTo>
                             </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="9032" t="32748" r="64963" b="15056"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1583055" cy="1664970"/>
+                            <a:ext cx="1581150" cy="1666875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1555750" cy="1664970"/>
-                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:extent cx="1552575" cy="1666875"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="8" name="Рисунок 8"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14">
+                          <a:blip r:embed="rId13">
                             <a:clrChange>
                               <a:clrFrom>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:clrFrom>
                               <a:clrTo>
                                 <a:srgbClr val="FFFFFF">
                                   <a:alpha val="0"/>
                                 </a:srgbClr>
                               </a:clrTo>
                             </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="40625" t="62531" r="38742"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1555750" cy="1664970"/>
+                            <a:ext cx="1552575" cy="1666875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1310005" cy="1678940"/>
-                  <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+                  <wp:extent cx="1304925" cy="1676400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="7" name="Рисунок 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 8"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14">
+                          <a:blip r:embed="rId13">
                             <a:clrChange>
                               <a:clrFrom>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:clrFrom>
                               <a:clrTo>
                                 <a:srgbClr val="FFFFFF">
                                   <a:alpha val="0"/>
                                 </a:srgbClr>
                               </a:clrTo>
                             </a:clrChange>
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="38690" t="19853" r="41966" b="37469"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1310005" cy="1678940"/>
+                            <a:ext cx="1304925" cy="1676400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>Ш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ңырақ игр</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+              <w:t>ңырақ ойындары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">       Возрождение национальных игр, которые являются важной составляющей познавательной этнокультурной традицией.</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       Танымдық этномәдени дәстүр болып табылатын ұлттық ойындарды жаңғырту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00577619" w:rsidTr="00577619">
+      <w:tr w:rsidR="005230D0" w:rsidTr="005230D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1583055" cy="1706245"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+                  <wp:extent cx="1581150" cy="1704975"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="6" name="Рисунок 6"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 9"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1581150" cy="1704975"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1419225" cy="1704975"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="5" name="Рисунок 5"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1583055" cy="1706245"/>
+                            <a:ext cx="1419225" cy="1704975"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1419225" cy="1706245"/>
-[...1 lines deleted...]
-                  <wp:docPr id="5" name="Рисунок 5"/>
+                  <wp:extent cx="1409700" cy="1714500"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2"/>
+                          <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1419225" cy="1706245"/>
+                            <a:ext cx="1409700" cy="1714500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>Ша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>ңырақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>халық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>ауыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>әдебиеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>терең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ежелгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>этникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тарихқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тамырымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>кететін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ауызша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>халық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>шығармашылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>халық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>басынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өткен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тарихи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>оқиғалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>негізінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құрылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>батырлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ертегілермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>лирикалы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>эпикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>поэмалармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>аңыздармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>аңыздармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>берілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005230D0" w:rsidTr="005230D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="1405890" cy="1719580"/>
-[...1 lines deleted...]
-                  <wp:docPr id="4" name="Рисунок 4"/>
+                  <wp:extent cx="2019300" cy="2238375"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="3" name="Рисунок 3" descr="Описание: https://ru.all.biz/img/ru/catalog/1809208.jpeg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 1"/>
+                          <pic:cNvPr id="0" name="Рисунок 14" descr="Описание: https://ru.all.biz/img/ru/catalog/1809208.jpeg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1405890" cy="1719580"/>
+                            <a:ext cx="2019300" cy="2238375"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-          </w:p>
-[...91 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2019935" cy="2238375"/>
-[...1 lines deleted...]
-                  <wp:docPr id="3" name="Рисунок 3" descr="Описание: https://ru.all.biz/img/ru/catalog/1809208.jpeg"/>
+                  <wp:extent cx="2066925" cy="2171700"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2" name="Рисунок 2" descr="Описание: Картинки по запросу вышивка простых  казахских орнаментов"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Рисунок 14" descr="Описание: https://ru.all.biz/img/ru/catalog/1809208.jpeg"/>
+                          <pic:cNvPr id="0" name="Рисунок 2" descr="Описание: Картинки по запросу вышивка простых  казахских орнаментов"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2019935" cy="2238375"/>
+                            <a:ext cx="2066925" cy="2171700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...58 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>Шаңырақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>сәнді</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>Ш</w:t>
-            </w:r>
+              <w:t>к-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              </w:rPr>
+              <w:t>қолданбалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
-                <w:szCs w:val="40"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00577619" w:rsidRDefault="00577619">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">          Народное декоративно прикладное искусство является наследием материальной и духовной культуры древних племен, обитавших в великой степи. Его развитие тесно связано с кочевым образом жизни традиционного казахского общества, социально – экономическим положением, самосознанием народа и историческим процессом. В изделиях прикладного искусства отражены древние взгляды и мировоззрения казахов в виде различных орнаментов и узоров. </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Халықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қолданбалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>далада</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сүрген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ежелгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тайпалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>материалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>рухани</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мәдениетінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мұрасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>табылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>дамуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қоғамының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көшпелі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өмір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>салтымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>экономикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жағдаймен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>халықтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өзін-өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тануымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тарихи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үдерістермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тығыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Қолданбалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қазақтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ою-өрнектер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өрнектер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>түріндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ежелгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көзқарастары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>дүниетанымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00577619" w:rsidRDefault="00577619" w:rsidP="00577619">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C26543" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="000E209F">
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRDefault="005230D0" w:rsidP="005230D0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005230D0" w:rsidRPr="005230D0" w:rsidRDefault="005230D0" w:rsidP="000E209F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C26543" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="000E209F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0031125C">
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>«Б</w:t>
       </w:r>
-      <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
+      <w:r w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ір шаңырақ</w:t>
       </w:r>
-      <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
+      <w:r w:rsidRPr="0031125C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2163" w:rsidRPr="005230D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІСКЕ АСЫРУ КЕСТЕСІ, НЕГІЗГІ ОҚИҒАЛАР/КЕЗЕҢДЕР/КІШІ ЖОБА КЕЗЕҢДЕРІ </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00960FA9" w:rsidRPr="0031125C" w:rsidRDefault="00960FA9" w:rsidP="00960FA9">
+    <w:p w:rsidR="00960FA9" w:rsidRPr="005230D0" w:rsidRDefault="00960FA9" w:rsidP="00960FA9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="435"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15168" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="847"/>
         <w:gridCol w:w="3406"/>
         <w:gridCol w:w="6237"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
@@ -5822,132 +10668,142 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t>Задачи</w:t>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Міндеттер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Показатели результатов </w:t>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нәтижелер көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t>Срок реализации</w:t>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іске асыру мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A5B4B" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5978,4185 +10834,6267 @@
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t>Начало</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
           </w:tcPr>
-          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="00634193" w:rsidP="00F561AB">
+          <w:p w:rsidR="00634193" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00F561AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t>Завершение *</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аяқталуы</w:t>
+            </w:r>
+            <w:r w:rsidR="00634193" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidTr="00300F73">
         <w:trPr>
           <w:trHeight w:val="117"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidRDefault="000E209F" w:rsidP="000E209F">
+          <w:p w:rsidR="000E209F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="000E209F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Школьный</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Б</w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> шаңырақ</w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ектеп жобасы</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="00D83A4F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="00D83A4F">
+          <w:p w:rsidR="001C2163" w:rsidRPr="001C2163" w:rsidRDefault="001C2163" w:rsidP="001C2163">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="001C2163">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="000E209F" w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жылғы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2163">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="00EC1D53" w:rsidP="00D83A4F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="001C2163">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>п</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="000E209F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жылғы маусым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="000E209F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidTr="00E72084">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="00662175">
-[...9 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="001C2163">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жанұям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мобильді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ФОРМАТ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Саналы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азамат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>базалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D83A4F" w:rsidRPr="005230D0" w:rsidTr="00610CE1">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00662175" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3406" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="0087066F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құндылықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сақтауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>табыну</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жасауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көпфункционалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орталығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C2163" w:rsidRPr="001C2163" w:rsidRDefault="001C2163" w:rsidP="001C2163">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Түрлі бағыттар бойынша балалармен және ата-аналармен бірлескен сабақтар өткізу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C2163" w:rsidRPr="001C2163" w:rsidRDefault="001C2163" w:rsidP="001C2163">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасыларды қатыстыра отырып іс-шараларды ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C2163" w:rsidRPr="001C2163" w:rsidRDefault="001C2163" w:rsidP="001C2163">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отбасылық спорттық турнирді ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="001C2163">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БАҚ, әлеуметтік желілердегі Жарияланымдар.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00C83A50" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00191FA5" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2018</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қараша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C2163" w:rsidRDefault="001C2163" w:rsidP="00163CFF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00163CFF" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00163CFF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қараша</w:t>
+            </w:r>
+            <w:r w:rsidR="00163CFF" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қаңтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00163CFF" w:rsidRPr="0031125C" w:rsidRDefault="001C2163" w:rsidP="00163CFF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мамыр</w:t>
+            </w:r>
+            <w:r w:rsidR="00163CFF" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00C83A50" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2163" w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D83A4F" w:rsidRPr="005230D0" w:rsidTr="00E72084">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15168" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="007A0071">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-108"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ө</w:t>
+            </w:r>
             <w:r w:rsidR="0087066F" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...86 lines deleted...]
-              <w:t>»)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мірлік таңдау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071" w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби бағдар жұмысы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>( «</w:t>
+            </w:r>
+            <w:r w:rsidR="0087066F" w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Саналы азамат</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071" w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базалық бағыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00662175" w:rsidP="00D83A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="0087066F">
-[...16 lines deleted...]
-              <w:t>Создание многофункционального центра семейного образования, направленного на сохранение традиционных семейных ценностей, создание культа семьи.</w:t>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="0087066F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіптік бағдар беру жұмысының жүйелендірілген моделін әзірлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="00D83A4F">
-[...93 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="007A0071" w:rsidRPr="007A0071" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7-9 сынып оқушылары үшін ата-аналармен бірлесіп кәсіптік бағдар беру бойынша тренинг сабақтарын өткізу. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БАҚ, әлеуметтік желілердегі Жарияланымдар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00C83A50" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ноябрь </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00191FA5" w:rsidRPr="0031125C">
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+              <w:t xml:space="preserve"> қаңтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071" w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ноябрь </w:t>
-[...105 lines deleted...]
-              <w:t>(ежегодно)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00C83A50" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Январь </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001B6DAF" w:rsidRPr="0031125C">
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00713FCE" w:rsidRPr="0031125C" w:rsidRDefault="00713FCE" w:rsidP="00D83A4F">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B6DAF" w:rsidRPr="0031125C" w:rsidRDefault="001B6DAF" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0071" w:rsidRPr="001C2163">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Май </w:t>
-[...96 lines deleted...]
-              <w:t>(ежегодно)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidTr="00E72084">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="00D83A4F" w:rsidP="0087066F">
+          <w:p w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="007A0071">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәдени мұра күні» </w:t>
+            </w:r>
+            <w:r w:rsidR="00D83A4F" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="0087066F" w:rsidRPr="0031125C">
-[...30 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> работа</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлкетану</w:t>
             </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (базовое направление «</w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>»)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>базалық бағыт</w:t>
+            </w:r>
+            <w:r w:rsidR="00D83A4F" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83A4F" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
-[...364 lines deleted...]
-      <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="005F7858">
+      <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="000E1121">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00440E18">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="00440E18">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мәдени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұраны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ілгерілету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мәдени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұраны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>халық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құндылықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көбейту</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғамдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>адамгершілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құндылықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>этикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нормалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">этических норм и культуры в обществе. </w:t>
+              <w:t>мәдениетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қалыптастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00440E18">
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w:rsidR="007A0071" w:rsidRPr="007A0071" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...2 lines deleted...]
-                <w:sz w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve"> «Музыку сделаем сами, своими руками» изготовление музыкальных инструментов (бумага, картон и </w:t>
-[...25 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>узыканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қолымызбен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жасаймыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>музыкалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>аспаптарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Қағаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, картон </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жасау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="007A0071" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Достық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>шеберханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сәндік-қолданбалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="007A0071" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Асыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>әжем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Жастықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>даналыққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...140 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БАҚ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>желілердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>январь 2019</w:t>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>февраль 2019</w:t>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>январь 2019</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="003B499F" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B499F" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>февраль 2019</w:t>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="00E72084">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00662175">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="007A0071">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«Мастер-класс со звездой» (базовое направление «</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жұлдызды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>( «</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Отаным - тағдырым</w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
-[...6 lines deleted...]
-              <w:t>»)</w:t>
+            <w:r w:rsidR="00440E18" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A0071">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>базалық бағыт</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00C83A50">
-[...114 lines deleted...]
-              <w:t xml:space="preserve"> с целью повышения уровня культуры детей.  </w:t>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="00C83A50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Міндет-балалардың мәдениет деңгейін арттыру мақсатында түрлі қызмет саласында халық шеберлері, спортшылар, қызықты адамдарды табу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
-[...101 lines deleted...]
-                <w:sz w:val="28"/>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Табысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кездесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қайраткерлерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бизнесмендермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кездесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Олимп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>спортшылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кездесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, мастер-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>класстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жұлдызды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мастер-класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вернисажы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бүгінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>күннің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>батырлары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БАҚ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>желілердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ноябрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+              <w:t>2018қараша</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00764C7B">
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ноябрь  2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00764C7B">
+              <w:t xml:space="preserve">2018қараша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="00764C7B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00764C7B">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="00764C7B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00764C7B">
+              <w:t>2018желтоқсан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00F515F5">
+              <w:t>2018желтоқсан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="00F515F5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ноябрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t xml:space="preserve">2018қараша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ноябрь  2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t xml:space="preserve">2018қараша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t>2018желтоқсан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t>2018желтоқсан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="00E72084">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00662175">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="00662175">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Creativ</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...85 lines deleted...]
-              <w:t>»)</w:t>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алаң «Be original»  ( « Саналы азамат» базалық бағыт)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
-[...12 lines deleted...]
-                <w:sz w:val="28"/>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="00D83A4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Тематические творческие площадки, направленные на развитие внутреннего творческого потенциала и личностных возможностей молодого поколения через художественно-эстетическое искусство</w:t>
-[...4 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:t>Көркем-эстетикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұрпақтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ішкі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әлеуетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мүмкіндіктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамытуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тақырыптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>алаңдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00440E18" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
-[...66 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кішкентай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнертабысым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...41 lines deleted...]
-                <w:sz w:val="28"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шығармашылық көрмесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Legolандия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A0071" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007A0071" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A0071" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өрмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007A0071" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="007A0071">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БАҚ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>желілердегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ноябрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+              <w:t xml:space="preserve">2018қараша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>апрель  2019</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
+              <w:t>2019сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="00D83A4F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00F36049">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="00F36049">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ноябрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t xml:space="preserve">2018қараша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>апрель  2019</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+              <w:t xml:space="preserve">  2019</w:t>
+            </w:r>
+            <w:r w:rsidR="003B499F" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="000E1121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="00E72084">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="00662175">
+          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="007A0071" w:rsidP="00662175">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Small бук-трейлер» ( </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="0031125C">
-[...56 lines deleted...]
-              <w:t>»)</w:t>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Саналы азамат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004618E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> базалық бағыт)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="00610CE1">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
-[...18 lines deleted...]
-              <w:t>Повышение престижа книги, поддержка самообразования и образования в течение всей жизни. Осознание своей индивидуальности и личностных ресурсов.</w:t>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003A3FBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітаптың беделін арттыру, өмір бойы өз білімін және білімін қолдау. Өз даралығы мен жеке ресурстарын түсіну</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
-[...174 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ең көне кітап менің сөрем» акциясы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Роликтерді жасау негіздері» үйірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B499F" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Small буктрейлер» фестивалі (үйірмелер орындаған жұмыстардың тұсаукесері). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БАҚ, әлеуметтік желілердегі Жарияланымдар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="003A3FBF">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003A3FBF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="003A3FBF">
+              <w:t>2018желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5120" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D5120" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003A3FBF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>октябрь 2018</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="003A3FBF">
+              <w:t>2018қазан</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5120" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D5120" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>апрель 2019</w:t>
+              <w:t>2019сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5120" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="003A3FBF">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003A3FBF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>март 2019</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="003A3FBF">
+              <w:t>2019наурыз</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D5120" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003A3FBF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>май 2019</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="009D5120" w:rsidRPr="0031125C" w:rsidRDefault="009D5120" w:rsidP="003A3FBF">
+              <w:t>2019мамыр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D5120" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>апрель 2019</w:t>
+              <w:t>2019сәуір</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5120" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="007920C2">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="007A0071" w:rsidP="003A3FBF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...57 lines deleted...]
-              <w:t>»)</w:t>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Мектеп тарихы-өткеннің куәсі - бүгінгі үшін үлгі» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(«Отаным - тағдырым»)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>базалық бағыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="006D0A03">
+      <w:tr w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidTr="000E1121">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="847" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="0031125C" w:rsidP="003A3FBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="007973FE">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="000E1121">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:t>Изучение истории  одной из первых, старейших школ города Павлодара. Знакомство с известными людьми, преподавателями, семейными династиями школы и ее выпускниками.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қаласының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектептерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бірі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Атақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқытушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектептің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отбасылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әулеттерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>түлектерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>танысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
-[...14 lines deleted...]
-              <w:t>Выпуск книги об истории школы</w:t>
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003A3FBF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тарихы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шығару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>декабрь 2018</w:t>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidR="00440E18" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00440E18" w:rsidRPr="0031125C" w:rsidRDefault="00440E18" w:rsidP="003A3FBF">
+          <w:p w:rsidR="00440E18" w:rsidRPr="00ED39E9" w:rsidRDefault="00440E18" w:rsidP="003B499F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-108"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="00ED39E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
-                <w:sz w:val="28"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>август 2019</w:t>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:r w:rsidR="003B499F" w:rsidRPr="00ED39E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тамыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="00DC16D2">
+    <w:p w:rsidR="00ED39E9" w:rsidRDefault="00ED39E9" w:rsidP="00ED39E9">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="435"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="00DC16D2">
+    <w:p w:rsidR="00ED39E9" w:rsidRDefault="00ED39E9" w:rsidP="00ED39E9">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="435"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC16D2" w:rsidRDefault="00DC16D2" w:rsidP="00DC16D2">
+    <w:p w:rsidR="00DD2ECA" w:rsidRPr="00ED39E9" w:rsidRDefault="003B499F" w:rsidP="00ED39E9">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="435"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>КІ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...279 lines deleted...]
-        <w:t>ЭКСПРЕСС-ОЦЕНКА ПОТЕНЦИАЛА ПОДПРОЕКТА</w:t>
+        <w:t>І ЖОБАНЫҢ ӘЛЕУЕТІН ЭКСПРЕСС-БАҒАЛАУ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1134"/>
@@ -10174,321 +17112,730 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="009D1E8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="003B499F" w:rsidRPr="003B499F" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...29 lines deleted...]
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Сананың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өзгеруіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>кіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жобаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әсер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>етуінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әлеуетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="003B499F" w:rsidP="003B499F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...24 lines deleted...]
-              <w:t>:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қатысушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (шкала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-ден 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003B499F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...25 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БАҚ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>желілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ғанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2018 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>жылды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ауқым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="00F36828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қорытынды балл </w:t>
+            </w:r>
+            <w:r w:rsidR="0034313B" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(7+(8/9/10/11)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidTr="009D1E8C">
         <w:trPr>
           <w:trHeight w:val="1342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="009D1E8C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Конкурент</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>әсекелестік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>носпособ</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>тәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ность</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10523,596 +17870,950 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тизм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сохранение </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t>Ұлттық қауіпсіздікті сақтау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...50 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Культ знания</w:t>
-            </w:r>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>табынуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0031125C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстанның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+              <w:t xml:space="preserve">Эволюциялық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ное</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>, а не революционное развитие Казахстана</w:t>
-            </w:r>
+              <w:t>революциялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Откры</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+              <w:t>Ашықтық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>тость</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> сознания</w:t>
+              <w:t xml:space="preserve"> сана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>Всего (1+2+3+4+5+6)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:r w:rsidR="0034313B" w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(1+2+3+4+5+6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRDefault="000E1121" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5                                                 (до 1000 человек)</w:t>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="00F36828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1000 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRDefault="000E1121" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15            (от 1000             до 100 тыс. чел)</w:t>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="00F36828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1000-нан 100 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRDefault="000E1121" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30              (от 100 тыс. до 1млн. чел.)</w:t>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0034313B" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="00F36828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (100 мыңнан 1 млн. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="000E1121" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
+          <w:p w:rsidR="0034313B" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (свыше 1 млн. чел.)</w:t>
+              <w:t xml:space="preserve"> (1 млн. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>астам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0034313B" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -11476,86 +19177,131 @@
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidTr="00977614">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
-[...34 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жанұям»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00977614" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мобильд</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
@@ -11811,94 +19557,1507 @@
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidTr="009D1E8C">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="000E1121" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Радуга безопасности" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>велогородок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidTr="009D1E8C">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сандықтағы Мұражай</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidTr="009D1E8C">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="000E1121" w:rsidRDefault="000E1121" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Жұлдызды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-класс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidTr="009D1E8C">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E1121" w:rsidRDefault="00977614" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Creativ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E1121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алаң</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="000E1121">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>original</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidTr="009D1E8C">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Радуга безопасности» временный </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>«</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Small</w:t>
+            </w:r>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> бук-трейлер» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
@@ -12139,1423 +21298,89 @@
           <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00977614" w:rsidRPr="0031125C" w:rsidRDefault="00977614" w:rsidP="00977614">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1332 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00DD2ECA" w:rsidP="00F36828">
+    <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00397F58" w:rsidP="00F36828">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0031125C">
+      <w:r w:rsidRPr="00397F58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ОСНОВНЫЕ РИСКИ</w:t>
+        <w:t>НЕГІЗГІ ТӘУЕКЕЛДЕР</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15026" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="10631"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidTr="00F36828">
         <w:trPr>
           <w:trHeight w:val="761"/>
         </w:trPr>
@@ -13571,858 +21396,1146 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00DD2ECA" w:rsidP="00F36828">
+          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00397F58" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Риски </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәуекел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00DD2ECA" w:rsidP="00F36828">
+          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00397F58" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...7 lines deleted...]
-              <w:t>Описание риска</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәуекел сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidTr="00F36828">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00DD2ECA" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="0034313B" w:rsidP="00F36828">
-[...25 lines deleted...]
-              <w:t>инансирование</w:t>
+          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00397F58" w:rsidP="00F36828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00397F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаржыландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="008D0757" w:rsidP="008D0757">
+          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00397F58" w:rsidP="008D0757">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031125C">
-[...14 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00397F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қаржыландырудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00397F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00397F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>болмауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2ECA" w:rsidRPr="009C5E8C" w:rsidTr="00F36828">
+      <w:tr w:rsidR="00DD2ECA" w:rsidRPr="005230D0" w:rsidTr="00F36828">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00DD2ECA" w:rsidP="00F36828">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00DD2ECA" w:rsidP="00F36828">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="0031125C">
+          <w:p w:rsidR="00DD2ECA" w:rsidRPr="0031125C" w:rsidRDefault="00397F58" w:rsidP="00F36828">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00397F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қатысушылардың төмен мотивациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2ECA" w:rsidRPr="0031125C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD2ECA" w:rsidRPr="000D412F" w:rsidRDefault="00DD2ECA" w:rsidP="00A1008B">
+          <w:p w:rsidR="00DD2ECA" w:rsidRPr="00672715" w:rsidRDefault="00672715" w:rsidP="00A1008B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...17 lines deleted...]
-              <w:t>участию</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00672715">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қатысушылардың мотивация деңгейіне қатысуға бейімділігі байланысты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00672715" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00672715" w:rsidRPr="00ED39E9" w:rsidRDefault="00811F8A" w:rsidP="00672715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00672715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00672715" w:rsidRPr="00672715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00672715" w:rsidRPr="00ED39E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00672715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемін</w:t>
+      </w:r>
+      <w:r w:rsidR="00672715" w:rsidRPr="00ED39E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00672715" w:rsidRPr="00ED39E9" w:rsidRDefault="00672715" w:rsidP="00672715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоба жетекшісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00672715" w:rsidRPr="00822E1C" w:rsidRDefault="00672715" w:rsidP="00672715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1B2F">
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>Павлодар қаласының № 13 ЖО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>УТВЕРЖДАЮ</w:t>
+        <w:t>ББ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1B2F">
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
+      <w:r w:rsidRPr="00ED39E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ММ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00672715" w:rsidRPr="00ED39E9" w:rsidRDefault="00672715" w:rsidP="00672715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Руководитель проекта</w:t>
+        <w:t xml:space="preserve">______________ С.М.Камиева </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00672715" w:rsidRPr="00822E1C" w:rsidRDefault="00672715" w:rsidP="00672715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00ED39E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«___»_______ 2018 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ГУ «СОШ № 13 г. Павлодара»</w:t>
+        <w:t>ж</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
-[...49 lines deleted...]
-    <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00672715" w:rsidRDefault="00811F8A" w:rsidP="00672715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRPr="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00672715" w:rsidRDefault="00397F58" w:rsidP="00811F8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE2454">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖОБА ПАСПОРТЫ</w:t>
+      </w:r>
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00672715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00672715">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(включен в реестр областных проектов)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00672715" w:rsidRPr="00672715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық жобалар тізіліміне енгізілді</w:t>
+      </w:r>
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00672715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00ED39E9" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidRPr="00482AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тәрбие және бі</w:t>
+        <w:t>Тәрбие және білім</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00ED39E9" w:rsidRDefault="00672715" w:rsidP="00811F8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Проект</w:t>
+        <w:t>Жоба</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00482AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ір</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00482AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Шаңырақ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidR="00811F8A" w:rsidRPr="00ED39E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00ED39E9" w:rsidRDefault="00672715" w:rsidP="00811F8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482AB4">
+      <w:r w:rsidRPr="00981094">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Базовое направление: «Духовно - нравственное воспитание»</w:t>
+        <w:t xml:space="preserve">Базалық бағыт: </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00981094">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рухани-адамгершілік тәрбие»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
+    <w:p w:rsidR="00811F8A" w:rsidRPr="00ED39E9" w:rsidRDefault="00811F8A" w:rsidP="00811F8A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="22179" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7393"/>
         <w:gridCol w:w="7393"/>
+        <w:gridCol w:w="7393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidTr="009729F6">
+      <w:tr w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidTr="00672715">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00811F8A" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C8E4461" wp14:editId="08E22624">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AD7EBCC" wp14:editId="487DE70C">
                   <wp:extent cx="2493818" cy="2256312"/>
                   <wp:effectExtent l="0" t="0" r="1905" b="0"/>
                   <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Завуч\Desktop\логотип школы.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Завуч\Desktop\логотип школы.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20" cstate="print">
+                          <a:blip r:embed="rId19" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2482538" cy="2246106"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00822E1C" w:rsidRDefault="00672715" w:rsidP="00D21950">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
-              </w:rPr>
-            </w:pPr>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00822E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Жоба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00822E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00822E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>жетекшісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="00D21950">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00482AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
+              <w:t>С.М.Камиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00482AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="00D21950">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00672715" w:rsidRDefault="00672715" w:rsidP="00D21950">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00822E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Жоба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00822E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00822E1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Менеджері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="00D21950">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ДТЖО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00482AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00482AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Д.А.Нургалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00482AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="00D21950">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="00D21950">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00482AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
               <w:t>Руководитель Проекта</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00482AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>Камиева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00482AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> С.М.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>Менеджер Проекта</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00482AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>ЗДВР Нургалиева Д.А.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00811F8A" w:rsidRPr="00482AB4" w:rsidRDefault="00811F8A" w:rsidP="009729F6">
+          <w:p w:rsidR="00672715" w:rsidRPr="00482AB4" w:rsidRDefault="00672715" w:rsidP="000E1121">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003554E0" w:rsidRDefault="003554E0" w:rsidP="00DD2ECA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="435"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003554E0" w:rsidSect="00610CE1">
+    <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="00DD2ECA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="435"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="00DD2ECA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="435"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="00DD2ECA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="435"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="00DD2ECA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="435"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="00DD2ECA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="435"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002169F8" w:rsidRDefault="002169F8" w:rsidP="00ED39E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002169F8" w:rsidSect="00610CE1">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="709" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -15914,112 +24027,110 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00634193"/>
     <w:rsid w:val="00000E33"/>
     <w:rsid w:val="00004B3E"/>
     <w:rsid w:val="00006C02"/>
     <w:rsid w:val="00006CC5"/>
     <w:rsid w:val="00011734"/>
     <w:rsid w:val="00016B01"/>
     <w:rsid w:val="00017595"/>
     <w:rsid w:val="00021BA0"/>
     <w:rsid w:val="0002270E"/>
     <w:rsid w:val="00023086"/>
     <w:rsid w:val="00025D05"/>
     <w:rsid w:val="000311DA"/>
     <w:rsid w:val="0003189D"/>
     <w:rsid w:val="0003329B"/>
     <w:rsid w:val="00033BAC"/>
     <w:rsid w:val="000345D3"/>
     <w:rsid w:val="000408A6"/>
     <w:rsid w:val="00044C12"/>
     <w:rsid w:val="0004567A"/>
     <w:rsid w:val="000517A6"/>
     <w:rsid w:val="00051D93"/>
     <w:rsid w:val="0005224D"/>
     <w:rsid w:val="00056A82"/>
     <w:rsid w:val="000606DF"/>
     <w:rsid w:val="00066C77"/>
     <w:rsid w:val="00075E8A"/>
     <w:rsid w:val="000768FF"/>
     <w:rsid w:val="00081F6D"/>
     <w:rsid w:val="000868F8"/>
     <w:rsid w:val="00090163"/>
     <w:rsid w:val="00091102"/>
     <w:rsid w:val="000A3667"/>
     <w:rsid w:val="000A4C5D"/>
     <w:rsid w:val="000B0F77"/>
     <w:rsid w:val="000B33F5"/>
     <w:rsid w:val="000B5DAC"/>
     <w:rsid w:val="000B71C0"/>
     <w:rsid w:val="000C19A2"/>
     <w:rsid w:val="000C1BE9"/>
     <w:rsid w:val="000C52AD"/>
     <w:rsid w:val="000C5AAC"/>
     <w:rsid w:val="000C7254"/>
     <w:rsid w:val="000D046A"/>
     <w:rsid w:val="000D26D7"/>
     <w:rsid w:val="000D3BB4"/>
     <w:rsid w:val="000D4B24"/>
     <w:rsid w:val="000D4C6D"/>
+    <w:rsid w:val="000E1121"/>
     <w:rsid w:val="000E209F"/>
     <w:rsid w:val="000E4092"/>
     <w:rsid w:val="000E4414"/>
     <w:rsid w:val="000E4BC6"/>
     <w:rsid w:val="000F7D06"/>
     <w:rsid w:val="00101864"/>
     <w:rsid w:val="00105552"/>
     <w:rsid w:val="00107507"/>
     <w:rsid w:val="001078E4"/>
     <w:rsid w:val="001079C1"/>
     <w:rsid w:val="00107A00"/>
     <w:rsid w:val="0011010C"/>
     <w:rsid w:val="00110859"/>
     <w:rsid w:val="00112294"/>
     <w:rsid w:val="00112BDC"/>
     <w:rsid w:val="00122C1B"/>
     <w:rsid w:val="00123C53"/>
     <w:rsid w:val="00124D9C"/>
     <w:rsid w:val="00125270"/>
     <w:rsid w:val="00126090"/>
     <w:rsid w:val="001318D4"/>
     <w:rsid w:val="00132DBA"/>
     <w:rsid w:val="001333CC"/>
     <w:rsid w:val="00137FB3"/>
     <w:rsid w:val="0014289C"/>
@@ -16028,66 +24139,68 @@
     <w:rsid w:val="00150EBE"/>
     <w:rsid w:val="001534AF"/>
     <w:rsid w:val="00153EF5"/>
     <w:rsid w:val="00155F34"/>
     <w:rsid w:val="00160076"/>
     <w:rsid w:val="00160256"/>
     <w:rsid w:val="00160A9F"/>
     <w:rsid w:val="001630E5"/>
     <w:rsid w:val="00163CFF"/>
     <w:rsid w:val="001642E3"/>
     <w:rsid w:val="0016449E"/>
     <w:rsid w:val="00171EFA"/>
     <w:rsid w:val="00174B63"/>
     <w:rsid w:val="001776AE"/>
     <w:rsid w:val="00186637"/>
     <w:rsid w:val="00191FA5"/>
     <w:rsid w:val="00193DF7"/>
     <w:rsid w:val="00193E51"/>
     <w:rsid w:val="0019521E"/>
     <w:rsid w:val="001952B9"/>
     <w:rsid w:val="00196960"/>
     <w:rsid w:val="001A09AA"/>
     <w:rsid w:val="001A77EB"/>
     <w:rsid w:val="001B0536"/>
     <w:rsid w:val="001B6DAF"/>
+    <w:rsid w:val="001C2163"/>
     <w:rsid w:val="001C67D7"/>
     <w:rsid w:val="001E02D2"/>
     <w:rsid w:val="001E32B0"/>
     <w:rsid w:val="001E6CFE"/>
     <w:rsid w:val="001E7DA8"/>
     <w:rsid w:val="001F1E68"/>
     <w:rsid w:val="001F229B"/>
     <w:rsid w:val="001F4901"/>
     <w:rsid w:val="001F705A"/>
     <w:rsid w:val="00202244"/>
     <w:rsid w:val="0020233D"/>
     <w:rsid w:val="00203DAF"/>
     <w:rsid w:val="00204C88"/>
     <w:rsid w:val="00204CAB"/>
     <w:rsid w:val="002054C9"/>
     <w:rsid w:val="002168E9"/>
+    <w:rsid w:val="002169F8"/>
     <w:rsid w:val="00220514"/>
     <w:rsid w:val="00226C1C"/>
     <w:rsid w:val="002277C8"/>
     <w:rsid w:val="00233A84"/>
     <w:rsid w:val="00236AB5"/>
     <w:rsid w:val="00241DAF"/>
     <w:rsid w:val="00242EB4"/>
     <w:rsid w:val="00243F20"/>
     <w:rsid w:val="00260934"/>
     <w:rsid w:val="002617C1"/>
     <w:rsid w:val="00262AB4"/>
     <w:rsid w:val="00265765"/>
     <w:rsid w:val="00265B6D"/>
     <w:rsid w:val="00266C39"/>
     <w:rsid w:val="0027271F"/>
     <w:rsid w:val="0027748E"/>
     <w:rsid w:val="00283E71"/>
     <w:rsid w:val="00286F83"/>
     <w:rsid w:val="00287637"/>
     <w:rsid w:val="002921DB"/>
     <w:rsid w:val="002A3FF5"/>
     <w:rsid w:val="002A4A09"/>
     <w:rsid w:val="002A6138"/>
     <w:rsid w:val="002B003D"/>
     <w:rsid w:val="002B3B33"/>
@@ -16126,248 +24239,254 @@
     <w:rsid w:val="00337FA0"/>
     <w:rsid w:val="00342602"/>
     <w:rsid w:val="0034313B"/>
     <w:rsid w:val="003437AE"/>
     <w:rsid w:val="0034405B"/>
     <w:rsid w:val="00344BA3"/>
     <w:rsid w:val="003458D1"/>
     <w:rsid w:val="00345DC1"/>
     <w:rsid w:val="00350DAD"/>
     <w:rsid w:val="00353F9B"/>
     <w:rsid w:val="003550C2"/>
     <w:rsid w:val="003554E0"/>
     <w:rsid w:val="00360AFD"/>
     <w:rsid w:val="00364CE0"/>
     <w:rsid w:val="003671E5"/>
     <w:rsid w:val="00375295"/>
     <w:rsid w:val="00375D91"/>
     <w:rsid w:val="00376EE3"/>
     <w:rsid w:val="00381CA8"/>
     <w:rsid w:val="00384E6A"/>
     <w:rsid w:val="00386EC1"/>
     <w:rsid w:val="003877B6"/>
     <w:rsid w:val="003935C8"/>
     <w:rsid w:val="00397782"/>
     <w:rsid w:val="00397C03"/>
+    <w:rsid w:val="00397F58"/>
     <w:rsid w:val="003A118C"/>
     <w:rsid w:val="003A1961"/>
     <w:rsid w:val="003A3C31"/>
     <w:rsid w:val="003A3FBF"/>
     <w:rsid w:val="003A4CF1"/>
     <w:rsid w:val="003A7E90"/>
+    <w:rsid w:val="003B499F"/>
     <w:rsid w:val="003C136C"/>
     <w:rsid w:val="003C448E"/>
     <w:rsid w:val="003C6785"/>
     <w:rsid w:val="003D0D3F"/>
+    <w:rsid w:val="003D1C19"/>
     <w:rsid w:val="003D4ABA"/>
     <w:rsid w:val="003D4EEA"/>
     <w:rsid w:val="003E3A7E"/>
     <w:rsid w:val="003E6373"/>
     <w:rsid w:val="003F4D69"/>
     <w:rsid w:val="003F54B4"/>
     <w:rsid w:val="003F5559"/>
     <w:rsid w:val="003F6B6E"/>
     <w:rsid w:val="0040415A"/>
     <w:rsid w:val="00404E88"/>
     <w:rsid w:val="00407D03"/>
     <w:rsid w:val="00410C4A"/>
     <w:rsid w:val="00413550"/>
     <w:rsid w:val="004148EA"/>
     <w:rsid w:val="00415842"/>
     <w:rsid w:val="00416F52"/>
     <w:rsid w:val="004305CC"/>
     <w:rsid w:val="004312C7"/>
     <w:rsid w:val="00431406"/>
     <w:rsid w:val="004314D4"/>
     <w:rsid w:val="00434194"/>
     <w:rsid w:val="0043726D"/>
     <w:rsid w:val="00440E18"/>
     <w:rsid w:val="00452718"/>
     <w:rsid w:val="0045320D"/>
     <w:rsid w:val="00454CC3"/>
     <w:rsid w:val="00454F14"/>
     <w:rsid w:val="0046090E"/>
+    <w:rsid w:val="004618E0"/>
     <w:rsid w:val="00462F7F"/>
     <w:rsid w:val="00464617"/>
     <w:rsid w:val="00464E1E"/>
     <w:rsid w:val="00465C96"/>
     <w:rsid w:val="00467244"/>
     <w:rsid w:val="00471D9C"/>
     <w:rsid w:val="0047313E"/>
     <w:rsid w:val="00480AE1"/>
     <w:rsid w:val="00482ABE"/>
     <w:rsid w:val="00482E8F"/>
     <w:rsid w:val="004866F2"/>
     <w:rsid w:val="00487C89"/>
     <w:rsid w:val="004930BB"/>
     <w:rsid w:val="00493D16"/>
     <w:rsid w:val="004972ED"/>
     <w:rsid w:val="00497C0E"/>
     <w:rsid w:val="004A3FF9"/>
     <w:rsid w:val="004A5B4B"/>
     <w:rsid w:val="004A62D4"/>
     <w:rsid w:val="004A75E8"/>
     <w:rsid w:val="004A79DE"/>
     <w:rsid w:val="004B696C"/>
     <w:rsid w:val="004C0CB8"/>
     <w:rsid w:val="004C2A12"/>
     <w:rsid w:val="004C531F"/>
     <w:rsid w:val="004D01EB"/>
     <w:rsid w:val="004D15C3"/>
     <w:rsid w:val="004D23BD"/>
     <w:rsid w:val="004D3AB7"/>
     <w:rsid w:val="004D45C7"/>
     <w:rsid w:val="004D5F0A"/>
     <w:rsid w:val="004D7ABB"/>
     <w:rsid w:val="004D7CA4"/>
     <w:rsid w:val="004E0545"/>
     <w:rsid w:val="004E0583"/>
     <w:rsid w:val="004E438A"/>
     <w:rsid w:val="004E5E6D"/>
     <w:rsid w:val="004F13D9"/>
     <w:rsid w:val="004F747D"/>
     <w:rsid w:val="005009C2"/>
     <w:rsid w:val="0050311F"/>
     <w:rsid w:val="005101B8"/>
     <w:rsid w:val="005101C0"/>
     <w:rsid w:val="0051254A"/>
     <w:rsid w:val="00514FA7"/>
     <w:rsid w:val="00516399"/>
     <w:rsid w:val="00517D0E"/>
     <w:rsid w:val="00517F17"/>
     <w:rsid w:val="005212E7"/>
+    <w:rsid w:val="005230D0"/>
     <w:rsid w:val="0052653D"/>
     <w:rsid w:val="00530331"/>
     <w:rsid w:val="00533F6C"/>
     <w:rsid w:val="00544DFB"/>
     <w:rsid w:val="005468A9"/>
     <w:rsid w:val="0054694B"/>
     <w:rsid w:val="00555EED"/>
     <w:rsid w:val="005578DB"/>
     <w:rsid w:val="0056105E"/>
     <w:rsid w:val="005610EB"/>
     <w:rsid w:val="0056270C"/>
     <w:rsid w:val="005638C3"/>
     <w:rsid w:val="005747F7"/>
     <w:rsid w:val="00576F2E"/>
     <w:rsid w:val="00577203"/>
-    <w:rsid w:val="00577619"/>
     <w:rsid w:val="00584994"/>
     <w:rsid w:val="00591935"/>
     <w:rsid w:val="00592823"/>
     <w:rsid w:val="00593ED0"/>
     <w:rsid w:val="00595981"/>
     <w:rsid w:val="005A0624"/>
     <w:rsid w:val="005A064B"/>
     <w:rsid w:val="005A6144"/>
     <w:rsid w:val="005B5EBD"/>
     <w:rsid w:val="005C46D0"/>
     <w:rsid w:val="005C556D"/>
     <w:rsid w:val="005C796F"/>
     <w:rsid w:val="005D13AF"/>
     <w:rsid w:val="005D1769"/>
     <w:rsid w:val="005D51A2"/>
     <w:rsid w:val="005E3E5C"/>
     <w:rsid w:val="005E4A2A"/>
     <w:rsid w:val="005E6319"/>
     <w:rsid w:val="005F3BC5"/>
     <w:rsid w:val="005F617D"/>
     <w:rsid w:val="00600105"/>
     <w:rsid w:val="006002A5"/>
     <w:rsid w:val="00603430"/>
     <w:rsid w:val="00607636"/>
     <w:rsid w:val="00610CE1"/>
     <w:rsid w:val="00616407"/>
     <w:rsid w:val="00622444"/>
     <w:rsid w:val="00624769"/>
     <w:rsid w:val="00633206"/>
     <w:rsid w:val="00634193"/>
     <w:rsid w:val="0064631C"/>
     <w:rsid w:val="00647866"/>
     <w:rsid w:val="00647B5E"/>
     <w:rsid w:val="00660E31"/>
     <w:rsid w:val="00662175"/>
     <w:rsid w:val="00662334"/>
     <w:rsid w:val="0066294C"/>
     <w:rsid w:val="00664D9F"/>
     <w:rsid w:val="006651B9"/>
     <w:rsid w:val="00667570"/>
     <w:rsid w:val="006701F4"/>
     <w:rsid w:val="00670FC7"/>
     <w:rsid w:val="00671628"/>
     <w:rsid w:val="0067184D"/>
     <w:rsid w:val="0067217F"/>
+    <w:rsid w:val="00672715"/>
     <w:rsid w:val="00673233"/>
     <w:rsid w:val="00675699"/>
     <w:rsid w:val="00680397"/>
     <w:rsid w:val="00681B3C"/>
     <w:rsid w:val="00684D1C"/>
     <w:rsid w:val="006922C1"/>
     <w:rsid w:val="00694556"/>
     <w:rsid w:val="00694AB4"/>
     <w:rsid w:val="00694CEC"/>
     <w:rsid w:val="00695DAA"/>
     <w:rsid w:val="00697831"/>
     <w:rsid w:val="006B024D"/>
     <w:rsid w:val="006B061D"/>
     <w:rsid w:val="006B17EF"/>
     <w:rsid w:val="006B19E8"/>
     <w:rsid w:val="006B27AA"/>
     <w:rsid w:val="006C3743"/>
     <w:rsid w:val="006C3949"/>
     <w:rsid w:val="006C49C4"/>
     <w:rsid w:val="006C5CDD"/>
     <w:rsid w:val="006F0BA0"/>
     <w:rsid w:val="006F0C13"/>
     <w:rsid w:val="006F685D"/>
     <w:rsid w:val="00704C79"/>
     <w:rsid w:val="0070672F"/>
     <w:rsid w:val="00713422"/>
     <w:rsid w:val="00713FCE"/>
     <w:rsid w:val="007154FD"/>
     <w:rsid w:val="007164C2"/>
     <w:rsid w:val="0072272E"/>
     <w:rsid w:val="007254F5"/>
     <w:rsid w:val="007270F9"/>
     <w:rsid w:val="007279EC"/>
     <w:rsid w:val="007300A1"/>
     <w:rsid w:val="0073164D"/>
     <w:rsid w:val="0073573A"/>
     <w:rsid w:val="00736CD1"/>
     <w:rsid w:val="0074309A"/>
     <w:rsid w:val="00754A19"/>
     <w:rsid w:val="00757DAE"/>
     <w:rsid w:val="00764C7B"/>
     <w:rsid w:val="00771B40"/>
     <w:rsid w:val="00771B6D"/>
     <w:rsid w:val="0078209C"/>
     <w:rsid w:val="00782F7C"/>
     <w:rsid w:val="00787637"/>
     <w:rsid w:val="00787A10"/>
     <w:rsid w:val="00787F8A"/>
     <w:rsid w:val="007920C2"/>
     <w:rsid w:val="00793AEA"/>
+    <w:rsid w:val="007A0071"/>
     <w:rsid w:val="007A2A1C"/>
     <w:rsid w:val="007A4D91"/>
     <w:rsid w:val="007B14F6"/>
     <w:rsid w:val="007B320D"/>
     <w:rsid w:val="007C065D"/>
     <w:rsid w:val="007C70A3"/>
     <w:rsid w:val="007C75B2"/>
     <w:rsid w:val="007D4016"/>
     <w:rsid w:val="007D56DD"/>
     <w:rsid w:val="007E47EB"/>
     <w:rsid w:val="007E5522"/>
     <w:rsid w:val="007F09F1"/>
     <w:rsid w:val="007F5909"/>
     <w:rsid w:val="007F74D6"/>
     <w:rsid w:val="008012E9"/>
     <w:rsid w:val="00801948"/>
     <w:rsid w:val="00810707"/>
     <w:rsid w:val="00810995"/>
     <w:rsid w:val="00811F8A"/>
     <w:rsid w:val="00812ED6"/>
     <w:rsid w:val="00813264"/>
     <w:rsid w:val="00815B78"/>
     <w:rsid w:val="00816E18"/>
     <w:rsid w:val="00816F91"/>
     <w:rsid w:val="00825737"/>
@@ -16386,50 +24505,51 @@
     <w:rsid w:val="008722F7"/>
     <w:rsid w:val="00872C81"/>
     <w:rsid w:val="00884513"/>
     <w:rsid w:val="00885088"/>
     <w:rsid w:val="008947E8"/>
     <w:rsid w:val="008A3B5B"/>
     <w:rsid w:val="008B5054"/>
     <w:rsid w:val="008C5284"/>
     <w:rsid w:val="008C5717"/>
     <w:rsid w:val="008C74C6"/>
     <w:rsid w:val="008D0757"/>
     <w:rsid w:val="008D14FB"/>
     <w:rsid w:val="008D3F45"/>
     <w:rsid w:val="008D4552"/>
     <w:rsid w:val="008D69C4"/>
     <w:rsid w:val="008D6D65"/>
     <w:rsid w:val="008E3BCE"/>
     <w:rsid w:val="008E6826"/>
     <w:rsid w:val="008F0111"/>
     <w:rsid w:val="008F32DB"/>
     <w:rsid w:val="008F64B1"/>
     <w:rsid w:val="00900DBB"/>
     <w:rsid w:val="009107B9"/>
     <w:rsid w:val="00911592"/>
     <w:rsid w:val="009131CE"/>
+    <w:rsid w:val="00913CB0"/>
     <w:rsid w:val="00915699"/>
     <w:rsid w:val="00920027"/>
     <w:rsid w:val="00925C67"/>
     <w:rsid w:val="009266B1"/>
     <w:rsid w:val="00926857"/>
     <w:rsid w:val="00930A9D"/>
     <w:rsid w:val="0093598C"/>
     <w:rsid w:val="00935E1A"/>
     <w:rsid w:val="00942189"/>
     <w:rsid w:val="00943740"/>
     <w:rsid w:val="00953DD7"/>
     <w:rsid w:val="00954137"/>
     <w:rsid w:val="00960FA9"/>
     <w:rsid w:val="00961862"/>
     <w:rsid w:val="00964DC9"/>
     <w:rsid w:val="009716F9"/>
     <w:rsid w:val="00972D97"/>
     <w:rsid w:val="00974776"/>
     <w:rsid w:val="00977556"/>
     <w:rsid w:val="00977614"/>
     <w:rsid w:val="009833A0"/>
     <w:rsid w:val="0098674B"/>
     <w:rsid w:val="009869BF"/>
     <w:rsid w:val="00987C22"/>
     <w:rsid w:val="00987CC4"/>
@@ -16523,50 +24643,51 @@
     <w:rsid w:val="00B463A1"/>
     <w:rsid w:val="00B4728C"/>
     <w:rsid w:val="00B573C7"/>
     <w:rsid w:val="00B62360"/>
     <w:rsid w:val="00B70707"/>
     <w:rsid w:val="00B7273F"/>
     <w:rsid w:val="00B72C16"/>
     <w:rsid w:val="00B7439F"/>
     <w:rsid w:val="00B749D5"/>
     <w:rsid w:val="00B75081"/>
     <w:rsid w:val="00B75A60"/>
     <w:rsid w:val="00B7757C"/>
     <w:rsid w:val="00B8013F"/>
     <w:rsid w:val="00B808D9"/>
     <w:rsid w:val="00B82082"/>
     <w:rsid w:val="00B82353"/>
     <w:rsid w:val="00B968D3"/>
     <w:rsid w:val="00B97BD5"/>
     <w:rsid w:val="00BA09E9"/>
     <w:rsid w:val="00BA1299"/>
     <w:rsid w:val="00BA2D1D"/>
     <w:rsid w:val="00BA57E1"/>
     <w:rsid w:val="00BA5968"/>
     <w:rsid w:val="00BA6C46"/>
     <w:rsid w:val="00BB18D7"/>
+    <w:rsid w:val="00BB27CD"/>
     <w:rsid w:val="00BB2CD0"/>
     <w:rsid w:val="00BB2F10"/>
     <w:rsid w:val="00BB6132"/>
     <w:rsid w:val="00BB78E2"/>
     <w:rsid w:val="00BC54CC"/>
     <w:rsid w:val="00BC55E6"/>
     <w:rsid w:val="00BC7CE6"/>
     <w:rsid w:val="00BD2132"/>
     <w:rsid w:val="00BD4943"/>
     <w:rsid w:val="00BF1675"/>
     <w:rsid w:val="00BF2BE8"/>
     <w:rsid w:val="00BF36AA"/>
     <w:rsid w:val="00BF4566"/>
     <w:rsid w:val="00BF7F00"/>
     <w:rsid w:val="00C04883"/>
     <w:rsid w:val="00C1091B"/>
     <w:rsid w:val="00C15354"/>
     <w:rsid w:val="00C17943"/>
     <w:rsid w:val="00C20A59"/>
     <w:rsid w:val="00C22E9B"/>
     <w:rsid w:val="00C23643"/>
     <w:rsid w:val="00C24F3E"/>
     <w:rsid w:val="00C25722"/>
     <w:rsid w:val="00C26543"/>
     <w:rsid w:val="00C26691"/>
@@ -16576,50 +24697,51 @@
     <w:rsid w:val="00C315AA"/>
     <w:rsid w:val="00C336F7"/>
     <w:rsid w:val="00C33F19"/>
     <w:rsid w:val="00C35B80"/>
     <w:rsid w:val="00C42446"/>
     <w:rsid w:val="00C43CE3"/>
     <w:rsid w:val="00C43D39"/>
     <w:rsid w:val="00C45D68"/>
     <w:rsid w:val="00C52FBC"/>
     <w:rsid w:val="00C548A8"/>
     <w:rsid w:val="00C56A49"/>
     <w:rsid w:val="00C627C1"/>
     <w:rsid w:val="00C72770"/>
     <w:rsid w:val="00C72FC2"/>
     <w:rsid w:val="00C75764"/>
     <w:rsid w:val="00C83A50"/>
     <w:rsid w:val="00C84B81"/>
     <w:rsid w:val="00C8524E"/>
     <w:rsid w:val="00C8558D"/>
     <w:rsid w:val="00C85A33"/>
     <w:rsid w:val="00C907E7"/>
     <w:rsid w:val="00C9300C"/>
     <w:rsid w:val="00C93B10"/>
     <w:rsid w:val="00C93E78"/>
     <w:rsid w:val="00C955C8"/>
+    <w:rsid w:val="00CA05C7"/>
     <w:rsid w:val="00CA29D9"/>
     <w:rsid w:val="00CB1D78"/>
     <w:rsid w:val="00CB6217"/>
     <w:rsid w:val="00CC381A"/>
     <w:rsid w:val="00CC536B"/>
     <w:rsid w:val="00CC62FA"/>
     <w:rsid w:val="00CD5EF0"/>
     <w:rsid w:val="00CE112A"/>
     <w:rsid w:val="00CE291A"/>
     <w:rsid w:val="00CE5477"/>
     <w:rsid w:val="00CE6A6E"/>
     <w:rsid w:val="00CF1662"/>
     <w:rsid w:val="00CF77A4"/>
     <w:rsid w:val="00D000FA"/>
     <w:rsid w:val="00D058A5"/>
     <w:rsid w:val="00D07450"/>
     <w:rsid w:val="00D07AB5"/>
     <w:rsid w:val="00D11F0C"/>
     <w:rsid w:val="00D2136F"/>
     <w:rsid w:val="00D21B92"/>
     <w:rsid w:val="00D22CC5"/>
     <w:rsid w:val="00D25FDD"/>
     <w:rsid w:val="00D30286"/>
     <w:rsid w:val="00D3081B"/>
     <w:rsid w:val="00D35A74"/>
@@ -16675,50 +24797,51 @@
     <w:rsid w:val="00E72B70"/>
     <w:rsid w:val="00E72C96"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E74D3B"/>
     <w:rsid w:val="00E75BEF"/>
     <w:rsid w:val="00E80A81"/>
     <w:rsid w:val="00E81F26"/>
     <w:rsid w:val="00E85D25"/>
     <w:rsid w:val="00E92792"/>
     <w:rsid w:val="00E9510D"/>
     <w:rsid w:val="00E96DC9"/>
     <w:rsid w:val="00E96EAA"/>
     <w:rsid w:val="00EA35BE"/>
     <w:rsid w:val="00EA5A90"/>
     <w:rsid w:val="00EB033F"/>
     <w:rsid w:val="00EB3C42"/>
     <w:rsid w:val="00EB51F6"/>
     <w:rsid w:val="00EB7598"/>
     <w:rsid w:val="00EC1D53"/>
     <w:rsid w:val="00EC3A10"/>
     <w:rsid w:val="00EC514B"/>
     <w:rsid w:val="00EC551B"/>
     <w:rsid w:val="00EC59C4"/>
     <w:rsid w:val="00EC776B"/>
     <w:rsid w:val="00ED09A6"/>
+    <w:rsid w:val="00ED39E9"/>
     <w:rsid w:val="00ED4303"/>
     <w:rsid w:val="00ED61FA"/>
     <w:rsid w:val="00ED6810"/>
     <w:rsid w:val="00ED72CD"/>
     <w:rsid w:val="00EE20AF"/>
     <w:rsid w:val="00EE310A"/>
     <w:rsid w:val="00EE7283"/>
     <w:rsid w:val="00EF1CC4"/>
     <w:rsid w:val="00EF40B6"/>
     <w:rsid w:val="00EF4CF0"/>
     <w:rsid w:val="00F07144"/>
     <w:rsid w:val="00F16F19"/>
     <w:rsid w:val="00F22C52"/>
     <w:rsid w:val="00F30364"/>
     <w:rsid w:val="00F31A48"/>
     <w:rsid w:val="00F32D46"/>
     <w:rsid w:val="00F36049"/>
     <w:rsid w:val="00F36828"/>
     <w:rsid w:val="00F41D67"/>
     <w:rsid w:val="00F47006"/>
     <w:rsid w:val="00F515F5"/>
     <w:rsid w:val="00F536C0"/>
     <w:rsid w:val="00F561AB"/>
     <w:rsid w:val="00F57462"/>
     <w:rsid w:val="00F653B7"/>
@@ -16738,51 +24861,51 @@
     <w:rsid w:val="00FC4032"/>
     <w:rsid w:val="00FC7352"/>
     <w:rsid w:val="00FD2C7E"/>
     <w:rsid w:val="00FD595D"/>
     <w:rsid w:val="00FE1A11"/>
     <w:rsid w:val="00FE4EB2"/>
     <w:rsid w:val="00FF1281"/>
     <w:rsid w:val="00FF5136"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -17359,63 +25482,50 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="340550744">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="484587109">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="729621629">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="748767754">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -17489,59 +25599,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2057896362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2140955563">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:schol_13.pavl@mail.ru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17788,66 +25911,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1941</Words>
-  <Characters>11066</Characters>
+  <Words>1768</Words>
+  <Characters>10078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12982</CharactersWithSpaces>
+  <CharactersWithSpaces>11823</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>