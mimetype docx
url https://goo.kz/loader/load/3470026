--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac2288d5" w14:textId="ac2288d5">
+    <w:p w14:paraId="30e83dfe" w14:textId="30e83dfe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -75,4973 +75,4335 @@
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет регламентін бекіту туралы</w:t>
+        <w:t>Об утверждении регламента государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течении длительного времени не могут посещать организации начального, основного, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
-        <w:t>Күшін жойған</w:t>
+        <w:t>Утративший силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 6 ақпандағы N 02/36 қаулысы. Қарағанды облысының Әділет департаментінде 2013 жылғы 20 наурызда N 2258 болып тіркелді. Күші жойылды Қарағанды облысы Сәтбаев қаласы әкімдігінің 2013 жылғы 27 мамырдағы № 12/17 қаулысымен</w:t>
+        <w:t>Постановление акимата города Сатпаев Карагандинской области от 6 февраля 2013 года N 02/37. Зарегистрировано Департаментом юстиции Карагандинской области 20 марта 2013 года N 2257. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27 мая 2013 года N 12/18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Ескерту. Күші жойылды Қарағанды облысы Сәтбаев қалалық мәслихатының 27.05.2013 N 12/17 қаулысымен.</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">" Заңдарына сәйкес Сәтбаев қаласының әкімдігі </w:t>
+        <w:t>      Сноска. Утратило силу постановлением акимата города Сатпаев Карагандинской области от 27.05.2013 N 12/18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с Законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Об административных процедурах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>" от 27 ноября 2000 года, "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>О местном государственном управлении и самоуправлении в Республике Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" от 23 января 2001 года, акимат города Сатпаев </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
-[...86 lines deleted...]
-      3. Осы қаулы алғаш ресми жарияланғаннан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>регламент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течении длительного времени не могут посещать организации начального, основного, общего среднего образования".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль над исполнением настоящего постановления возложить на заместителя акима города Мадиеву М.С.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее постановление вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      Сәтбаев қ. әкімі                           Б.Д. Ахметов</w:t>
+        <w:t>      Аким г. Сатпаев                            Б.Д. Ахметов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-Сәтбаев қаласы әкімдігінің</w:t>
-[...38 lines deleted...]
-бекітілді</w:t>
+Утверждено</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+постановлением акимата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+города Сатпаев N 02/37</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+от 6 февраля 2013 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызмет регламенті</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>
+"Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 
-1. Негізгі ұғымдар</w:t>
-[...85 lines deleted...]
-      4) уәкілетті орган – "Сәтбаев қаласының білім беру, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі.</w:t>
+1. Основные понятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1. В настоящем регламенте используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) СФЕ - структурно-функциональные единицы: ответственные лица уполномоченных органов, структурные подразделения государственных органов, государственные органы, информационные системы или их подсистемы;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) получатель государственной услуги - физическое лицо, не имеющее возможности посещения организации образования, временно или постоянно, по состоянию здоровья (далее - получатель государственной услуги);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченный орган – государственное учреждение "Отдел образования, физической культуры и спорта города Сатпаев".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-2. Жалпы ережелер</w:t>
-[...197 lines deleted...]
-      6. Мемлекеттік қызметті алушыға берілетін мемлекеттік қызметтің аяқталу нысаны білім беру ұйымдарының жалпы орта білім беретін ұйымдарға оқуға қабылдау туралы жалпы бұйрығы немесе қызмет көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+2. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Государственная услуга оказывается организациями среднего образования города Сатпаев (далее – организация образования), (контактные данные указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Форма оказываемой государственной услуги: не автоматизированная.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга регулируется на основании Законов Республики Казахстан от 27 июля 2007 "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Об образовании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", от 11 июля 2002 года "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 3 февраля 2005 года N 100 "Об утверждении Типовых правил деятельности специальных организаций образования", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 августа 2012 года N 1119 "Об утверждении стандартов государственных услуг, оказываемых Министерством образования и науки Республики Казахстан, местными исполнительными органами в сфере образования и науки", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 26 ноября 2004 года N 974 "Об утверждении правил о порядке организации учебных занятий для детей-инвалидов, проходящих курс лечения в стационарных лечебно-профилактических, реабилитационных и других организациях здравоохранения, оказания помощи родителям в обучении детей-инвалидов на дому учебно-воспитательными организациями" (зарегистрирован в реестре нормативно-правовых актов N 3303).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5. Формой завершения государственной услуги являются приказ организации образования либо мотивированный ответ об отказе в предоставлении государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-3. Мемлекеттік қызметті көрсету тәртібіне қойылатын талаптар</w:t>
-[...278 lines deleted...]
-      12. Мемлекеттік қызметті көрсету үшін білім беру ұйымында құжат қабылдауды іске асыратын тұлғалардың ең аз саны бір қызметкер.</w:t>
+3. Требования к порядку оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      с момента сдачи получателем государственной услуги необходимых документов, определенных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента – 3 рабочих дня.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается на безвозмездной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      8. Государственная услуга осуществляется ежедневно с 09.00 до 17.00 часов, за исключением выходных и праздничных дней, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Предварительная запись и ускоренное оформление не предусмотрены.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Этапы оказания государственной услуги с момента получения заявления от получателя государственной услуги для получения государственной услуги и до момента выдачи результата государственной услуги:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) получатель государственной услуги обращается в организацию образования и подает заявление, предоставляет пакет документов руководителю организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) руководитель организации образования регистрирует документы, выдает опись с отметкой о дне получения получателем государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) руководитель организации образования проверяет поступившие документы, оформляет результат оказания государственной услуги, подготавливает приказ либо мотивированный ответ об отказе и выдает получателю государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      10. Минимальное количество лиц, осуществляющих прием документов для оказания государственной услуги в организации образования, составляет один сотрудник.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-4. Мемлекеттік қызметті көрсету үдерісіндегі іс-әрекеттер тәртібінің (өзара іс-қимылдар) сипаттамасы</w:t>
-[...466 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген.</w:t>
+4. Описание порядка действий (взаимодействия) в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      11. Для получения государственной услуги получателю государственной услуги необходимо представить следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заключение о необходимости обучения на дому ребенка-инвалида по медицинским показаниям: выдается Врачебно-консультативной комиссией в организациях первичной медико-санитарной помощи Министерства здравоохранения Республики Казахстан по месту;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) заключение и рекомендация типа образовательной программы для обучения на дому ребенка-инвалида: выдается Психолого-медико-педагогической консультацией по месту жительства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) письменное заявление в произвольной форме родителей на имя директора организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) копии документов, удостоверяющие личность одного из родителей получателя государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) копии документов, подтверждающие личность получателя государственной услуги;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      6) адресная справка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      7) справка с места работы родителей.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      12. Информацию о государственной услуге можно получить в государственном учреждении "Отдел образования, физической культуры и спорта города Сатпаев", расположенном по адресу: Карагандинская область, город Сатпаев, проспект Сатпаева 111, 2 этаж и на официальном сайте: www.obrazovanie.satpaev-akimat.kz в разделе "Стандарты оказания государственных услуг".</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      13. Документы получателей государственной услуги сдаются руководителю организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      14. При сдаче всех необходимых документов для получения государственной услуги получателю государственной услуги выдается опись с отметкой о дне получения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      15. Способ доставки результата оказания услуги - посредством личного посещения законных представителей получателя государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      16. Организации образования при представлении неполного пакета документов, предусмотренного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункте 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего регламента, извещают получателя государственной услуги об отказе с указанием причин.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. В процессе оказания государственной услуги участвуют следующие структурно-функциональные единицы (далее – СФЕ): руководитель организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      18. Текстовое табличное описание последовательности и взаимодействия административных действий (процедур) каждой СФЕ с указанием срока выполнения каждого административного действия (процедуры) приведено в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      19. Схема, отражающая взаимосвязь между логической последовательностью административных действий в процессе оказания государственной услуги и СФЕ, указана в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-5. Мемлекеттік қызметті көрсететін лауазымдық тұлғалардың жауапкершілігі</w:t>
-[...56 lines deleted...]
-      23. Лауазымды тұлға мемлекеттік қызметті Қазақстан Республикасының заңнамасына сәйкес белгіленген мерзімде көрсетуді іске асыру мен сапасына жауапты болады.</w:t>
+5. Ответственность должностных лиц, оказывающих государственные услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      20. Ответственным лицом за оказание государственной услуги является руководитель организации образования (далее – должностное лицо).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Должностное лицо несет ответственность за качество и реализацию оказания государственной услуги в установленные сроки в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-1-қосымша</w:t>
+Приложение 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+индивидуального бесплатного обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+на дому детей, которые по состоянию</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+здоровья в течение длительного времени</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+не могут посещать организации начального,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Сәтбаев қаласының білім беру ұйымдарының байланыс деректері</w:t>
+Контактные данные организаций образования города Сатпаев</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="697"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4387"/>
+        <w:gridCol w:w="1040"/>
+        <w:gridCol w:w="7344"/>
+        <w:gridCol w:w="5596"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім саласындағы мемлекеттік қызмет көрсету бойынша қызметті жүзеге асыратын білім беру ұйымының атауы </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Наименование организации образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орналасқан орыны, мекенжайы, байланыс телефоны</w:t>
-[...26 lines deleted...]
-              <w:t>Жұмыс кестесі</w:t>
+              <w:t>Адрес, контактный телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "С. Сейфуллин ат. Гимназия" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Гимназия имени С. Сейфуллина" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Комаров көшесі 11а, телефон 3-34-68, 3-32-00</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, улица Комарова 11 а, телефон 3-34-68, 3-32-00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 1 мектеп-гимназиясы" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Школа-гимназия N 1" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Наурыз көшесі 144, телефон 7-25-48, Ф. 7-15-62</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Наурыз 144, телефон 7-25-48</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-15-62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 2 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 2" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жезказган кенті, Ауезов көшесі 37А, телефон 2-23-20</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>поселок Жезказган, ул. Ауэзова 37 А, телефон 2-23-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 3 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 3" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Женис көшесі 17, телефон 7-15-81, Ф.7-24-88</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Победы 17, телефон 7-15-81,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-24-88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Абай атындағы N 4 лицей - мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Школа-лицей N 4 имени Абая" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Сәтбаев даңғылы 144 А, телефон 3-33-96, 4-18-07</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, пр. Сатпаева 144 А, телефон 3-33-96,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 4-18-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 5 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 5" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Бабыр би к. 5, телефон 4-07-18</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Бабыр би 5, телефон 4-07-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 7 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 7" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Тәуелсіздік даңғылы 20, телефон 3-47-46</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, пр. Независимости 20, телефон 3-47-46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласының N 10 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 10" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жезказган кенті, Киров көшесі 13, телефон 2-64-39</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>поселок Жезказган, ул. Кирова 13, телефон 2-64-39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 12 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 12" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жезказган кенті, Киров көшесі 12, телефон 2-63-30</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>поселок Жезказган, ул. Кирова 12, телефон 2-63-30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 14 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 14" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Наурыз көшесі 5, телефон 7-32-07, Ф.7-12-68</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Наурыз 5, телефон 7-32-07,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 7-12-68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 15 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя общеобразовательная школа N 15" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Ерден көшесі 217, телефон 3-19-75</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Ерден 217, телефон 3-19-75, 3-19-72, 3-19-73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 16 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя общеобразовательная школа N 16" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Сәтбаев даңғылы 154, телефон 4-00-11</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, пр. Сатпаева 154, телефон 4-00-11,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 4-00-09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 17 негізгі мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Начальная школа N 17" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев селосы, Клубная 1, телефон 8 7102 76-97-34, 8 7105 95-20-20</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>село Сатпаев, ул. Клубная 1, телефон 8 7102 76-97-34,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 7105 95-20-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 19 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 19" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Комаров көшесі 11, телефон 3-75-28</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Комарова 11, телефон 3-75-28,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф. 3-34-49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "Сәтбаев қаласы N 25 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 25" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Комаров көшесі 12а, телефон 3-70-46</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Комарова 12 а, телефон 3-70-46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="697" w:type="dxa"/>
+            <w:tcW w:w="1040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5484" w:type="dxa"/>
+            <w:tcW w:w="7344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қаласының әкімдігі "N 27 орта мектебі" коммуналдық мемлекеттік мекеме</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3412" w:type="dxa"/>
+              <w:t>Коммунальное государственное учреждение "Средняя школа N 27" акимата города Сатпаев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәтбаев қ., Наурыз көшесі 14а, телефон 7-65-61</w:t>
-[...26 lines deleted...]
-              <w:t>Демалыс және мереке күндерін қоспағанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен күн сайын сағат 09.00-ден 18.30-ға дейін</w:t>
+              <w:t>город Сатпаев, ул. Наурыз 14 а, телефон 7-65-63, 7-65-61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-2-қосымша</w:t>
+Приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+индивидуального бесплатного обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+на дому детей, которые по состоянию</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+здоровья в течение длительного времени</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+не могут посещать организации начального,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-Әрбір әкімшілік іс-әрекеттің (рәсімнің) орындау мерзімін көрсетумен әр ҚФБ әкімшілік іс-әрекеттерінің (рәсімдерінің) дәйектілігі</w:t>
+Текстовое табличное описание последовательности и взаимодействия административных действий (процедур)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3391"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3208"/>
+        <w:gridCol w:w="3090"/>
+        <w:gridCol w:w="3093"/>
+        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="3808"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Негізгі үдеріс іс-әрекеттері (жұмыс ағыны, барысы)</w:t>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Іс-әрекет N (жұмыс барысы, ағыны)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3598" w:type="dxa"/>
+              <w:t>N действия (хода, потока работ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3783" w:type="dxa"/>
+            <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3208" w:type="dxa"/>
+            <w:tcW w:w="3808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3391" w:type="dxa"/>
-[...101 lines deleted...]
-              <w:t>Білім беру ұйымының жауапты тұлғасы</w:t>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование СФЕ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3093" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Іс-әрекет (үдерістің, ресімнің, операцияның) атауы және олардың сипаттамасы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3598" w:type="dxa"/>
+              <w:t>Наименование действия (процесса, процедуры, операции) и их описание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау, өтінішті тіркеу</w:t>
-[...32 lines deleted...]
-            <w:tcW w:w="3208" w:type="dxa"/>
+              <w:t>Прием документов, регистрация заявления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бұйрықты не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты тіркеу</w:t>
+              <w:t>Рассмотрение документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрация приказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Аяқталу нысаны </w:t>
-[...14 lines deleted...]
-            <w:tcW w:w="3598" w:type="dxa"/>
+              <w:t>Форма завершения (данные, документ, организационно-распорядительное решение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметті алушыға қажетті құжаттарды қабылдау туралы қолхат беру</w:t>
-[...32 lines deleted...]
-            <w:tcW w:w="3208" w:type="dxa"/>
+              <w:t>Выдача описи с отметкой о дне получения государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жалпы бұйрық не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты беру</w:t>
+              <w:t>Издание приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача приказа либо мотивированного ответа об отказе в предоставлении государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3391" w:type="dxa"/>
+            <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орындау мерзімдері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3598" w:type="dxa"/>
+              <w:t>Сроки исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>30 минут</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3783" w:type="dxa"/>
+              <w:t>15 минут</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3089" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 жұмыс күннің ішінде</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3208" w:type="dxa"/>
+              <w:t>1 рабочий день</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="#cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="#cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 жұмыс күннің ішінде</w:t>
-[...235 lines deleted...]
-              <w:t>3 айдан аспайды</w:t>
+              <w:t>1 рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-3-қосымша</w:t>
+Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+"Прием документов для организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+индивидуального бесплатного обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+на дому детей, которые по состоянию</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+здоровья в течение длительного времени</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+не могут посещать организации начального,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+основного среднего, общего среднего образования"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 
-ҚФБ әкімшілік іс әрекеттердің (үрдістердің) өзара әрекеті мен реттілік сипаттамасы</w:t>
+Схемы, отражающие взаимосвязь между логической последовательностью административных действий СФЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6934200" cy="6946900"/>
+            <wp:extent cx="8013700" cy="4432300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6934200" cy="6946900"/>
+                      <a:ext cx="8013700" cy="4432300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5054,51 +4416,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict>
         <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
           <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>