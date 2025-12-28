--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,106 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="7846" w:tblpY="-299"/>
         <w:tblW w:w="3783" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3783"/>
       </w:tblGrid>
       <w:tr w:rsidR="00953A3C" w:rsidRPr="00943113" w:rsidTr="00953A3C">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3783" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00953A3C" w:rsidRDefault="00953A3C" w:rsidP="00953A3C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Бекітемін:</w:t>
+              <w:t>Бекітемі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00953A3C" w:rsidRPr="00943113" w:rsidTr="00953A3C">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -268,5133 +288,3579 @@
     </w:p>
     <w:p w:rsidR="00943113" w:rsidRPr="00393547" w:rsidRDefault="00943113" w:rsidP="00393547">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00943113" w:rsidRPr="00393547" w:rsidRDefault="00943113" w:rsidP="00393547">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D0206" w:rsidRPr="000D0206" w:rsidRDefault="000D0206" w:rsidP="000D0206">
+    <w:p w:rsidR="00953A3C" w:rsidRDefault="00D814A1" w:rsidP="00953A3C">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00943113">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">план мероприятий </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D0206" w:rsidRPr="00943113" w:rsidRDefault="000D0206" w:rsidP="000D0206">
+    <w:p w:rsidR="00953A3C" w:rsidRPr="00943113" w:rsidRDefault="00953A3C" w:rsidP="00953A3C">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D0206">
+      <w:r w:rsidRPr="00943113">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>11 СЫНЫП ОҚУШЫЛАРЫН ҚОРЫТЫНДЫ АТТЕСТАТТАУҒА</w:t>
+        <w:t xml:space="preserve">по  ПОдготовке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>УЧАЩИХСЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943113">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 класса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D0206" w:rsidRPr="000D0206" w:rsidRDefault="000D0206" w:rsidP="000D0206">
+    <w:p w:rsidR="00953A3C" w:rsidRDefault="00953A3C" w:rsidP="00953A3C">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D0206">
+      <w:r w:rsidRPr="00943113">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>ДАЙЫНДАУ БОЙЫНША ІС-ШАРАЛАР ЖОСПАРЫ</w:t>
+        <w:t>к  итоговой аттестации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00372704" w:rsidRPr="00943113" w:rsidRDefault="000D0206" w:rsidP="00D300B3">
+    <w:p w:rsidR="00D814A1" w:rsidRPr="00943113" w:rsidRDefault="00D814A1" w:rsidP="00D300B3">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D0206">
+    </w:p>
+    <w:p w:rsidR="00D814A1" w:rsidRPr="00943113" w:rsidRDefault="00D814A1" w:rsidP="00D300B3">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D0206">
+      </w:pPr>
+      <w:r w:rsidRPr="00943113">
         <w:rPr>
           <w:b/>
-          <w:i/>
           <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Павлодар қаласының №27 жалпы орта білім беру мектебі "ММ»</w:t>
+        <w:t>ГУ «</w:t>
       </w:r>
+      <w:r w:rsidRPr="00943113">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Средняя общеобразовательная школа №2</w:t>
+      </w:r>
+      <w:r w:rsidR="0038585B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943113">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943113">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00372704" w:rsidRPr="00943113" w:rsidRDefault="00372704" w:rsidP="00D300B3">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-68" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="11023" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5529"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="104"/>
         <w:gridCol w:w="2164"/>
       </w:tblGrid>
       <w:tr w:rsidR="003E2A29" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003E2A29" w:rsidRPr="003E2A29" w:rsidRDefault="003E2A29" w:rsidP="00372704">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E2A29">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2A29" w:rsidRPr="00094322" w:rsidRDefault="000D0206" w:rsidP="00B65B7D">
+          <w:p w:rsidR="003E2A29" w:rsidRPr="00094322" w:rsidRDefault="003E2A29" w:rsidP="00B65B7D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D0206">
+            <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шара</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2A29" w:rsidRPr="00094322" w:rsidRDefault="000D0206" w:rsidP="0038585B">
+          <w:p w:rsidR="003E2A29" w:rsidRPr="00094322" w:rsidRDefault="003E2A29" w:rsidP="0038585B">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ответстве</w:t>
+            </w:r>
+            <w:r w:rsidR="0038585B">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ные</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2A29" w:rsidRPr="000D0206" w:rsidRDefault="000D0206" w:rsidP="00B65B7D">
+          <w:p w:rsidR="003E2A29" w:rsidRPr="00094322" w:rsidRDefault="003E2A29" w:rsidP="00B65B7D">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мерзімі</w:t>
+              </w:rPr>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B65B7D" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11023" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B65B7D" w:rsidRPr="00094322" w:rsidRDefault="000D0206" w:rsidP="00B65B7D">
+          <w:p w:rsidR="00B65B7D" w:rsidRPr="00094322" w:rsidRDefault="00720B4B" w:rsidP="00B65B7D">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D0206">
+            <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Педагогикалық ұжыммен жұмыс</w:t>
+              <w:t>Работа с педагогическим коллективом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00720B4B" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00720B4B" w:rsidRPr="00943113" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D0206" w:rsidRDefault="000D0206" w:rsidP="00437EBB">
-[...43 lines deleted...]
-            <w:r w:rsidR="00720B4B" w:rsidRPr="00094322">
+          <w:p w:rsidR="00720B4B" w:rsidRPr="00094322" w:rsidRDefault="00720B4B" w:rsidP="00720B4B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Составление календарно-тематического план</w:t>
+            </w:r>
+            <w:r w:rsidR="001546AF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ирования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дополнительных занятий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00B5384E" w:rsidRPr="00094322">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Согласование планов с курирующими завучами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="001546AF" w:rsidP="00437EBB">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ учителями </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...114 lines deleted...]
-              <w:t>.</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>плохо усвоенных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тем </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>итоговой аттестации - 2018</w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, результатов стартовых срезов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00720B4B" w:rsidRPr="00F02C6E" w:rsidRDefault="00F02C6E" w:rsidP="00F02C6E">
-[...14 lines deleted...]
-              <w:t>Пән мұғалімдері</w:t>
+          <w:p w:rsidR="00720B4B" w:rsidRPr="00094322" w:rsidRDefault="00720B4B" w:rsidP="0038585B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
             <w:r w:rsidR="00B5384E" w:rsidRPr="00094322">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>ОТЖДО</w:t>
+            <w:r w:rsidR="0038585B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00720B4B" w:rsidRPr="00F02C6E" w:rsidRDefault="00F02C6E" w:rsidP="00720B4B">
-[...14 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="00720B4B" w:rsidRPr="00094322" w:rsidRDefault="00720B4B" w:rsidP="00720B4B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B5384E" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B5384E" w:rsidRPr="00943113" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00947683" w:rsidRPr="00F02C6E" w:rsidRDefault="00F02C6E" w:rsidP="00372704">
-[...29 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B5384E" w:rsidRDefault="00B5384E" w:rsidP="00372704">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Коррекция  КТП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дополнительных занятий по результатам пробных </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>экзаменов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00947683" w:rsidRPr="00094322" w:rsidRDefault="00947683" w:rsidP="00372704">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00F02C6E" w:rsidP="00437EBB">
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00882321" w:rsidP="00437EBB">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Пән мұғалімдері</w:t>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B5384E" w:rsidRPr="00F02C6E" w:rsidRDefault="00F02C6E" w:rsidP="00B5384E">
-[...14 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00B5384E" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B5384E" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B5384E" w:rsidRPr="00943113" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F02C6E" w:rsidRDefault="002C2DB8" w:rsidP="006B2ADB">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00437EBB" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...74 lines deleted...]
-            <w:r w:rsidR="00F02C6E" w:rsidRPr="00F02C6E">
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5384E" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>овещания с участием учителей, осуществляющих подготовку к ГИА</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE3330">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, заседания МО</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5384E" w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F02C6E" w:rsidRPr="00F02C6E" w:rsidRDefault="00F02C6E" w:rsidP="00F02C6E">
-[...32 lines deleted...]
-              <w:t>байқау емтихандарының нәтижелерін талдау, түзету жұмысын ұйымдастыру.</w:t>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00B5384E" w:rsidP="006B2ADB">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>система работы школы по подготовке к итоговой аттестации в 201</w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> году,  проблемы в подготовке</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2ADB" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00B5384E" w:rsidP="00437EBB">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>анализ результатов пробных</w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экзаменов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, организация коррекционной работы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B5384E" w:rsidRPr="00C93E9F" w:rsidRDefault="00F02C6E" w:rsidP="00B5384E">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00437EBB" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> Пән мұғалімдері</w:t>
+              </w:rPr>
+              <w:t>ЗДУВР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00B5384E" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководители МО, учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00F02C6E" w:rsidRPr="002C2DB8" w:rsidRDefault="00F02C6E" w:rsidP="00F02C6E">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">кеңестер, </w:t>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="006B2ADB" w:rsidP="00D62A30">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ежемесячно, в соответствии с планом ад</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62A30" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>министрати</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00770C22" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="006B2ADB" w:rsidP="00D62A30">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ных совещаний</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, МО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B5384E" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B5384E" w:rsidRPr="00943113" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F02C6E" w:rsidRPr="00F02C6E" w:rsidRDefault="00F02C6E" w:rsidP="00F02C6E">
-[...153 lines deleted...]
-            <w:r w:rsidRPr="00F02C6E">
+          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00B5384E" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Посещение уроков и дополнительных занятий в 10-х, 11-х классах</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ель</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+          </w:p>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00B5384E" w:rsidP="00D40318">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>определ</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соответстви</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> уровня преподавания предметов требованиям ГОСО</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D40318" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00D40318">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оценка эффективности коррекционной работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00DD49F0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнение рекомендаций, решений административных совещаний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00B5384E">
-[...45 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B5384E" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>завучи по циклам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00B5384E">
+          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001546AF" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ноябрь </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001546AF" w:rsidRDefault="001546AF" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D40318" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+            <w:r w:rsidR="00585F52">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001546AF" w:rsidRDefault="001546AF" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00585F52" w:rsidRPr="00094322" w:rsidRDefault="00585F52" w:rsidP="00B5384E">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001546AF" w:rsidRDefault="001546AF" w:rsidP="00B5384E">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w:rsidR="00D40318" w:rsidRPr="00094322" w:rsidRDefault="00D40318" w:rsidP="00B5384E">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...93 lines deleted...]
-              <w:t>наурыз</w:t>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00770C22" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00947683">
-[...108 lines deleted...]
-              <w:t xml:space="preserve"> шығармашылық топтардың жұмысы</w:t>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00947683">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Работа творческих групп по формированию школьной базы тестов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нового формата, тестов по </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>казахскому языку и предмету по выбору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="005638C7" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ОТЖДО</w:t>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00C93E9F">
-[...29 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь - март</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00770C22" w:rsidRDefault="00C93E9F" w:rsidP="00947683">
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00770C22" w:rsidRDefault="00FC6550" w:rsidP="00947683">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация участия учителей в работе городских </w:t>
+            </w:r>
+            <w:r w:rsidR="001546AF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>творческих групп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,  семинаров по вопросам итоговой аттестации</w:t>
             </w:r>
             <w:r w:rsidR="00372704">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w:rsidR="00947683" w:rsidRPr="00094322" w:rsidRDefault="00947683" w:rsidP="00947683">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00FC6550" w:rsidRDefault="005638C7" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ОТЖДО</w:t>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001546AF" w:rsidRPr="00094322" w:rsidRDefault="001546AF" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
-[...14 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="213"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11023" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C93E9F">
-[...5 lines deleted...]
-              <w:t>Оқушылармен жұмыс</w:t>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Работа с учащимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00200D53" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00947683">
-[...124 lines deleted...]
-              <w:t>әндерді таңдау</w:t>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00947683">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>базы данных по учащимся 10-11 классов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>: документирование, предварительное трудоустройство, выбор профильных предметов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00FC6550" w:rsidRDefault="00947683" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="001546AF" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00C93E9F">
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001546AF" w:rsidRPr="00094322" w:rsidRDefault="00947683" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Е.С.</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Симбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00947683">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
-[...14 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00372704">
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> кеңестер өткізу</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00372704">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация психологического сопровождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выпускников по подготовке к  итоговой аттестации: определение запросов учащихся, проведение тренингов, индивидуальных консультаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00C93E9F">
-[...37 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00947683">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психолог школы </w:t>
+            </w:r>
             <w:r w:rsidR="00947683">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жумагулова</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Жумагулова С.Н.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00C93E9F" w:rsidP="00C93E9F">
-[...139 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тренинги во время каникулярных сессий, индивидуальные консультации в течение года по запросам </w:t>
+            </w:r>
+            <w:r w:rsidR="00770C22" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="892"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93E9F" w:rsidRPr="00C93E9F" w:rsidRDefault="00C93E9F" w:rsidP="00FC6550">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пробные </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">экзамены </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учащихся 11-</w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>го класса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C93E9F">
-[...44 lines deleted...]
-          <w:p w:rsidR="00B21C4B" w:rsidRPr="00B21C4B" w:rsidRDefault="00B21C4B" w:rsidP="00B21C4B">
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тестирование по профильным предметам (1 раз в </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>месяц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00200D53">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B21C4B">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00B21C4B">
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тестирование по казахскому языку (1 раз в месяц).  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00200D53" w:rsidRDefault="00200D53" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДУВР, </w:t>
+            </w:r>
+            <w:r w:rsidR="00145A5B">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...231 lines deleted...]
-              <w:t>Пән мұғалімдер</w:t>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="0015593D" w:rsidP="0015593D">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="008D6413" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>қаңтар</w:t>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
             <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> – май по отдельному графику</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="743"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="0015593D" w:rsidP="00FC6550">
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пробный экзамен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по русскому языку (эссе), по математике (контрольная работа)</w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, истории Казахстана</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015593D" w:rsidRDefault="0015593D" w:rsidP="0015593D">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00200D53" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:t>Пән мұғалімдер</w:t>
+              </w:rPr>
+              <w:t>ЗДУВР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="0015593D" w:rsidRDefault="0015593D" w:rsidP="00372704">
-[...32 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00372704">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ноябрь, </w:t>
+            </w:r>
+            <w:r w:rsidR="00372704">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль, апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="743"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0015593D" w:rsidRPr="0015593D" w:rsidRDefault="0015593D" w:rsidP="0015593D">
-[...109 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дополнительные занятия по предметам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRDefault="00FE3330" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по отдельному графику)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00200D53" w:rsidRPr="00094322" w:rsidRDefault="00200D53" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015593D" w:rsidRDefault="0015593D" w:rsidP="0015593D">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00200D53" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:t>Пән мұғалімдер</w:t>
+              </w:rPr>
+              <w:t>ЗДУВР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0015593D" w:rsidRDefault="0015593D" w:rsidP="00FC6550">
-[...14 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00200D53" w:rsidRPr="00094322" w:rsidRDefault="0015593D" w:rsidP="0015593D">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FC6550" w:rsidRDefault="00FE3330" w:rsidP="00FE3330">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дополнительные </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>занятия в каникулярное время</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00200D53" w:rsidRDefault="00200D53" w:rsidP="00FE3330">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00200D53" w:rsidRPr="00094322" w:rsidRDefault="00200D53" w:rsidP="00FE3330">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0015593D" w:rsidRDefault="0015593D" w:rsidP="0015593D">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00200D53" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:t>Пән мұғалімдер</w:t>
+              </w:rPr>
+              <w:t>ЗДУВР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0015593D" w:rsidRDefault="0015593D" w:rsidP="00FC6550">
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ноябрь, январь, март (по отдельному графику)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="743"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00716A53" w:rsidP="00FC6550">
-[...55 lines deleted...]
-          <w:p w:rsidR="00716A53" w:rsidRPr="00716A53" w:rsidRDefault="00716A53" w:rsidP="00716A53">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные собрания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00716A53">
-[...109 lines deleted...]
-          <w:p w:rsidR="00716A53" w:rsidRPr="00716A53" w:rsidRDefault="00716A53" w:rsidP="00716A53">
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«О новом формате итоговой аттестации, о тестировании для поступления в вузы РК. Организация подготовки к ГИА в школе»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00500162" w:rsidP="00FC6550">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00716A53">
-[...55 lines deleted...]
-          <w:p w:rsidR="00716A53" w:rsidRPr="00716A53" w:rsidRDefault="00716A53" w:rsidP="00716A53">
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Как преодолеть тревожность и обрести уверенность в себе»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FE3330" w:rsidP="00FC6550">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00716A53">
-[...39 lines deleted...]
-          <w:p w:rsidR="00770C22" w:rsidRPr="00FE3330" w:rsidRDefault="00716A53" w:rsidP="00716A53">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Обучение заполнению листа ответов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00FE3330" w:rsidRDefault="00FE3330" w:rsidP="00FE3330">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00716A53">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> ұйымдастыру»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организованное  проведение  итоговой аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="0015593D" w:rsidP="00716A53">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">классный руководитель </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00200D53">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Симбаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00200D53">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...49 lines deleted...]
-              <w:t>ОТЖДО, мектеп психологы</w:t>
+              <w:t xml:space="preserve"> Е.С.,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗДУВР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00200D53">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психолог </w:t>
             </w:r>
             <w:r w:rsidR="00FE3330">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0015593D" w:rsidRDefault="0015593D" w:rsidP="00FC6550">
-[...16 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w:rsidR="00FE3330" w:rsidRDefault="00FE3330" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0015593D" w:rsidRDefault="0015593D" w:rsidP="00FC6550">
-[...50 lines deleted...]
-              <w:t>мамыр</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="743"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00770C22">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094322">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0055143B" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="0055143B">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FE3330" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация подготовки - учащихся  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9-10 классов  в период летних  каникул:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00770C22">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в профильном отряде пришкольного лагеря;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00200D53">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на базе образовательных центров.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00770C22" w:rsidRPr="00094322" w:rsidRDefault="00864A19" w:rsidP="00770C22">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...235 lines deleted...]
-              <w:t>ОТЖДО</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="00FC6550">
-[...14 lines deleted...]
-              <w:t>мамыр</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00770C22" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11023" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="00FC6550">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Ата-аналармен жұмыс жасау</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Работа с родителями</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidRDefault="00094322" w:rsidP="00FC6550">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="0055143B" w:rsidP="00FC6550">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Родительские собрания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«О новом формате итоговой аттестации, о тестировании для поступления в вузы РК. Организация подготовки к ГИА в школе»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="000C68A4" w:rsidP="00DA16C0">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00660A38">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка и порядок </w:t>
             </w:r>
             <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
               <w:rPr>
-                <w:b/>
-[...164 lines deleted...]
-              <w:t xml:space="preserve"> және өткізу тәртібі"»</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проведения  итоговой аттестации</w:t>
+            </w:r>
+            <w:r w:rsidR="00660A38">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00FE3330" w:rsidRDefault="00FE3330" w:rsidP="00FC6550">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="0055143B">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00864A19" w:rsidP="00864A19">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>,</w:t>
+              </w:rPr>
+              <w:t>классный руководитель,</w:t>
             </w:r>
             <w:r w:rsidR="00145A5B">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00FC6550" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДУВР </w:t>
+            </w:r>
+            <w:r w:rsidR="00145A5B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2164" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRDefault="00FC6550" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000C68A4" w:rsidRDefault="000C68A4" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000C68A4" w:rsidRDefault="000C68A4" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00660A38" w:rsidRPr="00094322" w:rsidRDefault="00660A38" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...69 lines deleted...]
-              <w:t>сәуір</w:t>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="0038585B">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidRDefault="00094322" w:rsidP="00FC6550">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="0055143B" w:rsidP="00DA16C0">
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> ақпараттандыру</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00FC6550" w:rsidP="00DA16C0">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информирование о результатах пробных </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA16C0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>экзаменов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="0055143B" w:rsidP="00864A19">
-[...15 lines deleted...]
-            <w:r w:rsidR="00094322" w:rsidRPr="00094322">
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00864A19">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">классный руководитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00145A5B">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00145A5B">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="00FC6550">
-[...14 lines deleted...]
-              <w:t>Ай сайын</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ежемесячно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidTr="00864A19">
         <w:trPr>
           <w:trHeight w:val="1262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FC6550" w:rsidRPr="00943113" w:rsidRDefault="00094322" w:rsidP="00FC6550">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0055143B" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="0055143B">
-[...86 lines deleted...]
-              <w:t>-ға дайындық.</w:t>
+          <w:p w:rsidR="00094322" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00094322">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индивидуальные собеседования </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00094322" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00094322">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>родителями учащихся по проблемам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00DA16C0">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">подготовки к </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA16C0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ГИА</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2655" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00864A19" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="00094322">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00864A19" w:rsidRDefault="00864A19" w:rsidP="00094322">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00094322">
+              </w:rPr>
+              <w:t xml:space="preserve">классный руководитель, </w:t>
+            </w:r>
+            <w:r w:rsidR="00094322" w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗДУВР</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00094322" w:rsidRPr="00094322">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00864A19">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">психолог </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE3330">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2164" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FC6550" w:rsidRPr="0055143B" w:rsidRDefault="0055143B" w:rsidP="00FC6550">
-[...14 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00FC6550" w:rsidRPr="00094322" w:rsidRDefault="00094322" w:rsidP="00FC6550">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00094322">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B52945" w:rsidRDefault="00B52945">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00B52945" w:rsidSect="00B52945">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0C1C5232"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01C64D74"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5935,162 +4401,156 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D300B3"/>
     <w:rsid w:val="00081B3A"/>
     <w:rsid w:val="00094322"/>
     <w:rsid w:val="000C68A4"/>
-    <w:rsid w:val="000D0206"/>
     <w:rsid w:val="00145A5B"/>
     <w:rsid w:val="001546AF"/>
-    <w:rsid w:val="0015593D"/>
     <w:rsid w:val="0016584C"/>
     <w:rsid w:val="0019280C"/>
     <w:rsid w:val="00200D53"/>
-    <w:rsid w:val="002C2DB8"/>
     <w:rsid w:val="00372704"/>
     <w:rsid w:val="00375A2F"/>
     <w:rsid w:val="0038585B"/>
     <w:rsid w:val="00393547"/>
     <w:rsid w:val="003B7E35"/>
     <w:rsid w:val="003C39E3"/>
     <w:rsid w:val="003E2A29"/>
     <w:rsid w:val="00437EBB"/>
-    <w:rsid w:val="00440928"/>
     <w:rsid w:val="004E5CB7"/>
     <w:rsid w:val="00500162"/>
     <w:rsid w:val="005261DB"/>
     <w:rsid w:val="0054180B"/>
     <w:rsid w:val="005421D1"/>
-    <w:rsid w:val="0055143B"/>
     <w:rsid w:val="005638C7"/>
     <w:rsid w:val="00585F52"/>
     <w:rsid w:val="00660A38"/>
     <w:rsid w:val="006B2ADB"/>
-    <w:rsid w:val="00716A53"/>
     <w:rsid w:val="00720B4B"/>
     <w:rsid w:val="00766EBF"/>
     <w:rsid w:val="00770C22"/>
     <w:rsid w:val="00821032"/>
     <w:rsid w:val="00864A19"/>
     <w:rsid w:val="00882321"/>
     <w:rsid w:val="008D6413"/>
     <w:rsid w:val="00943113"/>
     <w:rsid w:val="00947683"/>
     <w:rsid w:val="00953A3C"/>
     <w:rsid w:val="009B318C"/>
     <w:rsid w:val="009F3C30"/>
-    <w:rsid w:val="00A25FA5"/>
     <w:rsid w:val="00A71299"/>
     <w:rsid w:val="00AF6C28"/>
     <w:rsid w:val="00B07844"/>
-    <w:rsid w:val="00B21C4B"/>
     <w:rsid w:val="00B4113A"/>
     <w:rsid w:val="00B52945"/>
     <w:rsid w:val="00B5384E"/>
     <w:rsid w:val="00B65B7D"/>
     <w:rsid w:val="00BF19D3"/>
     <w:rsid w:val="00C05430"/>
     <w:rsid w:val="00C443FA"/>
-    <w:rsid w:val="00C93E9F"/>
     <w:rsid w:val="00D300B3"/>
     <w:rsid w:val="00D40318"/>
     <w:rsid w:val="00D57283"/>
     <w:rsid w:val="00D6162B"/>
     <w:rsid w:val="00D62A30"/>
     <w:rsid w:val="00D814A1"/>
     <w:rsid w:val="00DA16C0"/>
     <w:rsid w:val="00DD49F0"/>
     <w:rsid w:val="00DE6E74"/>
     <w:rsid w:val="00E21462"/>
-    <w:rsid w:val="00EA3520"/>
     <w:rsid w:val="00ED0993"/>
     <w:rsid w:val="00EE37AF"/>
-    <w:rsid w:val="00F02C6E"/>
     <w:rsid w:val="00FC6550"/>
     <w:rsid w:val="00FE3330"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -6227,51 +4687,50 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D300B3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1416"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B65B7D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -6527,51 +4986,51 @@
     <w:rsid w:val="00FE3330"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FE3330"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="297997703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406615870">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6667,51 +5126,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1974359298">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6964,78 +5423,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9216A7F-0D2B-48CD-852A-7D0A9FCC2C7E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{961F7074-9489-4CE8-8525-AF5E56CA76C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>536</Words>
-  <Characters>3056</Characters>
+  <Words>561</Words>
+  <Characters>3198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3585</CharactersWithSpaces>
+  <CharactersWithSpaces>3752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>21</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>