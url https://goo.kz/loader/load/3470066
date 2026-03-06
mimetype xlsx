--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -5,312 +5,330 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9302"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="1125" windowWidth="14805" windowHeight="6990"/>
   </bookViews>
   <sheets>
-    <sheet name="каз" sheetId="5" r:id="rId1"/>
+    <sheet name="рус" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E9" i="5" l="1"/>
-[...81 lines deleted...]
-  <c r="G7" i="5"/>
+  <c r="E8" i="2" l="1"/>
+  <c r="F8" i="2"/>
+  <c r="D8" i="2"/>
+  <c r="E11" i="2" l="1"/>
+  <c r="E12" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="E14" i="2"/>
+  <c r="E13" i="2" s="1"/>
+  <c r="F14" i="2"/>
+  <c r="F13" i="2" s="1"/>
+  <c r="E15" i="2"/>
+  <c r="E16" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="E17" i="2"/>
+  <c r="F17" i="2"/>
+  <c r="E18" i="2"/>
+  <c r="E19" i="2"/>
+  <c r="E20" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="E24" i="2"/>
+  <c r="F24" i="2"/>
+  <c r="E25" i="2"/>
+  <c r="E26" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="E28" i="2"/>
+  <c r="F29" i="2"/>
+  <c r="E30" i="2"/>
+  <c r="F30" i="2"/>
+  <c r="E31" i="2"/>
+  <c r="F31" i="2"/>
+  <c r="E32" i="2"/>
+  <c r="F32" i="2"/>
+  <c r="E33" i="2"/>
+  <c r="F10" i="2"/>
+  <c r="E10" i="2"/>
+  <c r="G33" i="2" l="1"/>
+  <c r="G17" i="2" l="1"/>
+  <c r="G10" i="2"/>
+  <c r="G11" i="2"/>
+  <c r="G14" i="2"/>
+  <c r="G15" i="2"/>
+  <c r="G16" i="2"/>
+  <c r="G19" i="2"/>
+  <c r="G20" i="2"/>
+  <c r="G22" i="2"/>
+  <c r="G23" i="2"/>
+  <c r="G24" i="2"/>
+  <c r="G25" i="2"/>
+  <c r="G26" i="2"/>
+  <c r="G27" i="2"/>
+  <c r="G28" i="2"/>
+  <c r="G29" i="2"/>
+  <c r="G30" i="2"/>
+  <c r="G31" i="2"/>
+  <c r="G32" i="2"/>
+  <c r="G21" i="2"/>
+  <c r="G18" i="2"/>
+  <c r="G12" i="2"/>
+  <c r="C28" i="2" l="1"/>
+  <c r="C16" i="2"/>
+  <c r="C13" i="2"/>
+  <c r="C12" i="2"/>
+  <c r="C8" i="2"/>
+  <c r="C7" i="2"/>
+  <c r="C6" i="2"/>
+  <c r="C9" i="2" l="1"/>
+  <c r="D13" i="2"/>
+  <c r="D6" i="2" l="1"/>
+  <c r="F6" i="2"/>
+  <c r="E6" i="2"/>
+  <c r="G13" i="2"/>
+  <c r="E7" i="2"/>
+  <c r="E9" i="2"/>
+  <c r="F7" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="D7" i="2"/>
+  <c r="D9" i="2"/>
+  <c r="H12" i="2"/>
+  <c r="G7" i="2" l="1"/>
+  <c r="G9" i="2"/>
+  <c r="G6" i="2"/>
+  <c r="G8" i="2"/>
+  <c r="H8" i="2"/>
+  <c r="I8" i="2"/>
+  <c r="I13" i="2" l="1"/>
+  <c r="I6" i="2" s="1"/>
+  <c r="H13" i="2"/>
+  <c r="H6" i="2" s="1"/>
+  <c r="I7" i="2"/>
+  <c r="H7" i="2"/>
+  <c r="I9" i="2"/>
+  <c r="H9" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="54">
+  <si>
+    <t>Наименование</t>
+  </si>
+  <si>
+    <t>Плановый период</t>
+  </si>
+  <si>
+    <t>тыс.тенге</t>
+  </si>
+  <si>
+    <t>Всего по администратору</t>
+  </si>
+  <si>
+    <t>Коды</t>
+  </si>
   <si>
     <t>04.1.464.009.000</t>
   </si>
   <si>
+    <t>Обеспечение деятельности организаций  дошкольного воспитания и обучения</t>
+  </si>
+  <si>
     <t>За счет средств местного бюджета</t>
   </si>
   <si>
+    <t>Реализация государственного образовательного заказа в дошкольных организациях образования</t>
+  </si>
+  <si>
+    <t>Общеобразовательное обучение</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дополнительное образование для детей </t>
+  </si>
+  <si>
+    <t>Услуги по реализации государственной политики на местном уровне в области образования</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Приобретение и доставка учебников, учебно-методических комплексов для государственных  учреждений образования района (города областного значения) </t>
+  </si>
+  <si>
+    <t>Проведение школьных олимпиад, внешкольных мероприятий и конкурсов районного (городского) масштаба</t>
+  </si>
+  <si>
+    <t>Ежемесячная выплата денежных средств опекунам (попечителям) на содержание ребенка-сироты (детей-сирот), и ребенка (детей), оставшегося без попечения родителей</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выплата единовременных денежных средств казахстанским гражданам, усыновившим (удочерившим) ребенка (детей)-сироту и ребенка (детей), оставшегося без попечения родителей </t>
+  </si>
+  <si>
+    <t>Социальная поддержка обучающихся и воспитанников организаций образования очной формы обучения в виде льготного проезда на общественном транспорте (кроме такси) по решению местных представительных органов</t>
+  </si>
+  <si>
     <t>04.1.464.040.000</t>
   </si>
   <si>
     <t>04.2.464.003.000</t>
   </si>
   <si>
     <t>04.2.464.003.015</t>
   </si>
   <si>
     <t>04.2.464.006.000</t>
   </si>
   <si>
     <t>04.9.464.001.000</t>
   </si>
   <si>
     <t>04.9.464.005.000</t>
   </si>
   <si>
     <t>04.9.464.007.000</t>
   </si>
   <si>
     <t>04.9.464.015.000</t>
   </si>
   <si>
     <t>04.9.464.022.000</t>
   </si>
   <si>
     <t>06.2.464.008.000</t>
   </si>
   <si>
+    <t>За счет трансфертов из республиканского бюджета</t>
+  </si>
+  <si>
     <t>в т.ч.</t>
   </si>
   <si>
     <t>трансферты из областного бюджета</t>
   </si>
   <si>
     <t>04.2.464.003.011</t>
   </si>
   <si>
     <t>06.1.464.030.000</t>
   </si>
   <si>
+    <t>Содержание ребенка (детей), переданного патронатным воспитателям</t>
+  </si>
+  <si>
+    <t>2019 год</t>
+  </si>
+  <si>
     <t xml:space="preserve"> трансферты общего характера</t>
   </si>
   <si>
     <t>04.9.464.012.000</t>
   </si>
   <si>
+    <t>Капитальные расходы государственных органов</t>
+  </si>
+  <si>
+    <t>Капитальные расходы подведомственных государственных учреждений и организаций</t>
+  </si>
+  <si>
     <t>04.9.464.067.000</t>
   </si>
   <si>
-    <t>2018 жыл</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">Жергілікті өкілді органдардың шешімі бойынша білім беру ұйымдарының күндізгі оқу нысанында оқитындар  мен тәрбиеленушілерді қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүру түрінде әлеуметтік қолдау </t>
+    <t>2020 год</t>
   </si>
   <si>
     <t>Трансферты из областного бюджета</t>
   </si>
   <si>
-    <t>Жоспарлы кезең</t>
-[...5 lines deleted...]
-    <t>Әкімші бойынша жалпы</t>
+    <t xml:space="preserve">2018 год  </t>
+  </si>
+  <si>
+    <t>утвержденный бюджет</t>
+  </si>
+  <si>
+    <t>уточненый бюджет</t>
+  </si>
+  <si>
+    <t>Бюджет на 2018 год   ГУ "Отдел образования города Павлодара"</t>
   </si>
   <si>
     <t>04.4.464.113.000</t>
   </si>
   <si>
+    <t>Целевые текущие трансферты из местных бюджетов</t>
+  </si>
+  <si>
     <t>04.9.464.023.000</t>
   </si>
   <si>
-    <t xml:space="preserve">2018 жылдың бюджеті «Павлодар қаласының білім беру бөлімі» ММ 
-[...15 lines deleted...]
-    <t>жоспардың орындалуы, %</t>
+    <t>Методическая работа</t>
+  </si>
+  <si>
+    <t>исполнение от годового плана, %</t>
   </si>
   <si>
     <t>04.2.464.068.000</t>
   </si>
   <si>
-    <t>Халықтың компьютерлiк сауаттылығын қамтамасыз ету</t>
-[...5 lines deleted...]
-    <t>кассаның орындалуы 1.01.2019г.</t>
+    <t>Обеспечение повышения компьютерной грамотности населения</t>
+  </si>
+  <si>
+    <t>план текущего периода 1.01.2019г.</t>
+  </si>
+  <si>
+    <t>кассовое исполнение на 1.01.2019г.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -334,163 +352,134 @@
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
-      <sz val="12"/>
-[...1 lines deleted...]
-      <name val="Times New Roman KK EK"/>
+      <i/>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...38 lines deleted...]
-      <name val="Times New Roman KK EK"/>
+      <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
-    <font>
-[...14 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
@@ -516,222 +505,163 @@
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...33 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="S11" xfId="1"/>
     <cellStyle name="S8" xfId="2"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
-    </ext>
-[...1 lines deleted...]
-      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -988,884 +918,1034 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:J34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I11" sqref="I11"/>
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17" style="6" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="6"/>
+    <col min="1" max="1" width="16.28515625" style="7" customWidth="1"/>
+    <col min="2" max="2" width="41.85546875" style="7" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="13.28515625" style="7" customWidth="1"/>
+    <col min="5" max="5" width="14" style="7" customWidth="1"/>
+    <col min="6" max="6" width="13.140625" style="7" customWidth="1"/>
+    <col min="7" max="7" width="8" style="7" customWidth="1"/>
+    <col min="8" max="8" width="13.7109375" style="7" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="14.140625" style="7" hidden="1" customWidth="1"/>
+    <col min="10" max="16384" width="8.85546875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:9" s="7" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
-      <c r="B1" s="5"/>
-[...6 lines deleted...]
-    <row r="2" spans="1:7" ht="26.25" customHeight="1">
+      <c r="B1" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+    </row>
+    <row r="2" spans="1:9" s="7" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5"/>
-      <c r="B2" s="26" t="s">
+      <c r="B2" s="8"/>
+      <c r="C2" s="8"/>
+      <c r="D2" s="8"/>
+      <c r="E2" s="8"/>
+      <c r="F2" s="8"/>
+      <c r="G2" s="8"/>
+      <c r="H2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="I2" s="9"/>
+    </row>
+    <row r="3" spans="1:9" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+    </row>
+    <row r="4" spans="1:9" s="7" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="10"/>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="12" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="7" customFormat="1" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="10"/>
+      <c r="B5" s="10"/>
+      <c r="C5" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="26"/>
-[...65 lines deleted...]
-        <f>C11+C12+C14+C19+C20+C21+C23+C24+C25+C26+C28+C31+C32</f>
+      <c r="D5" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" s="14"/>
+      <c r="I5" s="14"/>
+    </row>
+    <row r="6" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="13"/>
+      <c r="B6" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="16">
+        <f>C10+C11+C13+C18+C19+C20+C22+C23+C24+C25+C27+C30+C31</f>
         <v>14750424</v>
       </c>
-      <c r="D7" s="31">
-        <f>D11+D12+D14+D19+D20+D21+D23+D24+D25+D26+D28+D31+D32+D27+D33+D34</f>
+      <c r="D6" s="16">
+        <f>D10+D11+D13+D18+D19+D20+D22+D23+D24+D25+D27+D30+D31+D26+D32+D33</f>
         <v>15547096</v>
       </c>
-      <c r="E7" s="31">
-        <f t="shared" ref="E7:F7" si="0">E11+E12+E14+E19+E20+E21+E23+E24+E25+E26+E28+E31+E32+E27+E33+E34</f>
+      <c r="E6" s="16">
+        <f t="shared" ref="E6:F6" si="0">E10+E11+E13+E18+E19+E20+E22+E23+E24+E25+E27+E30+E31+E26+E32+E33</f>
         <v>15547096</v>
       </c>
-      <c r="F7" s="31">
+      <c r="F6" s="16">
         <f t="shared" si="0"/>
         <v>15546961.5</v>
       </c>
-      <c r="G7" s="31">
-        <f t="shared" ref="G7:G10" si="1">F7/E7*100</f>
+      <c r="G6" s="16">
+        <f>F6/D6*100</f>
         <v>99.999134886669509</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <f>C15</f>
+      <c r="H6" s="16">
+        <f t="shared" ref="H6:I6" si="1">H10+H11+H13+H18+H19+H20+H22+H23+H24+H25+H27+H30+H31</f>
+        <v>13682162</v>
+      </c>
+      <c r="I6" s="16">
+        <f t="shared" si="1"/>
+        <v>14339753</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" s="19">
+        <f>C14</f>
         <v>60786</v>
       </c>
-      <c r="D8" s="32">
-        <f>D15</f>
+      <c r="D7" s="19">
+        <f>D14</f>
         <v>611314</v>
       </c>
-      <c r="E8" s="32">
-        <f>E15</f>
+      <c r="E7" s="19">
+        <f>E14</f>
         <v>611314</v>
       </c>
-      <c r="F8" s="32">
-        <f>F15</f>
+      <c r="F7" s="19">
+        <f>F14</f>
         <v>611314</v>
       </c>
-      <c r="G8" s="31">
-        <f t="shared" si="1"/>
+      <c r="G7" s="16">
+        <f>F7/D7*100</f>
         <v>100</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <f>C11+C12+C16+C19+C20+C21+C23+C24+C25+C26+C28+C31+C32</f>
+      <c r="H7" s="19">
+        <f t="shared" ref="H7:I7" si="2">H14</f>
+        <v>0</v>
+      </c>
+      <c r="I7" s="19">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="19">
+        <f>C10+C11+C15+C18+C19+C20+C22+C23+C24+C25+C27+C30+C31</f>
         <v>14689638</v>
       </c>
-      <c r="D9" s="32">
-        <f>D7-D8-D10</f>
+      <c r="D8" s="19">
+        <f>D6-D7-D9</f>
         <v>14069485</v>
       </c>
-      <c r="E9" s="32">
-        <f t="shared" ref="E9:F9" si="2">E7-E8-E10</f>
+      <c r="E8" s="19">
+        <f t="shared" ref="E8:F8" si="3">E6-E7-E9</f>
         <v>14069485</v>
       </c>
-      <c r="F9" s="32">
-        <f t="shared" si="2"/>
+      <c r="F8" s="19">
+        <f t="shared" si="3"/>
         <v>14069468.800000001</v>
       </c>
-      <c r="G9" s="31">
-        <f t="shared" si="1"/>
+      <c r="G8" s="16">
+        <f>F8/D8*100</f>
         <v>99.999884857192725</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <f>C17+C22+C29</f>
+      <c r="H8" s="19">
+        <f>H10+H11+H15+H18+H19+H20+H22+H23+H24+H25+H27+H30+H31-703385</f>
+        <v>12978777</v>
+      </c>
+      <c r="I8" s="19">
+        <f t="shared" ref="I8" si="4">I10+I11+I15+I18+I19+I20+I22+I23+I24+I25+I27+I30+I31</f>
+        <v>14339753</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="19">
+        <f>C16+C21+C28</f>
         <v>703385</v>
       </c>
-      <c r="D10" s="32">
-        <f>D17+D22+D29</f>
+      <c r="D9" s="19">
+        <f>D16+D21+D28</f>
         <v>866297</v>
       </c>
-      <c r="E10" s="32">
-        <f>E17+E22+E29</f>
+      <c r="E9" s="19">
+        <f>E16+E21+E28</f>
         <v>866297</v>
       </c>
-      <c r="F10" s="32">
-        <f>F17+F22+F29</f>
+      <c r="F9" s="19">
+        <f>F16+F21+F28</f>
         <v>866178.7</v>
       </c>
-      <c r="G10" s="31">
-        <f t="shared" si="1"/>
+      <c r="G9" s="16">
+        <f>F9/D9*100</f>
         <v>99.986344175265515</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="H9" s="19">
+        <f t="shared" ref="H9:I9" si="5">H16+H21+H28</f>
         <v>0</v>
       </c>
-      <c r="B11" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="33">
+      <c r="I9" s="19">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="21" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="23">
         <v>2882541</v>
       </c>
-      <c r="D11" s="33">
+      <c r="D10" s="23">
         <v>2892039</v>
       </c>
-      <c r="E11" s="33">
-        <f>D11</f>
+      <c r="E10" s="23">
+        <f>D10</f>
         <v>2892039</v>
       </c>
-      <c r="F11" s="33">
-        <f>D11</f>
+      <c r="F10" s="23">
+        <f>D10</f>
         <v>2892039</v>
       </c>
-      <c r="G11" s="34">
-        <f>F11/E11*100</f>
+      <c r="G10" s="16">
+        <f>F10/D10*100</f>
         <v>100</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C12" s="33">
+      <c r="H10" s="23">
+        <v>2904733</v>
+      </c>
+      <c r="I10" s="23">
+        <v>3044120</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="7" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="23">
         <v>1890274</v>
       </c>
-      <c r="D12" s="33">
+      <c r="D11" s="23">
         <v>1830274</v>
       </c>
-      <c r="E12" s="33">
-        <f t="shared" ref="E12:E34" si="3">D12</f>
+      <c r="E11" s="23">
+        <f t="shared" ref="E11:E33" si="6">D11</f>
         <v>1830274</v>
       </c>
-      <c r="F12" s="33">
+      <c r="F11" s="23">
         <v>1830273.4</v>
       </c>
-      <c r="G12" s="34">
-        <f t="shared" ref="G12:G33" si="4">F12/E12*100</f>
+      <c r="G11" s="16">
+        <f>F11/D11*100</f>
         <v>99.999967218023087</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C13" s="35">
+      <c r="H11" s="23">
+        <v>1914600</v>
+      </c>
+      <c r="I11" s="23">
+        <v>2005733</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="24">
         <f>1787992-45547-19403</f>
         <v>1723042</v>
       </c>
-      <c r="D13" s="35">
+      <c r="D12" s="24">
         <v>1723042</v>
       </c>
-      <c r="E13" s="33">
-        <f t="shared" si="3"/>
+      <c r="E12" s="23">
+        <f t="shared" si="6"/>
         <v>1723042</v>
       </c>
-      <c r="F13" s="33">
-        <f t="shared" ref="F13:F33" si="5">D13</f>
+      <c r="F12" s="23">
+        <f t="shared" ref="F12:F32" si="7">D12</f>
         <v>1723042</v>
       </c>
-      <c r="G13" s="34">
-        <f t="shared" si="4"/>
+      <c r="G12" s="16">
+        <f>F12/D12*100</f>
         <v>100</v>
       </c>
-    </row>
-[...8 lines deleted...]
-        <f>C15+C16</f>
+      <c r="H12" s="24">
+        <f>1936627-45817-19598</f>
+        <v>1871212</v>
+      </c>
+      <c r="I12" s="24"/>
+    </row>
+    <row r="13" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="23">
+        <f>C14+C15</f>
         <v>7641854</v>
       </c>
-      <c r="D14" s="33">
-        <f>D15+D16</f>
+      <c r="D13" s="23">
+        <f>D14+D15</f>
         <v>8255820</v>
       </c>
-      <c r="E14" s="33">
-        <f t="shared" ref="E14:F14" si="6">E15+E16</f>
+      <c r="E13" s="23">
+        <f t="shared" ref="E13:F13" si="8">E14+E15</f>
         <v>8255820</v>
       </c>
-      <c r="F14" s="33">
+      <c r="F13" s="23">
+        <f t="shared" si="8"/>
+        <v>8255810.5999999996</v>
+      </c>
+      <c r="G13" s="16">
+        <f>F13/D13*100</f>
+        <v>99.999886140928453</v>
+      </c>
+      <c r="H13" s="23">
+        <f t="shared" ref="H13:I13" si="9">H14+H15</f>
+        <v>7586093</v>
+      </c>
+      <c r="I13" s="23">
+        <f t="shared" si="9"/>
+        <v>7955799</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="23">
+        <v>60786</v>
+      </c>
+      <c r="D14" s="23">
+        <v>611314</v>
+      </c>
+      <c r="E14" s="23">
         <f t="shared" si="6"/>
-        <v>8255810.5999999996</v>
-[...16 lines deleted...]
-      <c r="D15" s="33">
         <v>611314</v>
       </c>
-      <c r="E15" s="33">
-        <f t="shared" si="3"/>
+      <c r="F14" s="23">
+        <f t="shared" si="7"/>
         <v>611314</v>
       </c>
-      <c r="F15" s="33">
-[...4 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="G14" s="16">
+        <f>F14/D14*100</f>
         <v>100</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C16" s="33">
+      <c r="H14" s="23"/>
+      <c r="I14" s="23"/>
+    </row>
+    <row r="15" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="23">
         <v>7581068</v>
       </c>
-      <c r="D16" s="33">
+      <c r="D15" s="23">
         <v>7644506</v>
       </c>
-      <c r="E16" s="33">
-        <f t="shared" si="3"/>
+      <c r="E15" s="23">
+        <f t="shared" si="6"/>
         <v>7644506</v>
       </c>
-      <c r="F16" s="33">
+      <c r="F15" s="23">
         <v>7644496.5999999996</v>
       </c>
-      <c r="G16" s="34">
-        <f t="shared" si="4"/>
+      <c r="G15" s="16">
+        <f>F15/D15*100</f>
         <v>99.999877035873865</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C17" s="35">
+      <c r="H15" s="23">
+        <v>7586093</v>
+      </c>
+      <c r="I15" s="23">
+        <v>7955799</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="24">
         <f>34251</f>
         <v>34251</v>
       </c>
-      <c r="D17" s="35">
+      <c r="D16" s="24">
         <v>40461</v>
       </c>
-      <c r="E17" s="33">
-        <f t="shared" si="3"/>
+      <c r="E16" s="23">
+        <f t="shared" si="6"/>
         <v>40461</v>
       </c>
-      <c r="F17" s="33">
-        <f t="shared" si="5"/>
+      <c r="F16" s="23">
+        <f t="shared" si="7"/>
         <v>40461</v>
       </c>
-      <c r="G17" s="34">
-        <f t="shared" si="4"/>
+      <c r="G16" s="16">
+        <f>F16/D16*100</f>
         <v>100</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="11" t="s">
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+    </row>
+    <row r="17" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="24">
+        <v>34058</v>
+      </c>
+      <c r="D17" s="24">
+        <v>34058</v>
+      </c>
+      <c r="E17" s="23">
+        <f t="shared" si="6"/>
+        <v>34058</v>
+      </c>
+      <c r="F17" s="23">
+        <f t="shared" si="7"/>
+        <v>34058</v>
+      </c>
+      <c r="G17" s="16">
+        <f>F17/D17*100</f>
+        <v>100</v>
+      </c>
+      <c r="H17" s="24">
+        <v>34150</v>
+      </c>
+      <c r="I17" s="24"/>
+    </row>
+    <row r="18" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="23">
+        <v>756118</v>
+      </c>
+      <c r="D18" s="23">
+        <v>748613</v>
+      </c>
+      <c r="E18" s="23">
+        <f t="shared" si="6"/>
+        <v>748613</v>
+      </c>
+      <c r="F18" s="23">
+        <v>748612.6</v>
+      </c>
+      <c r="G18" s="16">
+        <f>F18/D18*100</f>
+        <v>99.999946567852817</v>
+      </c>
+      <c r="H18" s="23">
+        <v>760715</v>
+      </c>
+      <c r="I18" s="23">
+        <v>797442</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" s="7" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="23">
+        <v>42698</v>
+      </c>
+      <c r="D19" s="23">
+        <v>53542</v>
+      </c>
+      <c r="E19" s="23">
+        <f t="shared" si="6"/>
+        <v>53542</v>
+      </c>
+      <c r="F19" s="23">
+        <v>53541.8</v>
+      </c>
+      <c r="G19" s="16">
+        <f>F19/D19*100</f>
+        <v>99.999626461469504</v>
+      </c>
+      <c r="H19" s="23">
+        <v>42811</v>
+      </c>
+      <c r="I19" s="23">
+        <v>44563</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="7" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A20" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="17" t="s">
-[...17 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="C20" s="23">
+        <v>557028</v>
+      </c>
+      <c r="D20" s="23">
+        <v>537829</v>
+      </c>
+      <c r="E20" s="23">
+        <f t="shared" si="6"/>
+        <v>537829</v>
+      </c>
+      <c r="F20" s="23">
+        <v>537828.69999999995</v>
+      </c>
+      <c r="G20" s="16">
+        <f>F20/D20*100</f>
+        <v>99.999944220188937</v>
+      </c>
+      <c r="H20" s="23">
+        <v>313210</v>
+      </c>
+      <c r="I20" s="23">
+        <v>325739</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="24">
+        <v>258733</v>
+      </c>
+      <c r="D21" s="24">
+        <v>240151</v>
+      </c>
+      <c r="E21" s="23">
+        <f t="shared" si="6"/>
+        <v>240151</v>
+      </c>
+      <c r="F21" s="23">
+        <f t="shared" si="7"/>
+        <v>240151</v>
+      </c>
+      <c r="G21" s="16">
+        <f>F21/D21*100</f>
         <v>100</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      <c r="B21" s="20" t="s">
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+    </row>
+    <row r="22" spans="1:9" s="7" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="23">
+        <v>7234</v>
+      </c>
+      <c r="D22" s="23">
+        <v>30763</v>
+      </c>
+      <c r="E22" s="23">
+        <f t="shared" si="6"/>
+        <v>30763</v>
+      </c>
+      <c r="F22" s="23">
+        <v>30762.9</v>
+      </c>
+      <c r="G22" s="16">
+        <f>F22/D22*100</f>
+        <v>99.99967493417418</v>
+      </c>
+      <c r="H22" s="23">
+        <v>7596</v>
+      </c>
+      <c r="I22" s="23">
+        <v>7900</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="C23" s="23">
+        <v>1200</v>
+      </c>
+      <c r="D23" s="23">
+        <v>1200</v>
+      </c>
+      <c r="E23" s="23">
+        <f t="shared" si="6"/>
+        <v>1200</v>
+      </c>
+      <c r="F23" s="23">
+        <f t="shared" si="7"/>
+        <v>1200</v>
+      </c>
+      <c r="G23" s="16">
+        <f>F23/D23*100</f>
+        <v>100</v>
+      </c>
+      <c r="H23" s="23"/>
+      <c r="I23" s="23"/>
+    </row>
+    <row r="24" spans="1:9" s="7" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A24" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="23">
+        <v>124477</v>
+      </c>
+      <c r="D24" s="23">
+        <v>131692</v>
+      </c>
+      <c r="E24" s="23">
+        <f t="shared" si="6"/>
+        <v>131692</v>
+      </c>
+      <c r="F24" s="23">
+        <f t="shared" si="7"/>
+        <v>131692</v>
+      </c>
+      <c r="G24" s="16">
+        <f>F24/D24*100</f>
+        <v>100</v>
+      </c>
+      <c r="H24" s="23">
+        <v>130701</v>
+      </c>
+      <c r="I24" s="23">
+        <v>135929</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="7" customFormat="1" ht="75" x14ac:dyDescent="0.25">
+      <c r="A25" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="C25" s="23">
+        <v>2533</v>
+      </c>
+      <c r="D25" s="23">
+        <v>2533</v>
+      </c>
+      <c r="E25" s="23">
+        <f t="shared" si="6"/>
+        <v>2533</v>
+      </c>
+      <c r="F25" s="23">
+        <v>2533</v>
+      </c>
+      <c r="G25" s="16">
+        <f>F25/D25*100</f>
+        <v>100</v>
+      </c>
+      <c r="H25" s="23">
+        <v>2659</v>
+      </c>
+      <c r="I25" s="23">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B26" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" s="23"/>
+      <c r="D26" s="23">
+        <v>14301</v>
+      </c>
+      <c r="E26" s="23">
+        <f t="shared" si="6"/>
+        <v>14301</v>
+      </c>
+      <c r="F26" s="23">
+        <v>14300.9</v>
+      </c>
+      <c r="G26" s="16">
+        <f>F26/D26*100</f>
+        <v>99.999300748199431</v>
+      </c>
+      <c r="H26" s="23"/>
+      <c r="I26" s="23"/>
+    </row>
+    <row r="27" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27" s="23">
+        <v>825652</v>
+      </c>
+      <c r="D27" s="23">
+        <v>1011469</v>
+      </c>
+      <c r="E27" s="23">
+        <f t="shared" si="6"/>
+        <v>1011469</v>
+      </c>
+      <c r="F27" s="23">
+        <v>1011345.7</v>
+      </c>
+      <c r="G27" s="16">
+        <f>F27/D27*100</f>
+        <v>99.987809809297161</v>
+      </c>
+      <c r="H27" s="23"/>
+      <c r="I27" s="23"/>
+    </row>
+    <row r="28" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C21" s="33">
-[...47 lines deleted...]
-      <c r="B23" s="16" t="s">
+      <c r="B28" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="C23" s="33">
-[...148 lines deleted...]
-      <c r="C29" s="35">
+      <c r="C28" s="24">
         <f>13780+231861+50508+64252+50000</f>
         <v>410401</v>
       </c>
-      <c r="D29" s="35">
+      <c r="D28" s="24">
         <v>585685</v>
       </c>
-      <c r="E29" s="33">
-        <f t="shared" si="3"/>
+      <c r="E28" s="23">
+        <f t="shared" si="6"/>
         <v>585685</v>
       </c>
-      <c r="F29" s="33">
+      <c r="F28" s="23">
         <v>585566.69999999995</v>
       </c>
-      <c r="G29" s="34">
-        <f t="shared" si="4"/>
+      <c r="G28" s="16">
+        <f>F28/D28*100</f>
         <v>99.979801429095843</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B30" s="17" t="s">
+      <c r="H28" s="24"/>
+      <c r="I28" s="24"/>
+    </row>
+    <row r="29" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="C29" s="24">
+        <v>94736</v>
+      </c>
+      <c r="D29" s="24">
+        <v>94736</v>
+      </c>
+      <c r="E29" s="23">
+        <v>94736</v>
+      </c>
+      <c r="F29" s="23">
+        <f t="shared" si="7"/>
+        <v>94736</v>
+      </c>
+      <c r="G29" s="16">
+        <f>F29/D29*100</f>
+        <v>100</v>
+      </c>
+      <c r="H29" s="24"/>
+      <c r="I29" s="23"/>
+    </row>
+    <row r="30" spans="1:9" s="7" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="C30" s="23">
+        <v>15247</v>
+      </c>
+      <c r="D30" s="23">
+        <v>17572</v>
+      </c>
+      <c r="E30" s="23">
+        <f t="shared" si="6"/>
+        <v>17572</v>
+      </c>
+      <c r="F30" s="23">
+        <f t="shared" si="7"/>
+        <v>17572</v>
+      </c>
+      <c r="G30" s="16">
+        <f>F30/D30*100</f>
+        <v>100</v>
+      </c>
+      <c r="H30" s="23">
+        <v>15476</v>
+      </c>
+      <c r="I30" s="23">
+        <v>16195</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" s="7" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A31" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B31" s="22" t="s">
         <v>16</v>
       </c>
-      <c r="C30" s="35">
-[...13 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="C31" s="23">
+        <v>3568</v>
+      </c>
+      <c r="D31" s="23">
+        <v>2169</v>
+      </c>
+      <c r="E31" s="23">
+        <f t="shared" si="6"/>
+        <v>2169</v>
+      </c>
+      <c r="F31" s="23">
+        <f t="shared" si="7"/>
+        <v>2169</v>
+      </c>
+      <c r="G31" s="16">
+        <f>F31/D31*100</f>
         <v>100</v>
       </c>
-    </row>
-[...22 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="H31" s="23">
+        <v>3568</v>
+      </c>
+      <c r="I31" s="23">
+        <v>3568</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C32" s="29"/>
+      <c r="D32" s="29">
+        <v>15011</v>
+      </c>
+      <c r="E32" s="23">
+        <f t="shared" si="6"/>
+        <v>15011</v>
+      </c>
+      <c r="F32" s="23">
+        <f t="shared" si="7"/>
+        <v>15011</v>
+      </c>
+      <c r="G32" s="30">
+        <f>F32/D32*100</f>
         <v>100</v>
       </c>
-    </row>
-[...26 lines deleted...]
-    <row r="33" spans="1:7" ht="30">
+      <c r="H32" s="29"/>
+      <c r="I32" s="29"/>
+    </row>
+    <row r="33" spans="1:9" s="7" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>44</v>
-[...26 lines deleted...]
-      <c r="D34" s="36">
+        <v>51</v>
+      </c>
+      <c r="C33" s="29"/>
+      <c r="D33" s="29">
         <v>2269</v>
       </c>
-      <c r="E34" s="33">
-        <f t="shared" si="3"/>
+      <c r="E33" s="23">
+        <f t="shared" si="6"/>
         <v>2269</v>
       </c>
-      <c r="F34" s="33">
+      <c r="F33" s="23">
         <v>2268.9</v>
       </c>
-      <c r="G34" s="37">
-[...2 lines deleted...]
-    </row>
+      <c r="G33" s="30">
+        <f t="shared" ref="G33" si="10">F33/D33*100</f>
+        <v>99.995592772146324</v>
+      </c>
+      <c r="H33" s="29"/>
+      <c r="I33" s="29"/>
+    </row>
+    <row r="34" spans="1:9" s="7" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="5">
-[...4 lines deleted...]
-    <mergeCell ref="B4:B6"/>
+  <mergeCells count="8">
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="H2:I2"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:I3"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:I5"/>
+    <mergeCell ref="C4:F4"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="70" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="60" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>каз</vt:lpstr>
+      <vt:lpstr>рус</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>