--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -87,1208 +87,820 @@
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00934587">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E57E8" w:rsidRDefault="008E57E8" w:rsidP="008E57E8">
-[...27 lines deleted...]
-    <w:p w:rsidR="00813531" w:rsidRDefault="00435F40" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ұлттық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+        <w:t>О внесении изменения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000076DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+        <w:t xml:space="preserve"> в приказ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00813531">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+        <w:t xml:space="preserve">Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C337B" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>тестілеуді</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+        <w:t xml:space="preserve">Республики Казахстан от 2 мая </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C337B" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>өткізу</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00813531">
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>2017 года № 204 «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001035A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Об утверждении</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C337B" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қағидаларын</w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="001035A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Правил проведения единого </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>бекіту</w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="001035A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>национального тестирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000076DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>туралы</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
-[...329 lines deleted...]
-    <w:p w:rsidR="00813531" w:rsidRPr="00721FFC" w:rsidRDefault="00435F40" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Внести в приказ Министра образования и науки Республики Казахстан от 2 мая 2017 года № 204 «Об утверждении Правил проведения единого национального тестирования» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15173, опубликован 5 июня 2017 года в Эталонном контрольном банке норм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ативных правовых актов) следующее изменение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="007A2668" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>в Правилах проведения единого национального тестирования, утвержденных указанным приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...6 lines deleted...]
-        <w:t>«</w:t>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="00892D17" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00813531">
-[...4 lines deleted...]
-        <w:t>Ұлттық</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риложение</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00813531">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00AC0FCE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>равилам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в редакции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ді</w:t>
-[...78 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы                               2 мамырдағы № 204 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15173 болып тіркелген, Нормативтік құқықтық актілердің эталондық бақылау банкінде 2017 жылғы 5 маусымда жарияланған) мынадай өзгеріс енгізілсін:</w:t>
+        <w:t xml:space="preserve"> согласно приложению к настоящему приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>көрсетілген бұйрықпен бекітілген Ұлттық бірыңғай тестілеуді өткізу қағидаларында:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Департаменту высшего и послевузовского образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRPr="00721FFC" w:rsidRDefault="00813531" w:rsidP="00813531">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и  электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой информации» для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>2. Қазақстан Республикасы Білім және ғылым министрлігінің Жоғары және жоғары оқу орнынан кейінгі білім департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Контроль за исполнением настоящего приказа возложить на                               </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-        <w:t>2) осы бұйрық мемлекеттік тіркеуден өткен күнінен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі қағаз және электронды түрдегі көшірмелерін ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкіне енгізу үшін «Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+        </w:rPr>
+        <w:t>Суханбердиеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э.А.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:t>3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министр образования и науки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRDefault="00813531" w:rsidP="00813531">
+    <w:p w:rsidR="006F3520" w:rsidRPr="000076DC" w:rsidRDefault="006F3520" w:rsidP="006F3520">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000076DC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...89 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:t xml:space="preserve">Е. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
+        <w:t>Сагадиев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00813531" w:rsidRPr="00721FFC" w:rsidRDefault="00813531" w:rsidP="00813531">
-[...78 lines deleted...]
-    <w:p w:rsidR="002572E3" w:rsidRDefault="002572E3">
+    <w:p w:rsidR="00642211" w:rsidRPr="00934587" w:rsidRDefault="00642211" w:rsidP="006F3520"/>
+    <w:p w:rsidR="001D287A" w:rsidRDefault="001D287A">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="002572E3" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="001D287A" w:rsidSect="00642211">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00911BA7" w:rsidRDefault="00911BA7">
+    <w:p w:rsidR="00C75405" w:rsidRDefault="00C75405">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00911BA7" w:rsidRDefault="00911BA7">
+    <w:p w:rsidR="00C75405" w:rsidRDefault="00C75405">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -1300,113 +912,109 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="002572E3" w:rsidRDefault="00911BA7">
+  <w:p w:rsidR="001D287A" w:rsidRDefault="00C75405">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 18275 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="00911BA7"/>
-  <w:p w:rsidR="002572E3" w:rsidRDefault="00911BA7">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00C75405"/>
+  <w:p w:rsidR="001D287A" w:rsidRDefault="00C75405">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  07.02.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="002572E3" w:rsidRDefault="00911BA7">
+  <w:p w:rsidR="001D287A" w:rsidRDefault="00C75405">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>ИС «ИПГО». Копия электронного документа. Дата  07.02.2019.</w:t>
+      <w:t xml:space="preserve">ИС «ИПГО». Копия </w:t>
+    </w:r>
+    <w:r>
+      <w:t>электронного документа. Дата  07.02.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00911BA7" w:rsidRDefault="00911BA7">
+    <w:p w:rsidR="00C75405" w:rsidRDefault="00C75405">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00911BA7" w:rsidRDefault="00911BA7">
+    <w:p w:rsidR="00C75405" w:rsidRDefault="00C75405">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -1436,51 +1044,51 @@
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00295371">
+    <w:r w:rsidR="005A2B27">
       <w:rPr>
         <w:rStyle w:val="af0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
@@ -1503,51 +1111,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="001A1881" w:rsidRPr="000C11F5" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve">ҚАЗАҚСТАН </w:t>
           </w:r>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКАСЫ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="001A1881" w:rsidRPr="000352D7" w:rsidRDefault="000352D7" w:rsidP="001A1881">
+        <w:p w:rsidR="001A1881" w:rsidRPr="00A24268" w:rsidRDefault="00A24268" w:rsidP="001A1881">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="001A1881" w:rsidRPr="00D100F6" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
@@ -1635,112 +1243,113 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="981075" cy="971550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="000352D7" w:rsidRDefault="001A1881" w:rsidP="000352D7">
+        <w:p w:rsidR="00A24268" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00642211" w:rsidRDefault="000352D7" w:rsidP="000352D7">
+        <w:p w:rsidR="00A24268" w:rsidRDefault="00A24268" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="001A1881" w:rsidP="000352D7">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="001A1881" w:rsidP="00A24268">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ</w:t>
           </w:r>
-          <w:r w:rsidR="000352D7">
+          <w:r w:rsidR="00A24268">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -1752,59 +1361,71 @@
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00642211" w:rsidRPr="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:t>БҰЙРЫҚ</w:t>
+            <w:t>Б</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>ҰЙРЫҚ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
@@ -1922,79 +1543,60 @@
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
           <w:pict>
             <v:line w14:anchorId="74165FEE" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o /QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/ /wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2 pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP 6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2 gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL BQYAAAAABAAEAPMAAACABQAAAAA= " strokecolor="#39f" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
-[...19 lines deleted...]
-    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 57                       </w:t>
+      <w:t>№ 57                                                                                                  от 4 февраля 2019 года</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -2361,126 +1963,122 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="000352D7"/>
-    <w:rsid w:val="00065ED2"/>
     <w:rsid w:val="00073119"/>
-    <w:rsid w:val="000870F9"/>
     <w:rsid w:val="000922AA"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001D287A"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
-    <w:rsid w:val="00201528"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="002572E3"/>
-    <w:rsid w:val="00295371"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002E28A1"/>
     <w:rsid w:val="00364E0B"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
-    <w:rsid w:val="00432E0A"/>
-    <w:rsid w:val="00435F40"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004C337B"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
+    <w:rsid w:val="00511D4C"/>
+    <w:rsid w:val="005A2B27"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="006340C9"/>
     <w:rsid w:val="00642211"/>
     <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="006F3520"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="007111E8"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
+    <w:rsid w:val="007D331C"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="00813531"/>
     <w:rsid w:val="008436CA"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008E57E8"/>
-    <w:rsid w:val="00911BA7"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009B69F4"/>
-    <w:rsid w:val="009D295E"/>
     <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A122E3"/>
     <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A24268"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
     <w:rsid w:val="00AA225A"/>
     <w:rsid w:val="00AC76FB"/>
     <w:rsid w:val="00B86340"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
+    <w:rsid w:val="00C75405"/>
     <w:rsid w:val="00C7780A"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
+    <w:rsid w:val="00DE5520"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E57A5B"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2533,51 +2131,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3084,96 +2682,67 @@
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000352D7"/>
+    <w:rsid w:val="00A24268"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af7"/>
     <w:semiHidden/>
-    <w:rsid w:val="000352D7"/>
+    <w:rsid w:val="00A24268"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...27 lines deleted...]
-      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
@@ -3192,51 +2761,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3743,96 +3312,67 @@
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000352D7"/>
+    <w:rsid w:val="00A24268"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af7"/>
     <w:semiHidden/>
-    <w:rsid w:val="000352D7"/>
+    <w:rsid w:val="00A24268"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-    </w:rPr>
-[...27 lines deleted...]
-      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -4098,67 +3638,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>357</Words>
-  <Characters>2037</Characters>
+  <Words>370</Words>
+  <Characters>2113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2390</CharactersWithSpaces>
+  <CharactersWithSpaces>2479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>