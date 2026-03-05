--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -3,14332 +3,1401 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
-[...397 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 25 сентября 2018 года № 494.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зарегистрирован в Министерстве юстиции Республики Казахстан 12 октября 2018 года № 17538</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1429 lines deleted...]
-      <w:hyperlink r:id="rId6" w:anchor="z41" w:history="1">
+        </w:rPr>
+        <w:t>Внести в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t xml:space="preserve">3) </w:t>
+          <w:t>приказ</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 5191, опубликован в газете "Юридическая газета" от 30 мая 2008 года № 81 (1481), следующие изменения и дополнения:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      заголовок приказа изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z5" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>тармақшасы</w:t>
+          <w:t>подпункт 3)</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t> </w:t>
-[...579 lines deleted...]
-        <w:t>:</w:t>
+        <w:t> пункта 1 исключить;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00261EED">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>Типовых правилах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      правый верхний угол изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11131" w:type="dxa"/>
-        <w:tblInd w:w="-1701" w:type="dxa"/>
+        <w:tblW w:w="10989" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6171"/>
+        <w:gridCol w:w="6029"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
       <w:tr w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidTr="00261EED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6171" w:type="dxa"/>
+            <w:tcW w:w="6029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>"Приложение 1</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:br/>
+              <w:t>к приказу Министра образования</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:br/>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Республикасы</w:t>
+              <w:br/>
+              <w:t>от 18 марта 2008 года № 125";</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      в Типовых правилах проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      правый верхний угол изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10989" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6029"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidTr="00261EED">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6171" w:type="dxa"/>
+            <w:tcW w:w="6029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+            <w:bookmarkStart w:id="1" w:name="z14"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Бі</w:t>
+              <w:t>"Приложение 2</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>л</w:t>
+              <w:br/>
+              <w:t>к приказу Министра образования</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>ім</w:t>
+              <w:br/>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...207 lines deleted...]
-              <w:t xml:space="preserve"> 1-қосымша";</w:t>
+              <w:br/>
+              <w:t>от 18 марта 2008 года № 125";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00261EED">
-[...874 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z15"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:anchor="z999" w:history="1">
+      <w:hyperlink r:id="rId9" w:anchor="z914" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>2-тармақ</w:t>
+          <w:t>пункт 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      "2. В настоящих Правилах использованы следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) квалификационный экзамен – процедура, позволяющая объективно определить достаточность теоретической и практической подготовки, опыта и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>мынадай</w:t>
+        <w:t>компетенотности</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>, оценить их соответствие требованиям и присвоить уровень квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) квалификационная комиссия – коллегиальный орган, создаваемый для проведения процедуры по присвоению обучающимся организаций технического и профессионального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования рабочей квалификации по итогам освоения профессиональных модулей в рамках одной квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) промежуточная аттестация обучающихся – процедура, проводимая с целью оценки качества освоения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержания части или всего объема одного учебного предмета, одной учебной дисциплины и (или) модуля, а также профессиональных модулей в рамках одной квалификации после завершения их изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) итоговая аттестация обучающихся – процедура, проводимая с целью определения степени освоения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объема учебных дисциплин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5) текущий контроль успеваемости обучающихся – систематическая проверка знаний обучающихся, проводимая преподавателем на текущих занятиях в соответствии с учебной программой дисциплины и (или) модуля;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      6) дипломная работа (проект) - выпускная квалификационная работа, самостоятельная творческая работа студентов, обучающихся по программам подготовки квалифицированных рабочих и специалистов среднего звена, прикладных бакалавров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) итоговая аттестационная комиссия – коллегиальный орган, создаваемый для проведения итоговой аттестации выпускника организаций технического и профессионального, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>редакцияда</w:t>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">      "2. </w:t>
+        <w:t xml:space="preserve"> образования</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Осы</w:t>
+        <w:t>.";</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00261EED">
-[...2471 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z24"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="z1008" w:history="1">
+      <w:hyperlink r:id="rId10" w:anchor="z924" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>5-тармақ</w:t>
+          <w:t>пункт 5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "5. Перечень дисциплин и (или) модулей и форма проведения промежуточной аттестации обучающихся устанавливаются организациями технического и профессионального, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>мынадай</w:t>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> образования в соответствии с рабочими учебными планами и вносятся в график учебно-воспитательного процесса в начале учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Промежуточная аттестация по общеобразовательным дисциплинам предусматривает проведение экзаменов по: языку, литературе, истории Казахстана, математике и выбору организации технического и профессионального, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>редакцияда</w:t>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для проведения промежуточной аттестации на присвоение рабочей квалификации обучающимся приказом руководителя организаций технического и профессионального, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>жазылсын</w:t>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">      "5. </w:t>
+        <w:t xml:space="preserve"> образования создается квалификационная комиссия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 17-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "17-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>При кредитной технологии обучения учебные достижения обучающихся оцениваются в баллах по 100-бальной шкале, соответствующих принятой в международной практике буквенной системе (положительные оценки, по мере убывания, от "А" до "D", "неудовлетворительно" – "F") с соответствующим цифровым эквивалентом по 4-х балльной шкале.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 23-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      "23-1. Дипломная работа выполняется студентами, обучающимися по рабочим квалификациям, а также обучающимися по естественнонаучным, гуманитарным, экономическим и творческим специальностям, и имеет целью систематизацию, обобщение и проверку специальных теоретических знаний и практических навыков выпускников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Дипломный проект выполняется студентами, обучающимися по техническим, технологическим и сельскохозяйственным специальностям при подготовке специалиста среднего звена, прикладного бакалавра и предполагает описание или </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Білім</w:t>
+        <w:t>расчҰт</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...57 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> некоторого технического устройства или технологии</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>п</w:t>
+        <w:t>.";</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00261EED">
-[...2669 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z33"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:anchor="z1051" w:history="1">
+      <w:hyperlink r:id="rId11" w:anchor="z982" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>31-тармақ</w:t>
+          <w:t>пункты 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t> </w:t>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId10" w:anchor="z1052" w:history="1">
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z984" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>32-тармақ</w:t>
+          <w:t>32</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t> </w:t>
-[...45 lines deleted...]
-      <w:pPr>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      "31. Диплом </w:t>
-[...281 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>      "31. Лицам, получившим оценку "неудовлетворительно" при защите дипломного проекта (работы) или сдаче итогового экзамена, итоговая аттестационная комиссия выносит решение о допуске к повторной пересдаче итоговой аттестации и определяет ее сроки. Повторный итоговый экзамен проводится только по дисциплине и (или) модулю, по которой была получена оценка "неудовлетворительно".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Итоговая аттестационная комиссия определяет представить </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:t>обучающемуся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ұқсат</w:t>
-[...218 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> на повторную защиту ту же работу с доработкой или же разработать новую тему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      32. Обучающемуся, получившему оценку "неудовлетворительно" при повторной защите дипломного проекта (работы) или сдаче итоговых экзаменов, выдается справка установленного образца об окончании полного курса обучения по специальности (профессии)</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>п</w:t>
+        <w:t>."</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ән</w:t>
-[...672 lines deleted...]
-      </w:pPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z37"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:anchor="z1055" w:history="1">
+      <w:hyperlink r:id="rId13" w:anchor="z987" w:history="1">
         <w:r w:rsidRPr="00261EED">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>35-тармақ</w:t>
+          <w:t>пункт 35</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "35. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Обучающимся, сдавшим экзамены с оценками "отлично" не менее чем по 75 процентам всех дисциплин и (или) модуля учебного плана, а по остальным дисциплинам и (или) модулям - с оценками "хорошо", и защитившему дипломную работу (проект) с оценками "отлично", выдается диплом с отличием.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      дополнить пунктом 35-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      "35-1. Обучающемуся по кредитной технологии, сдавшему экзамены и дифференцированные зачеты с оценками "А", "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>А-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>", "В+", "В", "В-" и имеющему средний балл успеваемости за весь период обучения не ниже 3,5, а также сдавшему итоговую аттестацию с оценками "А", "А-", выдается диплом с отличием в случае отсутствия повторных сдач экзаменов в течение всего периода обучения.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      2. Департаменту технического и профессионального образования Министерства образования и науки Республики Казахстан совместно с Департаментом высшего и послевузовского образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      2) в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) размещение настоящего приказа на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>мынадай</w:t>
+        <w:t>интернет-ресурсе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятиях, предусмотренных подпунктами 1), 2) и 3) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>      5) доведение настоящего приказа до сведения областных, городов Астана, Алматы и Шымкент управлений образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>вице-министра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00261EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>редакцияда</w:t>
+        <w:t>Асылову</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3190 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Б. А.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00261EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3. Осы </w:t>
-[...363 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8702"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidTr="00261EED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>      </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:bookmarkStart w:id="6" w:name="z49"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Е. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00261EED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Сағадиев</w:t>
+              <w:t>Сагадиев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidRDefault="00261EED" w:rsidP="00261EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00261EED" w:rsidRPr="00261EED" w:rsidSect="00261EED">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="850" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14820,52 +1889,52 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0078781A"/>
     <w:rsid w:val="000D4971"/>
     <w:rsid w:val="00261EED"/>
+    <w:rsid w:val="006E5FB4"/>
     <w:rsid w:val="0078781A"/>
-    <w:rsid w:val="007C7B6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -15498,51 +2567,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1942178397">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15790,55 +2859,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8214</Characters>
+  <Pages>4</Pages>
+  <Words>1414</Words>
+  <Characters>8065</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9636</CharactersWithSpaces>
+  <CharactersWithSpaces>9461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Zavuch</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>