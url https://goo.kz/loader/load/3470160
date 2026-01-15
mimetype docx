--- v0 (2025-12-19)
+++ v1 (2026-01-15)
@@ -1,176 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001A0C88" w:rsidRPr="00600746" w:rsidRDefault="001A0C88" w:rsidP="001A0C88">
+    <w:p w:rsidR="00600746" w:rsidRPr="00600746" w:rsidRDefault="00600746" w:rsidP="00600746">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Ася </w:t>
-[...39 lines deleted...]
-        <w:t>"</w:t>
+        <w:t>«Сказки бабушки Аси»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A0C88" w:rsidRPr="00600746" w:rsidRDefault="001A0C88" w:rsidP="001A0C88">
+    <w:p w:rsidR="00600746" w:rsidRPr="00600746" w:rsidRDefault="00600746" w:rsidP="00600746">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A0C88" w:rsidRDefault="001A0C88" w:rsidP="001A0C88">
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746" w:rsidP="00600746">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05BDFA22" wp14:editId="6431A026">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68982608" wp14:editId="2FF7F5DF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>176663</wp:posOffset>
+              <wp:posOffset>84455</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3230777" cy="2390775"/>
             <wp:effectExtent l="133350" t="76200" r="84455" b="142875"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="1911" y="-688"/>
                 <wp:lineTo x="-637" y="-344"/>
                 <wp:lineTo x="-892" y="10671"/>
                 <wp:lineTo x="-764" y="20653"/>
                 <wp:lineTo x="382" y="21686"/>
                 <wp:lineTo x="1401" y="22375"/>
                 <wp:lineTo x="1529" y="22719"/>
                 <wp:lineTo x="19617" y="22719"/>
                 <wp:lineTo x="19744" y="22375"/>
                 <wp:lineTo x="20891" y="21686"/>
                 <wp:lineTo x="22037" y="19104"/>
                 <wp:lineTo x="22037" y="5163"/>
                 <wp:lineTo x="21783" y="1893"/>
                 <wp:lineTo x="19744" y="-344"/>
                 <wp:lineTo x="19235" y="-688"/>
                 <wp:lineTo x="1911" y="-688"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\5\Desktop\вне кл. раб\FullSizeRender-18-02-19-09-21-2.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\5\Desktop\вне кл. раб\FullSizeRender-18-02-19-09-21-2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\5\Desktop\вне кл. раб\FullSizeRender-18-02-19-09-21-2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -191,592 +151,120 @@
                       <a:outerShdw blurRad="76200" dist="38100" dir="7800000" algn="tl" rotWithShape="0">
                         <a:srgbClr val="000000">
                           <a:alpha val="40000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                     <a:scene3d>
                       <a:camera prst="orthographicFront"/>
                       <a:lightRig rig="contrasting" dir="t">
                         <a:rot lat="0" lon="0" rev="4200000"/>
                       </a:lightRig>
                     </a:scene3d>
                     <a:sp3d prstMaterial="plastic">
                       <a:bevelT w="381000" h="114300" prst="relaxedInset"/>
                       <a:contourClr>
                         <a:srgbClr val="969696"/>
                       </a:contourClr>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...173 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="00600746">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 февраля 2019 года в актовом зале СОШ№43 для учеников 4 «А» и 4 «В» прошла встреча с Ольгой Николаевной Григорьевой - известной павлодарской поэтессой, журналистом и литературоведом, и Татьяной Сергеевной Корешковой – директором Дома – музея Шафера. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A0C88" w:rsidRDefault="001A0C88" w:rsidP="001A0C88">
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746" w:rsidP="00600746">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...303 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="001A0C88" w:rsidRPr="00600746" w:rsidRDefault="001A0C88" w:rsidP="001A0C88">
+    <w:p w:rsidR="00600746" w:rsidRPr="00600746" w:rsidRDefault="00600746" w:rsidP="00600746">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ED9BBAD" wp14:editId="6201CEF0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3313FD03" wp14:editId="20DE194F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2617982</wp:posOffset>
+              <wp:posOffset>2326640</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>373780</wp:posOffset>
+              <wp:posOffset>490482</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3519805" cy="2562225"/>
             <wp:effectExtent l="133350" t="76200" r="80645" b="142875"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="1870" y="-642"/>
                 <wp:lineTo x="-585" y="-321"/>
                 <wp:lineTo x="-818" y="9957"/>
                 <wp:lineTo x="-818" y="20235"/>
                 <wp:lineTo x="-468" y="20877"/>
                 <wp:lineTo x="1520" y="22644"/>
                 <wp:lineTo x="19640" y="22644"/>
                 <wp:lineTo x="19757" y="22323"/>
                 <wp:lineTo x="21627" y="20396"/>
                 <wp:lineTo x="21978" y="17665"/>
                 <wp:lineTo x="21978" y="4818"/>
                 <wp:lineTo x="21744" y="1927"/>
                 <wp:lineTo x="19757" y="-321"/>
                 <wp:lineTo x="19406" y="-642"/>
                 <wp:lineTo x="1870" y="-642"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\5\Desktop\вне кл. раб\FullSizeRender-18-02-19-09-21-1.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\5\Desktop\вне кл. раб\FullSizeRender-18-02-19-09-21-1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\5\Desktop\вне кл. раб\FullSizeRender-18-02-19-09-21-1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -809,808 +297,312 @@
                     <a:sp3d prstMaterial="plastic">
                       <a:bevelT w="381000" h="114300" prst="relaxedInset"/>
                       <a:contourClr>
                         <a:srgbClr val="969696"/>
                       </a:contourClr>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Ася </w:t>
+        <w:t xml:space="preserve">Мероприятие под названием «Сказки бабушки Аси» было третьим в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>цикле встреч в рамках проекта «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>әжейдің</w:t>
+        <w:t>Жеті</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ертегілері</w:t>
+        <w:t>рухани</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">" </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>атты</w:t>
+        <w:t>кезең</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">», в котором есть </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>бұ</w:t>
-[...8 lines deleted...]
-        <w:t>л</w:t>
+        <w:t>подпроект</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> шара « </w:t>
+      <w:r w:rsidRPr="00600746">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Жеті</w:t>
+        <w:t>Start</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00600746">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...315 lines deleted...]
-        <w:t>. </w:t>
+        <w:t xml:space="preserve"> в библиотеку» и «Литературное краеведение».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A0C88" w:rsidRPr="00600746" w:rsidRDefault="001A0C88" w:rsidP="001A0C88">
+    <w:p w:rsidR="00600746" w:rsidRPr="00600746" w:rsidRDefault="00600746" w:rsidP="00600746">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...187 lines deleted...]
-        <w:t>. </w:t>
+      <w:r w:rsidRPr="00600746">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следующее путешествие в литературный мир сестёр Цветаевых пройдет в нашей школе в марте этого года. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A0C88" w:rsidRDefault="001A0C88" w:rsidP="001A0C88"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="005737A9" w:rsidRDefault="005737A9">
+    <w:p w:rsidR="00E91FB8" w:rsidRDefault="00E91FB8"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="005737A9">
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:p w:rsidR="00600746" w:rsidRDefault="00600746"/>
+    <w:sectPr w:rsidR="00600746">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001A0C88"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005737A9"/>
+    <w:rsidRoot w:val="002B6153"/>
+    <w:rsid w:val="002B6153"/>
+    <w:rsid w:val="00600746"/>
+    <w:rsid w:val="009967E2"/>
+    <w:rsid w:val="00E91FB8"/>
+    <w:rsid w:val="00F549D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1682,145 +674,141 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001A0C88"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001A0C88"/>
+    <w:rsid w:val="00600746"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1892,417 +880,394 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001A0C88"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001A0C88"/>
+    <w:rsid w:val="00600746"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="2080059094">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>88</Words>
-  <Characters>503</Characters>
+  <Words>86</Words>
+  <Characters>494</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>590</CharactersWithSpaces>
+  <CharactersWithSpaces>579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>1</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>RePack by Diakov</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>