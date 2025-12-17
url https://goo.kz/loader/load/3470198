--- v0 (2025-12-10)
+++ v1 (2025-12-17)
@@ -1,630 +1,954 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E75354" w:rsidRPr="00E75354" w:rsidRDefault="00E75354" w:rsidP="00E75354">
-[...495 lines deleted...]
-    <w:p w:rsidR="00E75354" w:rsidRPr="00E75354" w:rsidRDefault="00E75354" w:rsidP="002742F0">
+    <w:p w:rsidR="002742F0" w:rsidRDefault="002742F0" w:rsidP="002742F0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-        </w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ранние половые связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002742F0" w:rsidRDefault="002742F0" w:rsidP="002742F0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Исследования специалистов свидетельствуют, что в последние годы обозначилась общая тенденция снижения возраста вступления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>в первые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> половые связи. Наиболее заметно тенденция омоложения первых сексуальных контактов прослеживается среди девочек. Ранние половые связи стали нормой у современной молодежи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Психологи отмечают, что у современных подростков значительно появился интерес к проблемам секса. Подростки по телевизору или в видеофильмах видят много сцен, которые несут тот или иной сексуальный смысл. Служба телефона доверия отмечает, что по вопросам секса к ним обращаются дети 10 и даже 8-9 лет. Однако особую остроту этот вопрос приобретает в 12-13 лет, особенно для девочек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Отношение молодых людей к сексу становится все более легким, все проще игнорируются различные социальные запреты в этой области. У подростков распространены представления о возможности вступления в половые отношения с совершенно незнакомым человеком.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Статистика.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Число юношей, начинающих половую жизнь до 16 лет, в настоящее время заметно выше, чем в том же возрасте у девушек. Обращает на себя внимание стремительное омоложение возраста, в котором девушки вступают </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>в первые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> половые связи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Количество вступивших в половые связи школьниц за последние 5 лет увеличилось вдвое по сравнению с предыдущим периодом (с 16,4% до 30%).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Среди учащихся системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>профтехобразования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доля начавших половую жизнь до 16 лет значительно выше, чем среди учащихся общеобразовательных школ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Причины, побуждающие подростков к раннему вступлению в половые связи. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Больше они относятся к девушкам, т.к. именно им, начиная сексуальную активную жизнь, приходиться жертвовать многим и многим.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1 - Чтобы чувствовать себя менее одинокой или стать популярной;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2- Чтобы продемонстрировать свою независимость от родителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3 - Попытка утвердить свое «Я» через секс, потому что очень неуверенно чувствуют себя </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хотя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>таким образом подчеркнуть свою привлекательность. Мужчины пытаются подтвердить свое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>мужское начало, женщины – доказать всему миру и самим себе, что они желанны, что их могут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+        <w:t>любить.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4 - Чтобы удержать любовь;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5 - Потому что «все это делают».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Для того чтобы заняться сексом, кроме перечисленных, есть множество причин, но лишь одну из них можно признать достаточно обоснованной: это физическое выражение настоящей любви, возникающей между юношей и девушкой.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Любовь представляет собой сильное чувство, характеризующееся добровольным решением человека действовать в интересах другого, это – проявление заботы и уважения друг к другу. Любовь предполагает добровольные, сознательные решения, а не услуги безрассудной страсти.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Для удовлетворения полового влечения требуется только сексуальная активность; в любви же сексуальная активность является вторичной по отношению к тем чувствам, которые один человек испытывает к другому.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Половое сближение, на которое идут подростки в надежде, что оно приведет к разрешению перечисленных выше проблем, руководствуются абсолютно неверными мотивами, а потом страдают от последствий. Интимные контакты между людьми, не до конца разобравшимися в роли любви и секса во взаимоотношениях, могут сильно повредить им обоим.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Ранние половые связи всегда имеют своим последствием отрицательное влияние на здоровье человека, и в первую очередь на репродуктивное здоровье.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В последнее время существует мнение, что сексуальность приносит все больше наслаждений, все меньше конфликтов и стресса. Так ли это происходит в подростковом возрасте?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Материалы проведенных исследований показывают низкую степень </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>сформированности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> моральных норм среди значительной части подростков, вступающих в половую связь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>у каждого десятого, кто имел половую связь, она произошла с совершенно незнакомым человеком).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Практически половина первых половых связей у девушек в раннем возрасте происходит в связи с принуждением их к этому либо физической силой, либо угрозами. В данной ситуации говорить о половой близости по любви, о гармонии души и тела не приходится. Такой контакт вряд ли доставит наслаждение и избавит от стресса.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Зато ранние половые связи подростков создают целый ряд серьезных проблем:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- риск забеременеть;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- получить венерическую болезнь;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- утратить самоуважение;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- разочарование;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- приобрести нехорошую репутацию и др.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Установлено, что интенсивная половая жизнь в молодом возрасте имеет своим последствием преждевременное прекращение половой деятельности. Раннее начало половой жизни неблагоприятно сказывается на потомстве. У родителей-подростков в два раза чаще умирают дети в младенчестве, чем дети у матерей в возрасте старше 20 лет. Здоровые дети родятся от женщин в возрасте 25-35 лет и от мужчин в возрасте 24-40 лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Внимание! Среди детей, рожденных матерями, которым 16 лет или меньше, только один из 20 имеют нормальное умственное развитие.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Причина еще в том, что родитель, который сам еще не стал взрослым, вряд ли может научить чему-то своего ребенка. Рождение ребенка в раннем возрасте влияет на всю последующую жизнь женщины.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ранние половые связи оказывают влияние и на общую продолжительность жизни. Установлено: люди, вступившие в брак в 16-18 лет, в среднем прожили 50-55 лет, а вступившие в брак в 23-25 лет имеют среднюю продолжительность жизни 75-80 лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Кроме того, свободный взгляд на секс и раннее вступление в половые отношения привели к </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>росту заболеваний</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, передаваемых половым путем.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Статистика:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 2005 году зафиксировано 97,9 тыс. заболеваний сифилисом; 101,8 тыс. гонореей. За последние 15 лет рост числа БППП у детей и подростков; Из них 70% заражений половым путем; Смешение заболеваемости сифилисом в более раннюю возрастную группу (до 14 лет).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Таким образом, ранние половые связи подростков всегда приводят к отрицательному влиянию на состояние общего здоровья подростков (духовного и физического) и репродуктивного здоровья. Причина ранних половых связей в подростковом возрасте </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>кроется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего в неправильных мотивах и жизненных установках в этом возрасте. Подросток руководствуется больше физиологическими потребностями, связанными с интенсивным половым созреванием.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Поэтому ЗОЖ в подростковом возрасте является надежной гарантией от ранних половых связей и всех последствии, с ними связанных. Физическая культура и спорт, занятия в различных кружках, хорошая учеба, заполненная духовная жизнь сглаживают преобладание полового влечения, переключает мысли на самосовершенствование, на развитее духовных и физических качеств, а это в свою очередь, приводит к другому отношению к лицам противоположного пола.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Общество всегда регулировало сексуальное поведение людей, определяя, что </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нравственно, а что безнравственно.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Помните: в вашем возрасте жизнь не кончается, а только начинается, и необходимо серьезно готовиться к ней, чтобы прожить достойно, не надо спешить, всему есть свое время.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>III. Закрепление материала:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- Какие причины побуждают подростков к раннему вступлению в половые связи?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- Какое влияние оказывают ранние половые связи на здоровье подростка?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>- Какой возраст рекомендуется для вступления в брак?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E34FE8" w:rsidRPr="00801C61" w:rsidRDefault="00E34FE8">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00E34FE8" w:rsidRPr="00801C61" w:rsidSect="00E34FE8">
+    <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
+    <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="002742F0"/>
     <w:rsid w:val="002742F0"/>
-    <w:rsid w:val="00737B0A"/>
-    <w:rsid w:val="00801C61"/>
     <w:rsid w:val="00D74E75"/>
     <w:rsid w:val="00E34FE8"/>
-    <w:rsid w:val="00E75354"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -807,75 +1131,57 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002742F0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="002742F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="579100158">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="734205267">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -1138,68 +1444,53 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3300</Characters>
+  <Pages>4</Pages>
+  <Words>1045</Words>
+  <Characters>5957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3871</CharactersWithSpaces>
+  <CharactersWithSpaces>6989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>