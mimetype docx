--- v0 (2025-12-12)
+++ v1 (2026-01-15)
@@ -1,475 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00CC381A" w:rsidRDefault="00D16CEF" w:rsidP="00CC381A">
+    <w:p w:rsidR="00CC381A" w:rsidRDefault="00CC381A" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Адамгершілік тәрбие </w:t>
+        <w:t>Нравственное воспитание</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED62A2" w:rsidRPr="00767C7E" w:rsidRDefault="00D16CEF" w:rsidP="00CC381A">
+    <w:p w:rsidR="00CC381A" w:rsidRDefault="00CC381A" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мақсаты</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Цель:</w:t>
       </w:r>
       <w:r w:rsidR="004E3FFE">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE07E3" w:rsidRPr="00767C7E">
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">басты бағыты оқушыларды әлемдік және </w:t>
+        <w:t>создание в школе единого воспитательного пространства, главной целью которого является приобщение учащихся к истинным ценностям мировой и национальной культуры и искусства. Воспитание поликультурной личности, способной проектировать и строить свою жизнь на основе общечеловеческих ценностей и жить по законам красоты.</w:t>
       </w:r>
-      <w:r w:rsidR="00C160F2" w:rsidRPr="00767C7E">
-[...117 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="004E3FFE" w:rsidRDefault="004E3FFE" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004E3FFE" w:rsidRDefault="004E3FFE" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E3FFE" w:rsidRDefault="00E70217" w:rsidP="00CC381A">
+    <w:p w:rsidR="004E3FFE" w:rsidRDefault="0081418E" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:oval id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:85.95pt;margin-top:245.2pt;width:85.5pt;height:81pt;z-index:251661312" fillcolor="#4f81bd [3204]" stroked="f">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="0081418E" w:rsidRPr="000A49B9" w:rsidRDefault="009E7653" w:rsidP="009E7653">
+                <w:p w:rsidR="0081418E" w:rsidRPr="009E7653" w:rsidRDefault="009E7653" w:rsidP="009E7653">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009E7653">
                     <w:rPr>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-                    <w:t xml:space="preserve">  үйірмесі </w:t>
+                    <w:t>Кружок «Фабрика Здоровья»</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:oval>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00ED38C9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:oval id="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:316.95pt;margin-top:242.2pt;width:85.5pt;height:84.75pt;z-index:251660288" fillcolor="#4f81bd [3204]" stroked="f">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00ED38C9" w:rsidRPr="000A49B9" w:rsidRDefault="0081418E" w:rsidP="0081418E">
+                <w:p w:rsidR="00ED38C9" w:rsidRPr="0058780F" w:rsidRDefault="00ED38C9" w:rsidP="0081418E">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0058780F">
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ПФТОО</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0081418E" w:rsidRPr="0058780F">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t xml:space="preserve"> “</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="000A49B9">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidR="0081418E" w:rsidRPr="0058780F">
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-[...12 lines deleted...]
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Almaz</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidRPr="000A49B9">
+                  <w:r w:rsidR="0081418E" w:rsidRPr="0058780F">
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Medical Group”</w:t>
-                  </w:r>
-[...9 lines deleted...]
-                    <w:t xml:space="preserve"> ЖШС</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:oval>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007606FD">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:oval id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:92.7pt;margin-top:32.95pt;width:83.25pt;height:83.25pt;z-index:251659264" fillcolor="#4f81bd [3204]" strokecolor="white [3212]">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="007606FD" w:rsidRPr="00422D00" w:rsidRDefault="00422D00" w:rsidP="00422D00">
+                <w:p w:rsidR="00ED38C9" w:rsidRDefault="00ED38C9" w:rsidP="00ED38C9">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00422D00">
+                </w:p>
+                <w:p w:rsidR="007606FD" w:rsidRPr="009E7653" w:rsidRDefault="00ED38C9" w:rsidP="00ED38C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Ата-аналармен жұмыс</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009E7653">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Работа с родителями</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:oval>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00582930">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:oval id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:321.45pt;margin-top:26.2pt;width:82.5pt;height:84.75pt;z-index:251658240" fillcolor="#4f81bd [3204]" stroked="f">
             <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00222821" w:rsidRPr="00422D00" w:rsidRDefault="00B24DEB" w:rsidP="00422D00">
+                <w:p w:rsidR="00222821" w:rsidRDefault="00222821">
                   <w:pPr>
-                    <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                      <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00422D00">
+                </w:p>
+                <w:p w:rsidR="00222821" w:rsidRPr="0058780F" w:rsidRDefault="00222821">
+                  <w:pPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>СӨС орталығы</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0058780F">
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Центр ЗОЖ</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:oval>
         </w:pict>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidR="00CA18BE">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6067425" cy="4381500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Схема 2"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId5" r:lo="rId6" r:qs="rId7" r:cs="rId8"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -484,323 +307,542 @@
     </w:p>
     <w:p w:rsidR="004E3FFE" w:rsidRDefault="004E3FFE" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC381A" w:rsidRDefault="00CC381A" w:rsidP="00CC381A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
     <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="108"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC381A"/>
     <w:rsid w:val="00092B85"/>
-    <w:rsid w:val="000A49B9"/>
     <w:rsid w:val="00222821"/>
-    <w:rsid w:val="00313DA0"/>
-    <w:rsid w:val="00422D00"/>
     <w:rsid w:val="004E3FFE"/>
-    <w:rsid w:val="00542C79"/>
-    <w:rsid w:val="005648DB"/>
     <w:rsid w:val="00582930"/>
     <w:rsid w:val="0058780F"/>
-    <w:rsid w:val="006D4841"/>
     <w:rsid w:val="007606FD"/>
-    <w:rsid w:val="00767C7E"/>
     <w:rsid w:val="0081418E"/>
     <w:rsid w:val="008210C0"/>
-    <w:rsid w:val="00865112"/>
-    <w:rsid w:val="008F399C"/>
     <w:rsid w:val="009E7653"/>
-    <w:rsid w:val="00B24DEB"/>
     <w:rsid w:val="00C125F5"/>
-    <w:rsid w:val="00C160F2"/>
     <w:rsid w:val="00CA18BE"/>
     <w:rsid w:val="00CC381A"/>
-    <w:rsid w:val="00D16CEF"/>
     <w:rsid w:val="00D74E75"/>
-    <w:rsid w:val="00DE07E3"/>
-    <w:rsid w:val="00E20916"/>
     <w:rsid w:val="00E34FE8"/>
-    <w:rsid w:val="00E70217"/>
     <w:rsid w:val="00ED38C9"/>
-    <w:rsid w:val="00ED62A2"/>
-    <w:rsid w:val="00F3223F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1033"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{C2B36013-6634-42AF-ACCE-1B0A3BB5B885}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E34FE8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CC381A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
@@ -846,51 +888,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC381A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="144207277">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
@@ -1639,461 +1681,355 @@
 </dgm:colorsDef>
 </file>
 
 <file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{909D845C-1A58-4E3B-8DE8-4D9DF00D0437}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/radial1" loCatId="relationship" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}">
       <dgm:prSet phldrT="[Текст]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000">
-[...3 lines deleted...]
-            <a:t>Адамгершілік- жыныстық тәрбие</a:t>
+            <a:rPr lang="ru-RU" sz="1200"/>
+            <a:t>нравственно- половое воспитанпие</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F5038676-0E95-4B79-873F-008ED76CFFB8}" type="parTrans" cxnId="{2A88C07C-9589-4044-84BB-1A2C2F71C2B9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{DED6149D-B26D-4F9E-BC50-9774583EB411}" type="sibTrans" cxnId="{2A88C07C-9589-4044-84BB-1A2C2F71C2B9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3E5C64A7-ED11-4B1B-969F-A462BDC91B5A}">
-      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1">
-[...3 lines deleted...]
-            <a:t>мектеп медбикесі</a:t>
+            <a:rPr lang="ru-RU" b="1"/>
+            <a:t>школьный мед.работник</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{544126F3-30D0-4E17-BA41-3D4B5C676FE1}" type="parTrans" cxnId="{24153D03-0FA0-4416-9E44-FAAB6A63F734}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A13A9D30-A340-4939-9EF3-A9936205F5F0}" type="sibTrans" cxnId="{24153D03-0FA0-4416-9E44-FAAB6A63F734}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E07CCC41-07B7-4472-8FEB-8FBC1C0FF657}">
-      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1">
-[...3 lines deleted...]
-            <a:t>"Болашақ" құқықтық үйірме</a:t>
+            <a:rPr lang="ru-RU" b="1"/>
+            <a:t>правовой кружок "Болашақ"</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" type="parTrans" cxnId="{6C3F13D6-53BF-4E58-9F63-4337E0735ED9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9CB8F10D-1D64-4313-B171-AFF18761DB2A}" type="sibTrans" cxnId="{6C3F13D6-53BF-4E58-9F63-4337E0735ED9}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{BE371E85-B9D6-4918-96D8-5978D6E86075}">
-      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1">
-[...3 lines deleted...]
-            <a:t>наркологиялық орталық</a:t>
+            <a:rPr lang="ru-RU" b="1"/>
+            <a:t>наркологический центр</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" type="parTrans" cxnId="{76DBAAF6-2DE6-42C0-A972-3D94557B3D3D}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{583B1582-7A50-4E2D-9136-30C4D696BFA2}" type="sibTrans" cxnId="{76DBAAF6-2DE6-42C0-A972-3D94557B3D3D}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8D961F92-15D0-4AF9-B883-598023C91C97}">
-      <dgm:prSet phldrT="[Текст]" custT="1"/>
+      <dgm:prSet phldrT="[Текст]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1">
-[...3 lines deleted...]
-            <a:t>әлеуметтік-психологиялық қызмет </a:t>
+            <a:rPr lang="ru-RU" b="1"/>
+            <a:t>социально-психологическая служба</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E37A7F62-31D3-4003-986F-D32F424E5DC0}" type="parTrans" cxnId="{28F968E3-0001-442F-B65D-F5A793C41D4C}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{B1C1E5A8-B870-4C73-9FB5-AD1BAEC540C1}" type="sibTrans" cxnId="{28F968E3-0001-442F-B65D-F5A793C41D4C}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" type="pres">
       <dgm:prSet presAssocID="{909D845C-1A58-4E3B-8DE8-4D9DF00D0437}" presName="cycle" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:chMax val="1"/>
           <dgm:dir/>
           <dgm:animLvl val="ctr"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8FCBFA0B-D48C-4B34-8EC2-3C706562EFB5}" type="pres">
       <dgm:prSet presAssocID="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" presName="centerShape" presStyleLbl="node0" presStyleIdx="0" presStyleCnt="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3B7CFF34-5108-4FDF-A649-4F53F92A4F2B}" type="pres">
       <dgm:prSet presAssocID="{544126F3-30D0-4E17-BA41-3D4B5C676FE1}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{81620703-8F35-49E9-8B7D-EBDCD8C85730}" type="pres">
       <dgm:prSet presAssocID="{544126F3-30D0-4E17-BA41-3D4B5C676FE1}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="0" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E545FFC0-4A16-482A-9E08-C1A0AB96ECA5}" type="pres">
       <dgm:prSet presAssocID="{3E5C64A7-ED11-4B1B-969F-A462BDC91B5A}" presName="node" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{62167BF2-F52B-4EA9-8AC5-8C785F096706}" type="pres">
       <dgm:prSet presAssocID="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="1" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{ADFE51C4-CE8E-48D7-9A57-F3FD758438F5}" type="pres">
       <dgm:prSet presAssocID="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="1" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{AC126FEA-7270-4A1A-B52C-60882B51FCED}" type="pres">
-      <dgm:prSet presAssocID="{E07CCC41-07B7-4472-8FEB-8FBC1C0FF657}" presName="node" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4" custRadScaleRad="102338" custRadScaleInc="4705">
+      <dgm:prSet presAssocID="{E07CCC41-07B7-4472-8FEB-8FBC1C0FF657}" presName="node" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{D716CFEC-B36C-4821-A515-33D64C019E05}" type="pres">
       <dgm:prSet presAssocID="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="2" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{03A12C2F-9D06-44D0-B08A-4B9A98DDA9F8}" type="pres">
       <dgm:prSet presAssocID="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="2" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8CECFA2C-FF86-43E0-83F7-E23953D9D8BA}" type="pres">
       <dgm:prSet presAssocID="{BE371E85-B9D6-4918-96D8-5978D6E86075}" presName="node" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2C100087-F3D7-4572-8ACD-B09758750A76}" type="pres">
       <dgm:prSet presAssocID="{E37A7F62-31D3-4003-986F-D32F424E5DC0}" presName="Name9" presStyleLbl="parChTrans1D2" presStyleIdx="3" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{27A09DB6-5480-4FCA-ADD8-08DAAB606E61}" type="pres">
       <dgm:prSet presAssocID="{E37A7F62-31D3-4003-986F-D32F424E5DC0}" presName="connTx" presStyleLbl="parChTrans1D2" presStyleIdx="3" presStyleCnt="4"/>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{034C9B1E-C59F-439F-BB23-9CEE4710A311}" type="pres">
       <dgm:prSet presAssocID="{8D961F92-15D0-4AF9-B883-598023C91C97}" presName="node" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{A45910CE-E095-4B02-9315-2C097C6CB5C6}" type="presOf" srcId="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" destId="{ADFE51C4-CE8E-48D7-9A57-F3FD758438F5}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
-[...4 lines deleted...]
-    <dgm:cxn modelId="{424DAB26-1DAC-4189-AC42-A1EFAEB7A52D}" type="presOf" srcId="{BE371E85-B9D6-4918-96D8-5978D6E86075}" destId="{8CECFA2C-FF86-43E0-83F7-E23953D9D8BA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{28F968E3-0001-442F-B65D-F5A793C41D4C}" srcId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" destId="{8D961F92-15D0-4AF9-B883-598023C91C97}" srcOrd="3" destOrd="0" parTransId="{E37A7F62-31D3-4003-986F-D32F424E5DC0}" sibTransId="{B1C1E5A8-B870-4C73-9FB5-AD1BAEC540C1}"/>
+    <dgm:cxn modelId="{76DBAAF6-2DE6-42C0-A972-3D94557B3D3D}" srcId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" destId="{BE371E85-B9D6-4918-96D8-5978D6E86075}" srcOrd="2" destOrd="0" parTransId="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" sibTransId="{583B1582-7A50-4E2D-9136-30C4D696BFA2}"/>
+    <dgm:cxn modelId="{2097B5F4-3BC0-4968-8C7B-B42BA5436812}" type="presOf" srcId="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" destId="{ADFE51C4-CE8E-48D7-9A57-F3FD758438F5}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{F682F845-F116-4FEC-A550-E99C83D256E6}" type="presOf" srcId="{544126F3-30D0-4E17-BA41-3D4B5C676FE1}" destId="{3B7CFF34-5108-4FDF-A649-4F53F92A4F2B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{04095E9F-0AF4-4085-9DC5-E53283B649B3}" type="presOf" srcId="{E37A7F62-31D3-4003-986F-D32F424E5DC0}" destId="{2C100087-F3D7-4572-8ACD-B09758750A76}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{F7666C28-D45B-4BA5-B271-588AB6F9CCE2}" type="presOf" srcId="{8D961F92-15D0-4AF9-B883-598023C91C97}" destId="{034C9B1E-C59F-439F-BB23-9CEE4710A311}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{F4155524-9649-4DBD-A16B-29A1FFEEA533}" type="presOf" srcId="{909D845C-1A58-4E3B-8DE8-4D9DF00D0437}" destId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
     <dgm:cxn modelId="{24153D03-0FA0-4416-9E44-FAAB6A63F734}" srcId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" destId="{3E5C64A7-ED11-4B1B-969F-A462BDC91B5A}" srcOrd="0" destOrd="0" parTransId="{544126F3-30D0-4E17-BA41-3D4B5C676FE1}" sibTransId="{A13A9D30-A340-4939-9EF3-A9936205F5F0}"/>
-    <dgm:cxn modelId="{1CFABF53-D80A-4BDE-BDE4-F29F050EDDC3}" type="presOf" srcId="{909D845C-1A58-4E3B-8DE8-4D9DF00D0437}" destId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
-[...3 lines deleted...]
-    <dgm:cxn modelId="{76DBAAF6-2DE6-42C0-A972-3D94557B3D3D}" srcId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" destId="{BE371E85-B9D6-4918-96D8-5978D6E86075}" srcOrd="2" destOrd="0" parTransId="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" sibTransId="{583B1582-7A50-4E2D-9136-30C4D696BFA2}"/>
+    <dgm:cxn modelId="{04C22CB6-388C-4944-B8BD-C9890D99D1BF}" type="presOf" srcId="{E07CCC41-07B7-4472-8FEB-8FBC1C0FF657}" destId="{AC126FEA-7270-4A1A-B52C-60882B51FCED}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{793E0A75-8A6A-46ED-9FA3-66E90A9414CD}" type="presOf" srcId="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" destId="{03A12C2F-9D06-44D0-B08A-4B9A98DDA9F8}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{776E905E-29D9-493C-B8DF-04754CAA5E10}" type="presOf" srcId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" destId="{8FCBFA0B-D48C-4B34-8EC2-3C706562EFB5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{AD7E8333-3EDF-4861-AB4F-525AA73D13CD}" type="presOf" srcId="{E37A7F62-31D3-4003-986F-D32F424E5DC0}" destId="{27A09DB6-5480-4FCA-ADD8-08DAAB606E61}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{D4C0A073-7A4C-48ED-80B2-0E5C33A030F2}" type="presOf" srcId="{3E5C64A7-ED11-4B1B-969F-A462BDC91B5A}" destId="{E545FFC0-4A16-482A-9E08-C1A0AB96ECA5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{140B08FA-E576-4577-BF97-B446EF66D5A9}" type="presOf" srcId="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" destId="{62167BF2-F52B-4EA9-8AC5-8C785F096706}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{AEAEB2B5-DCC8-4AA5-AC92-9A08BA0D4BEE}" type="presOf" srcId="{BE371E85-B9D6-4918-96D8-5978D6E86075}" destId="{8CECFA2C-FF86-43E0-83F7-E23953D9D8BA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{2A88C07C-9589-4044-84BB-1A2C2F71C2B9}" srcId="{909D845C-1A58-4E3B-8DE8-4D9DF00D0437}" destId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" srcOrd="0" destOrd="0" parTransId="{F5038676-0E95-4B79-873F-008ED76CFFB8}" sibTransId="{DED6149D-B26D-4F9E-BC50-9774583EB411}"/>
     <dgm:cxn modelId="{6C3F13D6-53BF-4E58-9F63-4337E0735ED9}" srcId="{6ABC5DD5-49C0-4214-82E1-9454D6D2C781}" destId="{E07CCC41-07B7-4472-8FEB-8FBC1C0FF657}" srcOrd="1" destOrd="0" parTransId="{14038A6B-CFDE-4023-96D4-90CCA3DC9BE0}" sibTransId="{9CB8F10D-1D64-4313-B171-AFF18761DB2A}"/>
-    <dgm:cxn modelId="{4061F378-C59A-41DF-9689-C488A8599A15}" type="presOf" srcId="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" destId="{D716CFEC-B36C-4821-A515-33D64C019E05}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
-[...17 lines deleted...]
-    <dgm:cxn modelId="{73C0D491-C82E-4F09-9819-C23B444AA114}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{034C9B1E-C59F-439F-BB23-9CEE4710A311}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{3F9D1A35-7172-4646-A01D-2A12D509648C}" type="presOf" srcId="{544126F3-30D0-4E17-BA41-3D4B5C676FE1}" destId="{81620703-8F35-49E9-8B7D-EBDCD8C85730}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{B9C7852E-C981-45AE-81F1-FC03B1365032}" type="presOf" srcId="{D9B565E0-8DFD-4F50-B9A0-9526223929DE}" destId="{D716CFEC-B36C-4821-A515-33D64C019E05}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{AE51A049-BA2A-4CDB-B7A3-A8D8AE4D5D65}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{8FCBFA0B-D48C-4B34-8EC2-3C706562EFB5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{9498667E-39CD-4F8F-B931-3B9BD91A8D5D}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{3B7CFF34-5108-4FDF-A649-4F53F92A4F2B}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{331FA249-15B2-4008-8E0F-8E00BE17FBB0}" type="presParOf" srcId="{3B7CFF34-5108-4FDF-A649-4F53F92A4F2B}" destId="{81620703-8F35-49E9-8B7D-EBDCD8C85730}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{108CEB6A-4C32-49D4-BCD1-96CDC9DF4A1D}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{E545FFC0-4A16-482A-9E08-C1A0AB96ECA5}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{1DAD6304-A7F7-4B39-AB4C-EAE0AC85D585}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{62167BF2-F52B-4EA9-8AC5-8C785F096706}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{6AB8729B-84B5-47A2-BA1D-889836DDBF62}" type="presParOf" srcId="{62167BF2-F52B-4EA9-8AC5-8C785F096706}" destId="{ADFE51C4-CE8E-48D7-9A57-F3FD758438F5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{C74C76C0-099C-4405-B97B-0DAB7A4992C1}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{AC126FEA-7270-4A1A-B52C-60882B51FCED}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{1217532F-007B-498E-9147-6EE87732C97F}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{D716CFEC-B36C-4821-A515-33D64C019E05}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{10AAD036-36AC-4DB0-8099-1FC93711C970}" type="presParOf" srcId="{D716CFEC-B36C-4821-A515-33D64C019E05}" destId="{03A12C2F-9D06-44D0-B08A-4B9A98DDA9F8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{E80FBE7E-E33C-48A8-B0FE-EB12C95707B8}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{8CECFA2C-FF86-43E0-83F7-E23953D9D8BA}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{069B32AC-5F2F-4D8A-8D78-3FEF7C5EE3A9}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{2C100087-F3D7-4572-8ACD-B09758750A76}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{1C972B88-C8F3-47EA-8DF8-7D6FE570CF66}" type="presParOf" srcId="{2C100087-F3D7-4572-8ACD-B09758750A76}" destId="{27A09DB6-5480-4FCA-ADD8-08DAAB606E61}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
+    <dgm:cxn modelId="{D68E7007-98B8-42BB-9847-E6A67E58A9AB}" type="presParOf" srcId="{4CDD976D-EF2A-4E14-BA57-6FE0BC647A80}" destId="{034C9B1E-C59F-439F-BB23-9CEE4710A311}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/radial1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns="" relId="rId9" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId9" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram">
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{8FCBFA0B-D48C-4B34-8EC2-3C706562EFB5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="2430387" y="1587424"/>
           <a:ext cx="1206650" cy="1206650"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
@@ -2105,78 +2041,75 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="7620" tIns="7620" rIns="7620" bIns="7620" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" kern="1200">
-[...3 lines deleted...]
-            <a:t>Адамгершілік- жыныстық тәрбие</a:t>
+            <a:rPr lang="ru-RU" sz="1200" kern="1200"/>
+            <a:t>нравственно- половое воспитанпие</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2430387" y="1587424"/>
-        <a:ext cx="1206650" cy="1206650"/>
+        <a:off x="2607097" y="1764134"/>
+        <a:ext cx="853230" cy="853230"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{3B7CFF34-5108-4FDF-A649-4F53F92A4F2B}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="16200000">
           <a:off x="2851673" y="1387487"/>
           <a:ext cx="364078" cy="35797"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
                 <a:pt x="0" y="17898"/>
               </a:moveTo>
               <a:lnTo>
                 <a:pt x="364078" y="17898"/>
@@ -2209,51 +2142,51 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:endParaRPr lang="ru-RU" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="16200000">
+      <dsp:txXfrm>
         <a:off x="3024610" y="1396283"/>
         <a:ext cx="18203" cy="18203"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{E545FFC0-4A16-482A-9E08-C1A0AB96ECA5}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="2430387" y="16696"/>
           <a:ext cx="1206650" cy="1206650"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
@@ -2263,103 +2196,100 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="5080" tIns="5080" rIns="5080" bIns="5080" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr lvl="0" algn="ctr" defTabSz="355600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1" kern="1200">
-[...3 lines deleted...]
-            <a:t>мектеп медбикесі</a:t>
+            <a:rPr lang="ru-RU" sz="800" b="1" kern="1200"/>
+            <a:t>школьный мед.работник</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2430387" y="16696"/>
-        <a:ext cx="1206650" cy="1206650"/>
+        <a:off x="2607097" y="193406"/>
+        <a:ext cx="853230" cy="853230"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{62167BF2-F52B-4EA9-8AC5-8C785F096706}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
-        <a:xfrm rot="127035">
-[...1 lines deleted...]
-          <a:ext cx="400802" cy="35797"/>
+        <a:xfrm>
+          <a:off x="3637037" y="2172851"/>
+          <a:ext cx="364078" cy="35797"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
                 <a:pt x="0" y="17898"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="400802" y="17898"/>
+                <a:pt x="364078" y="17898"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:shade val="60000"/>
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
@@ -2367,132 +2297,129 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:endParaRPr lang="ru-RU" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="127035">
-[...1 lines deleted...]
-        <a:ext cx="20040" cy="20040"/>
+      <dsp:txXfrm>
+        <a:off x="3809974" y="2181648"/>
+        <a:ext cx="18203" cy="18203"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{AC126FEA-7270-4A1A-B52C-60882B51FCED}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="4036742" y="1646811"/>
+          <a:off x="4001116" y="1587424"/>
           <a:ext cx="1206650" cy="1206650"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="5080" tIns="5080" rIns="5080" bIns="5080" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr lvl="0" algn="ctr" defTabSz="355600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1" kern="1200">
-[...3 lines deleted...]
-            <a:t>"Болашақ" құқықтық үйірме</a:t>
+            <a:rPr lang="ru-RU" sz="800" b="1" kern="1200"/>
+            <a:t>правовой кружок "Болашақ"</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="4036742" y="1646811"/>
-        <a:ext cx="1206650" cy="1206650"/>
+        <a:off x="4177826" y="1764134"/>
+        <a:ext cx="853230" cy="853230"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D716CFEC-B36C-4821-A515-33D64C019E05}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="5400000">
           <a:off x="2851673" y="2958215"/>
           <a:ext cx="364078" cy="35797"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
                 <a:pt x="0" y="17898"/>
               </a:moveTo>
               <a:lnTo>
                 <a:pt x="364078" y="17898"/>
@@ -2525,51 +2452,51 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:endParaRPr lang="ru-RU" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
-      <dsp:txXfrm rot="5400000">
+      <dsp:txXfrm>
         <a:off x="3024610" y="2967012"/>
         <a:ext cx="18203" cy="18203"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{8CECFA2C-FF86-43E0-83F7-E23953D9D8BA}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="2430387" y="3158153"/>
           <a:ext cx="1206650" cy="1206650"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
@@ -2579,78 +2506,75 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="5080" tIns="5080" rIns="5080" bIns="5080" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr lvl="0" algn="ctr" defTabSz="355600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1" kern="1200">
-[...3 lines deleted...]
-            <a:t>наркологиялық орталық</a:t>
+            <a:rPr lang="ru-RU" sz="800" b="1" kern="1200"/>
+            <a:t>наркологический центр</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2430387" y="3158153"/>
-        <a:ext cx="1206650" cy="1206650"/>
+        <a:off x="2607097" y="3334863"/>
+        <a:ext cx="853230" cy="853230"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{2C100087-F3D7-4572-8ACD-B09758750A76}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="10800000">
           <a:off x="2066308" y="2172851"/>
           <a:ext cx="364078" cy="35797"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
                 <a:pt x="0" y="17898"/>
               </a:moveTo>
               <a:lnTo>
                 <a:pt x="364078" y="17898"/>
@@ -2737,78 +2661,75 @@
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="6350" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="5080" tIns="5080" rIns="5080" bIns="5080" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="444500">
+          <a:pPr lvl="0" algn="ctr" defTabSz="355600">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="ru-RU" sz="1000" b="1" kern="1200">
-[...3 lines deleted...]
-            <a:t>әлеуметтік-психологиялық қызмет </a:t>
+            <a:rPr lang="ru-RU" sz="800" b="1" kern="1200"/>
+            <a:t>социально-психологическая служба</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="859658" y="1587424"/>
-        <a:ext cx="1206650" cy="1206650"/>
+        <a:off x="1036368" y="1764134"/>
+        <a:ext cx="853230" cy="853230"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/radial1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="relationship" pri="22000"/>
     <dgm:cat type="cycle" pri="10000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="11">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="12">
@@ -4325,77 +4246,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{657FCC82-1DB7-4D0F-AD53-4D97D095FCA9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42E1AE4E-ABA6-4C93-8744-B70718B86057}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>41</Words>
-  <Characters>240</Characters>
+  <Words>53</Words>
+  <Characters>307</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>280</CharactersWithSpaces>
+  <CharactersWithSpaces>359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>